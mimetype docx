--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -99,6405 +99,6673 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (59)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interdisciplinary framework for managing communities in sustainability transitions: insights from agroecological transitions</w:t>
+                <w:t xml:space="preserve">Pragmatic principles for supporting the agroecological transition in the field: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwen Christiansen</w:t>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Levy</w:t>
+                <w:t xml:space="preserve">Maarten Crivits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikaël Akimowicz</w:t>
+                <w:t xml:space="preserve">Alain Ducos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Berrier</w:t>
+                <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Cancian</w:t>
+                <w:t xml:space="preserve">Marie-Benoit Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20, pp.2079-2096. </w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 46 (2), pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11625-025-01711-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13593-026-01092-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263681v1</w:t>
+                <w:t xml:space="preserve">hal-05531993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagner et démocratiser la transition agroécologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pragmatic principles for supporting the agroecological transition in the field: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarten Crivits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ducos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Levain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Benoit Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/npvelsa/2024004⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 46 (2), pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-026-01092-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04603860v1</w:t>
+                <w:t xml:space="preserve">hal-05554350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilotage et évaluation de la sélection participative du maïs population</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hazard</w:t>
+                <w:t xml:space="preserve">An interdisciplinary framework for managing communities in sustainability transitions: insights from agroecological transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Christiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Rey</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mikaël Akimowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Berrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Cancian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2023-vol88-art05⟩</w:t>
+              <w:t xml:space="preserve">Sustainability Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.2079-2096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11625-025-01711-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312447v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The human being at the heart of agroecological transitions: insights from cognitive mapping of actors’ vision of change in Roquefort area</w:t>
+                <w:t xml:space="preserve">Accompagner et démocratiser la transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture and Human Values</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (53), pp.38-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/npvelsa/2024004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10460-023-10430-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04165604v1</w:t>
+                <w:t xml:space="preserve">hal-04603860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A facilitation method to foster collective action in transitions toward sustainable agriculture—a case study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pilotage et évaluation de la sélection participative du maïs population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-022-00838-9⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 88, pp.56-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2023-vol88-art05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859758v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagner une transition agroécologique dans un contexte complexe et incertain : utilisation de la diversité des raisonnements des acteurs de terrain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The human being at the heart of agroecological transitions: insights from cognitive mapping of actors’ vision of change in Roquefort area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Christiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Simonneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwen Christiansen</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Simonneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/pour.244.0145⟩</w:t>
+              <w:t xml:space="preserve">Agriculture and Human Values</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40, pp.1675-1696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10460-023-10430-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982732v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSDR4 ATARI - Accompagner la transition agroécologique des systèmes d’élevage : quelques enseignements sur l’évolution des contenus et modalités d’intervention auprès des éleveurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A research agenda for scaling up agroecology in European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chantal Gascuel-Odoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lescourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Détang-Dessendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art22⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (3), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-022-00786-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03644889v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring Cognitive Mapping Analysis Methods to Different Management Styles of Collective Action by Handling Actor Reasoning Diversity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accompagner une transition agroécologique dans un contexte complexe et incertain : utilisation de la diversité des raisonnements des acteurs de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Christiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Thenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwen Christiansen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Simonneaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Qualitative Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/16094069221137492⟩</w:t>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (244), pp.145-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.244.0145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04066066v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A research agenda for scaling up agroecology in European countries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A facilitation method to foster collective action in transitions toward sustainable agriculture—a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Locqueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 42 (3), pp.53. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-022-00786-4⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 42 (6), pp.106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-022-00838-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03707415v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From evidence to value-based transition: the agroecological redesign of farming systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">PSDR4 ATARI - Accompagner la transition agroécologique des systèmes d’élevage : quelques enseignements sur l’évolution des contenus et modalités d’intervention auprès des éleveurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture and Human Values</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10460-021-10258-2⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86, pp.263-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03340236v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03644889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thésaurus d’agroécologie : une approche par les usages et avis d’experts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Tailoring Cognitive Mapping Analysis Methods to Different Management Styles of Collective Action by Handling Actor Reasoning Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Christiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Simonneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/cagri/2020004⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Qualitative Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, pp.160940692211374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/16094069221137492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02874858v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04066066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tool for reflecting on research stances to support sustainability transitions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">From evidence to value-based transition: the agroecological redesign of farming systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patrick Steyaert</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41893-019-0440-x⟩</w:t>
+              <w:t xml:space="preserve">Agriculture and Human Values</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39, pp.405-416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10460-021-10258-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622721v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing agroecological farming systems with farmers: A review</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A tool for reflecting on research stances to support sustainability transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Steyaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2018.06.014⟩</w:t>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (2), pp.89-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41893-019-0440-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626048v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’accompagnement de la transition agroécologique : un objet en construction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Thésaurus d’agroécologie : une approche par les usages et avis d’experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Batifol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Theau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Bouffartigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/pour.234.0217⟩</w:t>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2020004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02618482v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to address the sustainability transition of farming systems? A conceptual framework to organize research</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Allain</w:t>
+                <w:t xml:space="preserve">L’accompagnement de la transition agroécologique : un objet en construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estelle Gressier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su10062083⟩</w:t>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2-3 (234-235), pp.217-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.234.0217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621103v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutual learning between researchers and farmers during implementation of scientific principles for sustainable development: the case of biodiversity-based agriculture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Designing agroecological farming systems with farmers: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11625-017-0440-6⟩</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 165, pp.208 - 220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2018.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602542v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion collective de la biodiversité cultivée : étude d’initiatives locales</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How to address the sustainability transition of farming systems? A conceptual framework to organize research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Burger-Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/1.5137784730122622E12⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su10062083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604567v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'innovation à l'épreuve d'un climat et d'un monde changeant rapidement : intérêt de la co-conception dans le domaine des semences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gestion collective de la biodiversité cultivée : étude d’initiatives locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 55, pp.247-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.5137784730122622E12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01325123v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capflor (R): a tool for designing species mixtures and thus creating diversified grasslands</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Mutual learning between researchers and farmers during implementation of scientific principles for sustainable development: the case of biodiversity-based agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Steyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Navas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Online (2), 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11625-017-0440-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602351v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between endophyte prevalence, effects and transmission: insights from a natural grass population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'innovation à l'épreuve d'un climat et d'un monde changeant rapidement : intérêt de la co-conception dans le domaine des semences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Gibert</w:t>
+                <w:t xml:space="preserve">Arnaud Gauffreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele D. Magda</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie Borg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moirez-Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Deo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 225, pp.39-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631701v1</w:t>
+                <w:t xml:space="preserve">hal-01325123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards biodiversity-based livestock systems: review of evidence and options for improvement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capflor (R): a tool for designing species mixtures and thus creating diversified grasslands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daphné Durant</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Vladimir Goutiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Moirez-Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Deo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAB Reviews Perspectives in Agriculture Veterinary Science Nutrition and Natural Resources</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 228, pp.243-252</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210128v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetically based vertical transmission drives the frequency of the symbiosis between grasses and systemic fungal endophytes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Towards biodiversity-based livestock systems: review of evidence and options for improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Durant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lauvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Lécrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.12073⟩</w:t>
+              <w:t xml:space="preserve">CAB Reviews Perspectives in Agriculture Veterinary Science Nutrition and Natural Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (020), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1079/PAVSNNR201510025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648579v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endophytic fungus fine-tunes the persistence strategy of its alpine host grass in response to soil resource levels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Interplay between endophyte prevalence, effects and transmission: insights from a natural grass population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele D. Magda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (10), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0139919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0706.2012.19976.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02648747v1</w:t>
+                <w:t xml:space="preserve">hal-02631701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire du fourrage avec des populations de pays : exemple de la luzerne et du sainfoin à faibles intrants dans le Sud-Aveyron</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Laurent</w:t>
+                <w:t xml:space="preserve">Des ressources génétiques mobilisées dans une diversité de formes de valorisation: entre tensions et dynamiques de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lauvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Parenti</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">François Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, pp.99-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/m7ch-gf91⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644593v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When the future of biodiversity depends on researchers’ and stakeholders’ thought-styles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Produire du fourrage avec des populations de pays : exemple de la luzerne et du sainfoin à faibles intrants dans le Sud-Aveyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gressier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Parenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 216, pp.313-319</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.futures.2013.09.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02645096v1</w:t>
+                <w:t xml:space="preserve">hal-02644593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des ressources génétiques mobilisées dans une diversité de formes de valorisation: entre tensions et dynamiques de développement</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Endophytic fungus fine-tunes the persistence strategy of its alpine host grass in response to soil resource levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele D. Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/m7ch-gf91⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 122 (3), pp.367-376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0706.2012.19976.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648395v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fungal endophyte reinforces population adaptive differentiation in its host grass species</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Genetically based vertical transmission drives the frequency of the symbiosis between grasses and systemic fungal endophytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 101 (3), pp.743-752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.12073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2012.04073.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02647687v1</w:t>
+                <w:t xml:space="preserve">hal-02648579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endophyte infection of Festuca eskia enhances seedling survival to drought and cutting at the expense of clonal expansion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">When the future of biodiversity depends on researchers’ and stakeholders’ thought-styles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53 (septembre), pp.13-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.futures.2013.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jpe/rtr009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02646710v1</w:t>
+                <w:t xml:space="preserve">hal-02645096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Malausa</w:t>
+                <w:t xml:space="preserve">A fungal endophyte reinforces population adaptive differentiation in its host grass species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Gilles</w:t>
+                <w:t xml:space="preserve">Florence Volaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emese Meglécz</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe P. Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 194 (2), pp.561-571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2012.04073.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01506135v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking the dynamics of ruminant feeding behavior and dominant shrub responses on rangeland: forage resources renewal and biodiversity conservation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Endophyte infection of Festuca eskia enhances seedling survival to drought and cutting at the expense of clonal expansion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4 (4), pp.201 - 208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jpe/rtr009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656051v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local adaptation occurs along altitudinal gradient despite the existence of gene flow in the alpine plant species Festuca eskia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Malausa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blancard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heloise Turpin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Duthoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 97 (4), pp.742-751. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (4), pp.638-644. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2745.2009.01509.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666239v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-occurring patterns of endophyte infection and genetic structure in the alpine grass, Festuca eskia: implications for seed sourcing in ecological restoration</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linking the dynamics of ruminant feeding behavior and dominant shrub responses on rangeland: forage resources renewal and biodiversity conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Grisard</w:t>
+                <w:t xml:space="preserve">Cyril C. Agreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.P. West</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Danièle Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Environmental Research Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (5), pp.1-17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02657870v1</w:t>
+                <w:t xml:space="preserve">hal-02656051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking partenerships with the aim of producing knowledge with pratical relevance : a case study in the field of ecological restoration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Local adaptation occurs along altitudinal gradient despite the existence of gene flow in the alpine plant species Festuca eskia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heloise Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 97 (4), pp.742-751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2745.2009.01509.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664488v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valoriser la biodiversité végétale dans les systèmes fourragers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Co-occurring patterns of endophyte infection and genetic structure in the alpine grass, Festuca eskia: implications for seed sourcing in ecological restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heloise Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Grisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.P. West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alter Agri</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conservation Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, avril 2009, pp.877-887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10592-009-9927-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654887v1</w:t>
+                <w:t xml:space="preserve">hal-02657870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Categorising farming practices to design sustainable land-use management in mountain areas</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Rethinking partenerships with the aim of producing knowledge with pratical relevance : a case study in the field of ecological restoration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Gonzalo-Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Couix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele D. Magda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ecology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 13 (2), 11 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656904v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels enseignements d'études sur prairies permanentes mobiliser pour implanter et gérer les prairies plurispécifiques ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Valoriser la biodiversité végétale dans les systèmes fourragers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Cruz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 195, pp.287-300</w:t>
+              <w:t xml:space="preserve">Alter Agri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 92, pp.11-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654665v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlated response in plant height and heading date to selection in perennial ryegrass populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Categorising farming practices to design sustainable land-use management in mountain areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Molinari</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele D. Magda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2134/agronj2005.0115⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (2), pp.333-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/agro:2007046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02656873v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological characteristics of perennial ryegrass leaves that influence short-term intake in dairy cows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Barre</w:t>
+                <w:t xml:space="preserve">Quels enseignements d'études sur prairies permanentes mobiliser pour implanter et gérer les prairies plurispécifiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Claude Emile</w:t>
+                <w:t xml:space="preserve">Jean Pierre J. P. Theau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Betin</w:t>
+                <w:t xml:space="preserve">Michel M. Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Surault</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pablo Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 195, pp.287-300</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664771v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in sward structure of ryegrass cultivars and impact on milk production of grazing dairy cow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differences in sward structure of ryegrass cultivars and impact on milk production of grazing dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Flores-Lesama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Flores-Lesama</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Emile</w:t>
+                <w:t xml:space="preserve">Jean-Claude Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 55, pp.25-36. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 55 (1), pp.25-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653894v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00890050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in sward structure of ryegrass cultivars and impact on milk production of grazing dairy cows</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Correlated response in plant height and heading date to selection in perennial ryegrass populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Betin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Emile</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Molinari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 98 (6), pp.1384-1391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2134/agronj2005.0115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00890050v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenir le potentiel adaptatif des espèces prairiales pour conserver la diversité spécifique et fonctionnelle des prairies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hazard</w:t>
+                <w:t xml:space="preserve">Morphological characteristics of perennial ryegrass leaves that influence short-term intake in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Malaval-Cassan</w:t>
+                <w:t xml:space="preserve">Jean Claude Emile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Betin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Lauga</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabien Surault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 98 (4), pp.978-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2134/agronj2005.0213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683357v1</w:t>
+                <w:t xml:space="preserve">hal-02664771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire pâturer des brebis pour aider à conserver des landes à genêts. Un enjeu pour la biodiversité des milieux</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Differences in sward structure of ryegrass cultivars and impact on milk production of grazing dairy cow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Flores-Lesama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Mensuel</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 55, pp.25-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/animres:2005044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02672256v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche qualitative des ray-grass anglais en stock sur pied au pâturage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Maintenir le potentiel adaptatif des espèces prairiales pour conserver la diversité spécifique et fonctionnelle des prairies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Emile</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Malaval-Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Lauga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 168, pp.499-508</w:t>
+              <w:t xml:space="preserve">, 2004, 178, pp.193-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674339v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement de la prairie pâturée : structure du couvert et biodiversité</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Faire pâturer des brebis pour aider à conserver des landes à genêts. Un enjeu pour la biodiversité des milieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril C. Agreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele D. Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Mosimann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 166, pp.165-188</w:t>
+              <w:t xml:space="preserve">INRA Mensuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 113, pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02681889v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répondre à une politique de conservation de la biodiversité: le pâturage des brebis pour la maîtrise des landes à genêts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Une approche qualitative des ray-grass anglais en stock sur pied au pâturage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Surault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyril C. Agreil</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FaçSADe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 12, pp.1-4</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 168, pp.499-508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679683v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphogenetic adaptation to defoliation and soil fertility in perennial ryegrass (Lolium perenne)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Fonctionnement de la prairie pâturée : structure du couvert et biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">H.S. Easton</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jeangros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mosimann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 44 (1), pp.1-12</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 166, pp.165-188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675970v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-flowering tillering in contrasting light environments of two New Zealand perennial ryegrass cultivars with different perennation strategies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Répondre à une politique de conservation de la biodiversité: le pâturage des brebis pour la maîtrise des landes à genêts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele D. Magda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril C. Agreil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grass and Forage Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 55 (4), pp.367-371</w:t>
+              <w:t xml:space="preserve">FaçSADe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 12, pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02689505v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in Tillering of long-an short-leaved perennial ryegrass genetic lines under full light and shade treatments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Morphogenetic adaptation to defoliation and soil fertility in perennial ryegrass (Lolium perenne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michele Betin</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Barker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Lemaire</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H.S. Easton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 40 (4), pp.1095-1102</w:t>
+              <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 44 (1), pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02697194v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tillering responses to the light environment and to defoliation in populations of perennial ryegrass (Lolium perenne L.) selected for contrasting leaf length</w:t>
+                <w:t xml:space="preserve">Post-flowering tillering in contrasting light environments of two New Zealand perennial ryegrass cultivars with different perennation strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Gautier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">I. Bahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Varlet-Grancher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cory Matthew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 83 (4), pp.423-429</w:t>
+              <w:t xml:space="preserve">Grass and Forage Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 55 (4), pp.367-371</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02688531v1</w:t>
+                <w:t xml:space="preserve">hal-02689505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limites d'une évaluation des variétés de ray-grass anglais au patûrage basée sur le choix des animaux et sur des différences de hauteur d'herbe.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Differences in Tillering of long-an short-leaved perennial ryegrass genetic lines under full light and shade treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Varlet-Grancher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 154, pp.159-171</w:t>
+              <w:t xml:space="preserve">Crop Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 40 (4), pp.1095-1102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02694119v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perennial ryegrass cultivar effects on intake of grazing sheep and feeding value</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Tillering responses to the light environment and to defoliation in populations of perennial ryegrass (Lolium perenne L.) selected for contrasting leaf length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Varlet-Grancher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Traineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de zootechnie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 47 (2), pp.117-125</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 83 (4), pp.423-429</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02688269v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perennial ryegrass cultivar effects on intake of grazing sheep and feeding value</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anibal de Moraes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Betin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Traineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Emile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de zootechnie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 47 (2), pp.117-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00889719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Productivity under contrasting cutting regimes of perennial ryegrass selected for short and long leaves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Limites d'une évaluation des variétés de ray-grass anglais au patûrage basée sur le choix des animaux et sur des différences de hauteur d'herbe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euphytica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 95 (3), pp.295-299</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 154, pp.159-171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685780v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability for leaf developpment in perennial ryegrass populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Perennial ryegrass cultivar effects on intake of grazing sheep and feeding value</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Barraux</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. de Moraes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Traineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 76 (1), pp.113-118</w:t>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 47 (2), pp.117-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02685634v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La plasticité pour une meilleure souplesse d'utilisation des graminées fourragères</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Productivity under contrasting cutting regimes of perennial ryegrass selected for short and long leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 147, pp.293-302</w:t>
+              <w:t xml:space="preserve">Euphytica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 95 (3), pp.295-299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02684181v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence from the use of isozyme markers of competition in swards between short-leaved and long-leaved perennial ryegrass</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">La plasticité pour une meilleure souplesse d'utilisation des graminées fourragères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grass and Forage Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 50 (3), pp.241-248</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 147, pp.293-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02700173v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02684181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Varietal effect in perennial ryegrass on milk productivity of dairy cows in continuous grazing : turf variety vs forage variety</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Genetic variability for leaf developpment in perennial ryegrass populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Barraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de zootechnie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 44 (1), pp.367</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 76 (1), pp.113-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02701234v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02685634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding for management adaptation in perennial ryegrass (Lolium perenne L). II. Genetic variability and heritability of leaf morphogenesis components</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Evidence from the use of isozyme markers of competition in swards between short-leaved and long-leaved perennial ryegrass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michele Betin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 14 (4), pp.267-272</w:t>
+              <w:t xml:space="preserve">Grass and Forage Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 50 (3), pp.241-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02712462v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02700173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding for management adaptation in perennial ryegrass (Lolium perenne L).I. Assessment of yield under contrasting cutting frequencies and relationships with leaf morphogenesis components</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Varietal effect in perennial ryegrass on milk productivity of dairy cows in continuous grazing : turf variety vs forage variety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de zootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 44 (1), pp.367</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02701234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breeding for management adaptation in perennial ryegrass (Lolium perenne L). II. Genetic variability and heritability of leaf morphogenesis components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Betin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 14 (4), pp.267-272</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02712462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breeding for management adaptation in perennial ryegrass (Lolium perenne L).I. Assessment of yield under contrasting cutting frequencies and relationships with leaf morphogenesis components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Betin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agronomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 1994, 14 (4), pp.259-266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02712464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6507,392 +6775,392 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’agroécologie : des recherches pour la transition des filières et des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dedieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Détang-Dessendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Quæ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère édition, 107p, 2020, Thierry Caquet, Chantal Gascuel, Michèle Tixier-Boichard, 978-2-7592-3129-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02929265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer collectivement la biodiversité cultivée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Combette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Couix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Debin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick de Kochko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Priscilla Du Teil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Educagri, 221 p., 2015, 979-10-275-0008-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport au Conseil scientifique. Projet inter-unités INRA/SAD. REPAS: ressources environnementales et pastorales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Agreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Bellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chambon-Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30 p., 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6902,1644 +7170,1644 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion locale de la diversité domestique face aux enjeux agri-alimentaires globaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Firmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Couix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lauvie A. Audiot A., Verrier E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La biodiversité domestique. Vers de nouveaux liens entre élevage, territoires et société.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.151-168, 2023, 9782759236817</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variété population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Massias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/1wcr-h354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agroecological transition from farms to territorialised agri-food systems: Issues and drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Duru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Couix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agroecological Transitions: From Theory to Practice in Local Participatory Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Nature Switzerland AG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 335 p., 2019, 978-3-030-01952-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-01953-2_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02071900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baser l’enquête sur l’expérience pour gérer les incertitudes d’une transition durable : le cas de la transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La démarche d'enquête : une contribution à la didactique des questions socialement vives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educagri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 210 p., 2019, 979-10-275-0187-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration évolutive des plantes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Semences paysannes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Dubrulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Pimouguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/0s4s-2957⟩</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/btr6-n138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786324v2</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semences paysannes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Amélioration évolutive des plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Firmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/btr6-n138⟩</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/0s4s-2957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727550v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786324v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d'agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/edxe-y440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03572655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prairie à flore variée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Goutiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/zwyb-xs57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé de l’agroécosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/37ww-0a40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03727238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agroécologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duru Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/5a6g-fq51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03673482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agrobiodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/typx-2f41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03673435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection participative végétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/9r7t-1155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03727441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Audouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/p15c-7x10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écopathologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/7ras-5w96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03701191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When sheep and shrub make peace on rangelands: linking the dynamics of ruminant feeding behavior and dominant shrub responses on rangeland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Agreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Magda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Osty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Horizons in Earth Science Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nova Science Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 30 p., 2010, 978-1-60741-221-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8549,100 +8817,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetique du developpement foliaire du ray-grass anglais (Lolium perenne L.) : amelioration de la valeur d'utilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique Paris Grignon, 1995. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02846488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8652,91 +8920,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer le potentiel adaptatif des prairies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse III - Paul Sabatier, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02818877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8746,444 +9014,444 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition agroécologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Granvaud-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04166262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé de l'agroécosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Dumesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroécologie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Agrobiodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095125v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche participative</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Agroécologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Paolicchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04122264v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrobiodiversité</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Approche participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Genevey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Dumesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095093v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04122264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId269"/>
+      <w:footerReference w:type="default" r:id="rId276"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9330,51 +9598,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263681v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Christiansen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Levy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Akimowicz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-025-01711-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603860v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2024004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312447v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol88-art05" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-023-10430-w" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859758v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Locqueville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00838-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982732v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.244.0145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644889v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art22" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066066v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/16094069221137492" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707415v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel-Odoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00786-4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03340236v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacombe" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-021-10258-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874858v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Batifol" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Theau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Bouffartigue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020004" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622721v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-019-0440-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.06.014" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618482v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gressier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.234.0217" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621103v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su10062083" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602542v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Navas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-017-0440-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137784730122622E12" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325123v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moirez-Charron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Deo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602351v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Goutiers" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631701v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gibert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele D. Magda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139919" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210128v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#233;crivain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAVSNNR201510025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648579v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648747v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0706.2012.19976.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LNCXH8T5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644593v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gressier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Laurent" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Parenti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645096v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.futures.2013.09.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648395v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/m7ch-gf91" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647687v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volaire" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Barre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04073.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646710v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jpe/rtr009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656051v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Agreil" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Magda" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666239v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Turpin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2009.01509.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657870v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Grisard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. West" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-009-9927-8" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1C3MM1M2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664488v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Gonzalo-Turpin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654887v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656904v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Girard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2007046" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654665v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Theau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Betin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2005.0115" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664771v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Surault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2005.0213" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653894v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Flores-Lesama" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2005044" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890050v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Emile" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683357v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malaval-Cassan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672256v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674339v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681889v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jeangros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mosimann" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679683v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675970v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Barker" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Easton" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689505v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahmani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Varlet-Grancher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Matthew" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Betin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697194v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemaire" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688531v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694119v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688269v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Moraes" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Traineau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889719v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal de Moraes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Traineau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685780v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685634v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barraux" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684181v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700173v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701234v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Charrier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712462v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712464v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929265v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794506v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Combette" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Debin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Kochko" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscilla Du Teil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828354v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Agreil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chambon-Dubreuil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698700v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Firmat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1807/9782759236824/la-biodiversite-domestique" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735473v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massias" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brustel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1wcr-h354" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071900v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_5" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787539v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/a-paraitre/5454-la-demarche-denquete-9791027501878.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786324v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0s4s-2957" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727550v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Dubrulle" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pimouguet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/btr6-n138" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572655v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/edxe-y440" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713371v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zwyb-xs57" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727238v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/37ww-0a40" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673482v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duru Michel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5a6g-fq51" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673435v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/typx-2f41" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727441v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Martineau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Prevot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9r7t-1155" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682632v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Audouin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/p15c-7x10" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701191v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7ras-5w96" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824299v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Osty" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=9662" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02846488v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818877v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166262v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Granvaud-Perez" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161802v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Genevey" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Dumesnil" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095125v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Paolicchi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122264v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095093v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fran&#231;ois" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531993v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Crivits" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ducos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Benoit Magrini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-026-01092-z" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554350v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263681v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Christiansen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Levy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Akimowicz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-025-01711-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04603860v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvelsa/2024004" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312447v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2023-vol88-art05" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165604v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-023-10430-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03707415v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel-Odoux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile D&#233;tang-Dessendre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00786-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03982732v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.244.0145" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859758v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Locqueville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00838-9" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644889v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art22" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066066v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/16094069221137492" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03340236v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacombe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10460-021-10258-2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622721v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-019-0440-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874858v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Batifol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Theau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Bouffartigue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gressier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.234.0217" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626048v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2018.06.014" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621103v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su10062083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604567v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5137784730122622E12" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602542v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Navas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11625-017-0440-6" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325123v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moirez-Charron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Deo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602351v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Goutiers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210128v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#233;crivain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAVSNNR201510025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gibert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele D. Magda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139919" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charrier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/m7ch-gf91" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644593v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gressier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Laurent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Parenti" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648747v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0706.2012.19976.x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LNCXH8T5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648579v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12073" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645096v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.futures.2013.09.005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647687v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volaire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Barre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04073.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646710v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jpe/rtr009" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656051v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Agreil" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Magda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666239v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Turpin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2009.01509.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657870v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Grisard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P. West" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-009-9927-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1C3MM1M2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664488v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Gonzalo-Turpin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654887v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656904v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Girard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Duru" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2007046" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654665v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouany" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Theau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Cruz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00890050v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Flores-Lesama" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Betin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Emile" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656873v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molinari" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2005.0115" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664771v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Emile" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Surault" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/agronj2005.0213" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653894v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2005044" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683357v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malaval-Cassan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672256v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meuret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674339v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681889v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jeangros" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mosimann" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679683v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675970v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Barker" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Easton" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689505v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahmani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Varlet-Grancher" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Matthew" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Betin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697194v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lemaire" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688531v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889719v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal de Moraes" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Traineau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694119v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688269v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Moraes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Traineau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685780v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684181v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685634v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barraux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700173v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701234v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Charrier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712462v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712464v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929265v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1620/9782759231300/agroecologie-des-recherches-pour-la-transition-des-filieres-et-des-territoires" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794506v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Combette" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Debin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Kochko" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscilla Du Teil" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828354v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Agreil" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bellon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chambon-Dubreuil" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698700v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Firmat" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1807/9782759236824/la-biodiversite-domestique" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735473v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massias" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Brustel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1wcr-h354" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071900v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Duru" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-01953-2.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01953-2_5" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787539v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/a-paraitre/5454-la-demarche-denquete-9791027501878.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727550v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Dubrulle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pimouguet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/btr6-n138" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786324v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0s4s-2957" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572655v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/edxe-y440" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713371v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/zwyb-xs57" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727238v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/37ww-0a40" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673482v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Monteil" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duru Michel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5a6g-fq51" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673435v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/typx-2f41" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727441v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Martineau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Prevot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9r7t-1155" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03682632v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Audouin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/p15c-7x10" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701191v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/7ras-5w96" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824299v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Osty" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.novapublishers.com/catalog/product_info.php?products_id=9662" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02846488v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02818877v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166262v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Granvaud-Perez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161802v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Genevey" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Dumesnil" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095093v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fran&#231;ois" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095125v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Paolicchi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122264v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>