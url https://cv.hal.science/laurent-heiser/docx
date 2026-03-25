--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -438,226 +438,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04793153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dispositif CurriQvidéo : un outil permettant de penser un hub éducatif tourné vers les compétences du 21e siècle dans la formation des professeurs des écoles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Croiser l’évaluation de compétences didactiques et numériques sur un même support : un défi à relever dans un enregistrement vidéo (curriQvidéo) en Master Enseignement Éducation et Formation du premier degré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Mouren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiations et médiatisations - Revue internationale sur le numérique en éducation et communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.50 - 69. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, 9, pp.91-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03825190v1</w:t>
+                <w:t xml:space="preserve">hal-03500028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croiser l’évaluation de compétences didactiques et numériques sur un même support : un défi à relever dans un enregistrement vidéo (curriQvidéo) en Master Enseignement Éducation et Formation du premier degré</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le dispositif CurriQvidéo : un outil permettant de penser un hub éducatif tourné vers les compétences du 21e siècle dans la formation des professeurs des écoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bonjour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Heiser</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mouren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiations et médiatisations - Revue internationale sur le numérique en éducation et communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 9, pp.91-108</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, pp.50 - 69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52358/mm.vi11.286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500028v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des pistes fertiles pour développer un cours d'anglais en lien avec l'acculturation numérique : retour d'expérience du projet #anglIA</w:t>
               </w:r>
@@ -892,222 +892,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04015783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux expérimentiels de l'utilisation de l'IA en anatomopathologie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La pédagogie contemporaine, un nouveau concept pour intégrer les technologies en contexte éducatif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/communiquer.8819⟩</w:t>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.6564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03501923v1</w:t>
+                <w:t xml:space="preserve">hal-03413652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pédagogie contemporaine, un nouveau concept pour intégrer les technologies en contexte éducatif ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux expérimentiels de l'utilisation de l'IA en anatomopathologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Durampart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35, </w:t>
+              <w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Varia, 33, pp.26-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.6564⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/communiquer.8819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03413652v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poursuivre le programme ou assurer l’engagement? Analyse des critères de continuité pédagogique et des transformations pédagogiques et en contexte de pandémie</w:t>
               </w:r>
@@ -2242,743 +2242,756 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013223v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Typologie des Niveaux de Prudence Numérique (TNPN) pour articuler recherche, formation et innovation numérique en Anthropocène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Céci</w:t>
+                <w:t xml:space="preserve">Des usages créatifs de l’Iagen dans la formation initiale et continuée des professeurs des écoles à l'INSPE de Nice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mouren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROC Vers des formations numériques critiques et émancipatrices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Québec (Canada), Canada</w:t>
+              <w:t xml:space="preserve">Séminaire Intelligence Artificielle en FOrmation (SIAFO) - séance 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS2IF, Jan 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05330699v1</w:t>
+                <w:t xml:space="preserve">hal-05561346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La typologie des « Prudences numériques », un outil didactique au service de l'intégration d'une éducation au numérique en Anthropocène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Typologie des Niveaux de Prudence Numérique (TNPN) pour articuler recherche, formation et innovation numérique en Anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Céci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Céci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">aref : actualités de la recherche en éducation et en formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">ROC Vers des formations numériques critiques et émancipatrices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Québec (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151656v1</w:t>
+                <w:t xml:space="preserve">hal-05330699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bien-être à l’école au prisme des niveaux de prudence numérique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La typologie des « Prudences numériques », un outil didactique au service de l'intégration d'une éducation au numérique en Anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Céci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projet Bien à l'école</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRANE de l'académie Orleans-Tours, Apr 2024, Tours, France</w:t>
+              <w:t xml:space="preserve">aref : actualités de la recherche en éducation et en formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531342v1</w:t>
+                <w:t xml:space="preserve">hal-05151656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une intégration de l’IA en éducation, pensée en termes de « prudences numériques »</w:t>
+                <w:t xml:space="preserve">Le bien-être à l’école au prisme des niveaux de prudence numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Céci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEPE 2024 - Innovation in teacher education: Sustainable change &amp; evaluating impact at macro, meso and micro level</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Structure Fédérative d’Études et de Recherches en Éducation de Provence (SFERE-Provence, FED 4238), Mar 2024, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Projet Bien à l'école</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRANE de l'académie Orleans-Tours, Apr 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518388v1</w:t>
+                <w:t xml:space="preserve">hal-04531342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI integration in education, thought out in terms of «digital prudences»</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une intégration de l’IA en éducation, pensée en termes de « prudences numériques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Céci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Céci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Annual Conference of the TEPE Network : Innovation in teacher education: Sustainable change &amp; evaluating impact at macro, meso and micro level (TEPE 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aix-Marseille University; Structure Fédérative d’Études et de Recherches en Éducation de Provence (SFERE-Provence, FED 4238), Mar 2024, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">TEPE 2024 - Innovation in teacher education: Sustainable change &amp; evaluating impact at macro, meso and micro level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Structure Fédérative d’Études et de Recherches en Éducation de Provence (SFERE-Provence, FED 4238), Mar 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05048182v1</w:t>
+                <w:t xml:space="preserve">hal-04518388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical thinking, creativity, and agency for the development of regenerative cultures</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AI integration in education, thought out in terms of «digital prudences»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Céci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRMBAM 2023 - 12th International Research Meeting in Business and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ipag, Jul 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">18th Annual Conference of the TEPE Network : Innovation in teacher education: Sustainable change &amp; evaluating impact at macro, meso and micro level (TEPE 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix-Marseille University; Structure Fédérative d’Études et de Recherches en Éducation de Provence (SFERE-Provence, FED 4238), Mar 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04593519v1</w:t>
+                <w:t xml:space="preserve">hal-05048182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bien-être et prudence numérique à l'ère de l'anthropocène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Céci</w:t>
+                <w:t xml:space="preserve">Critical thinking, creativity, and agency for the development of regenerative cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarida Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Isaac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Barma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc André Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scientifique Ludovia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Ax-les-Thermes, France</w:t>
+              <w:t xml:space="preserve">IRMBAM 2023 - 12th International Research Meeting in Business and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ipag, Jul 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187602v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04593519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REMIND (Reviviscence, Experience, Emotions, sEnse MakINg micro Dynamic) (Schmitt et Aubert, 2017), une méthode d'enquête pour se rapprocher de l'expérience vécue. Du musée à l'éducation en passant par la santé.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bien-être et prudence numérique à l'ère de l'anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Céci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1/4d'h connectés de la MSHS de Nice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSHS, Feb 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">Colloque scientifique Ludovia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03584663v1</w:t>
+                <w:t xml:space="preserve">hal-04187602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels discours doivent être portés par les formateurs des enseignants sur l’IA en éducation ? Une réflexion au prisme des usages créatifs de l’IA (GTnum Scol_IA)</w:t>
               </w:r>
@@ -3040,1553 +3053,1622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03832871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de la formation à l'IA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">REMIND (Reviviscence, Experience, Emotions, sEnse MakINg micro Dynamic) (Schmitt et Aubert, 2017), une méthode d'enquête pour se rapprocher de l'expérience vécue. Du musée à l'éducation en passant par la santé.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enjeux éducatifs à l'ère de l'intelligence artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Institut EuropIA; Maison de l'Intelligence Artificielle, Jan 2022, Sophia Antipolis, France</w:t>
+              <w:t xml:space="preserve">1/4d'h connectés de la MSHS de Nice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSHS, Feb 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03539748v1</w:t>
+                <w:t xml:space="preserve">hal-03584663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment l’usage du numérique peut se combiner avec un changement de fonction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enjeux de la formation à l'IA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarida Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mardis du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">Enjeux éducatifs à l'ère de l'intelligence artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Institut EuropIA; Maison de l'Intelligence Artificielle, Jan 2022, Sophia Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03263116v1</w:t>
+                <w:t xml:space="preserve">hal-03539748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rendre accessible, valoriser et préserver le patrimoine naturel et culturel via des pratiques technocréatives en enseignement moral et civique. Retour d'expérience du dispositif de formation des professeurs des écoles CurriqVidéo</w:t>
+                <w:t xml:space="preserve">Comment l’usage du numérique peut se combiner avec un changement de fonction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Bonjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Axe 2 séminaire IMSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Toulon, France</w:t>
+              <w:t xml:space="preserve">Mardis du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807237v1</w:t>
+                <w:t xml:space="preserve">hal-03263116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des activités sur l’IA dans des « nouveaux lieux d'apprentissages » ?</w:t>
+                <w:t xml:space="preserve">Rendre accessible, valoriser et préserver le patrimoine naturel et culturel via des pratiques technocréatives en enseignement moral et civique. Retour d'expérience du dispositif de formation des professeurs des écoles CurriqVidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Duncan Lohner</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bonjour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRUNE II 2021 : Colloque Perspectives de Recherches sur les Usages du Numérique dans l'Éducation (en ligne)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Axe 2 séminaire IMSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240913v1</w:t>
+                <w:t xml:space="preserve">hal-03807237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IA et lecture de tissu prostatique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des activités sur l’IA dans des « nouveaux lieux d'apprentissages » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Picard</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarida Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duncan Lohner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44es Assises de Pathologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Toulon (en ligne), France</w:t>
+              <w:t xml:space="preserve">PRUNE II 2021 : Colloque Perspectives de Recherches sur les Usages du Numérique dans l'Éducation (en ligne)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03231632v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Numérique éducatif au Numérique pour l’éducation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Céci</w:t>
+                <w:t xml:space="preserve">IA et lecture de tissu prostatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Durampart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scientifique international Ludovia 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Ax-les-Thermes, France</w:t>
+              <w:t xml:space="preserve">44es Assises de Pathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Toulon (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348354v1</w:t>
+                <w:t xml:space="preserve">hal-03231632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication du numérique dans la pédagogie, retours d'expérience autour de l'ESPE : une recherche innovante dans le cadre d'un GT-Num</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du Numérique éducatif au Numérique pour l’éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chiardola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Céci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enjeux du numérique dans l'éducation et les apprentissages :pratiques de recherche et de valorisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMSIC; Université de Toulon; Région académique PACA, Mar 2021, Toulon, France</w:t>
+              <w:t xml:space="preserve">Colloque scientifique international Ludovia 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03175277v1</w:t>
+                <w:t xml:space="preserve">hal-03348354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'éducation aux médias des élèves : une question d'expérience vécue ?</w:t>
+                <w:t xml:space="preserve">Implication du numérique dans la pédagogie, retours d'expérience autour de l'ESPE : une recherche innovante dans le cadre d'un GT-Num</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TICEMED 12 L'éducation aux médias tout au long de la vie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMSIC; Université Panteion; CREM, Apr 2020, Athènes, Grèce. pp.310-318</w:t>
+              <w:t xml:space="preserve">Enjeux du numérique dans l'éducation et les apprentissages :pratiques de recherche et de valorisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMSIC; Université de Toulon; Région académique PACA, Mar 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03172732v1</w:t>
+                <w:t xml:space="preserve">hal-03175277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numérique et expérience vécue de l'élève</w:t>
+                <w:t xml:space="preserve">L'éducation aux médias des élèves : une question d'expérience vécue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international pluridisciplinaire "Formation de formateurs entre état des lieux, innovation et perspectives"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Oran (en ligne), Algérie</w:t>
+              <w:t xml:space="preserve">TICEMED 12 L'éducation aux médias tout au long de la vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMSIC; Université Panteion; CREM, Apr 2020, Athènes, Grèce. pp.310-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03502866v1</w:t>
+                <w:t xml:space="preserve">hal-03172732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du métier de l’élève à celui de citoyen créatif</w:t>
+                <w:t xml:space="preserve">Numérique et expérience vécue de l'élève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque européen Pharmaphone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMSIC; Université de Toulon, Jan 2020, Toulon, France</w:t>
+              <w:t xml:space="preserve">Colloque international pluridisciplinaire "Formation de formateurs entre état des lieux, innovation et perspectives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Oran (en ligne), Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03175139v1</w:t>
+                <w:t xml:space="preserve">hal-03502866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrire et comprendre l’expérience vécue des élèves dans les classes des néo-enseignants : des ressources potentiellement utiles pour la formation initiale</w:t>
+                <w:t xml:space="preserve">Du métier de l’élève à celui de citoyen créatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9es Doctoriades. Journées de la jeune recherche de l’Université de Toulon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège des Etudes Doctorales; ED 509; ED 548, Oct 2019, Toulon, France</w:t>
+              <w:t xml:space="preserve">Colloque européen Pharmaphone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMSIC; Université de Toulon, Jan 2020, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02642323v1</w:t>
+                <w:t xml:space="preserve">hal-03175139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Je me dis que ça commence à être un peu long » : une recherche concernant l’expérience vécue des élèves du secondaire dans les classes de néo-enseignants.</w:t>
+                <w:t xml:space="preserve">Professionnaliser les PFSE aux usages pédagogiques du numérique par l’enquête personnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème doctorales de la SFSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2019, Mulhouse-Bâle, France</w:t>
+              <w:t xml:space="preserve">IPAPE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Djerba, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02415196v1</w:t>
+                <w:t xml:space="preserve">hal-03807241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professionnaliser les PFSE aux usages pédagogiques du numérique par l’enquête personnelle</w:t>
+                <w:t xml:space="preserve">« Je me dis que ça commence à être un peu long » : une recherche concernant l’expérience vécue des élèves du secondaire dans les classes de néo-enseignants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPAPE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Djerba, Tunisie</w:t>
+              <w:t xml:space="preserve">13ème doctorales de la SFSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française des Sciences de l'Information et de la Communication, Jun 2019, Mulhouse-Bâle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807241v1</w:t>
+                <w:t xml:space="preserve">halshs-02415196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pistes ouvertes par une approche énactive de l’expérience: des ressources potentiellement utiles pour la formation des néo-enseignants</w:t>
+                <w:t xml:space="preserve">Décrire et comprendre l’expérience vécue des élèves dans les classes des néo-enseignants : des ressources potentiellement utiles pour la formation initiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université d'été Ludovia#16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ludovia, Aug 2019, Ax-les-thermes, France</w:t>
+              <w:t xml:space="preserve">9es Doctoriades. Journées de la jeune recherche de l’Université de Toulon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège des Etudes Doctorales; ED 509; ED 548, Oct 2019, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288982v1</w:t>
+                <w:t xml:space="preserve">hal-02642323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une expérience vécue de la techno créativité à l’ESPE de Nice: le cas des professeurs stagiaires de l'ESPE de Nice</w:t>
+                <w:t xml:space="preserve">Pistes ouvertes par une approche énactive de l’expérience: des ressources potentiellement utiles pour la formation des néo-enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème colloque international du RiFEFF, 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Université de Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">Université d'été Ludovia#16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ludovia, Aug 2019, Ax-les-thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807243v1</w:t>
+                <w:t xml:space="preserve">hal-02288982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les CurriQvideo : Une approche enactive de formation à la techno créativité à l'ESPE de Nice</w:t>
+                <w:t xml:space="preserve">Une expérience vécue de la techno créativité à l’ESPE de Nice: le cas des professeurs stagiaires de l'ESPE de Nice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Recherche en Éducation (JRE 2018 Tahiti)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Tahiti, France</w:t>
+              <w:t xml:space="preserve">7ème colloque international du RiFEFF, 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807242v1</w:t>
+                <w:t xml:space="preserve">hal-03807243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une expérience vécue de la techno créativité à l’ESPE de Nice: le cas des professeurs stagiaires de l'ESPE de Nice</w:t>
+                <w:t xml:space="preserve">Les CurriQvideo : Une approche enactive de formation à la techno créativité à l'ESPE de Nice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème colloque international du RiFEFF, 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Université de Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">Journée de la Recherche en Éducation (JRE 2018 Tahiti)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Tahiti, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02290941v1</w:t>
+                <w:t xml:space="preserve">hal-03807242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand le TPACK rencontre la créativité. When TPACK meets creativity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une expérience vécue de la techno créativité à l’ESPE de Nice: le cas des professeurs stagiaires de l'ESPE de Nice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Apprentissage et Education" Conditions, contextes et innovations pour la réussite scolaire, universitaire et professionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">7ème colloque international du RiFEFF, 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Université de Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362158v1</w:t>
+                <w:t xml:space="preserve">hal-02290941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le TPACK rencontre la créativité. When TPACK meets creativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy De Smet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margarida Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Apprentissage et Education" Conditions, contextes et innovations pour la réussite scolaire, universitaire et professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etre primo enseignant à l'heure du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8èmes Doctoriades Euro-Méditerranéennes. Journées de la jeune recherche de l'université de Toulon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulon; Ecole doctorale 509; Ecole doctorale 548; Collège des études doctorales, Oct 2017, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01835710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4596,51 +4678,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Education à l’intelligence artificielle : Quelles compétences acquérir par les élèves ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4649,195 +4731,195 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarida Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Côte d'Azur. 2023, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04114236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des activités technocréatives au collège en contexte d’éducation FabLab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarida Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Prokofieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Acevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Clair Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Université cote d'azur. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03533826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des usages créatifs de l'IA dans la formation initiale et continuée des professeurs des écoles (GTnum Scol_IA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4846,169 +4928,169 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Côte d'Azur. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un bref parcours sur les ressources, pratiques et acteurs en IA et éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margarida Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Aloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Heiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Côte d'Azur. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5018,100 +5100,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numérique et expérience vécue de l'élève en classe : un espace de communication en recomposition ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université de Toulon, 2019. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2019TOUL0022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02816097v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5121,91 +5203,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien de remise en situation de 701 au Fablab de Sanary, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5215,168 +5297,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">For living laboratories in education (symposium)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Heiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chovelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raynault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Escande Gauquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 18th Annual Conference of the TEPE Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Aix en Provence, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05048185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId108"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5444,51 +5526,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="95680C43"/>
+    <w:nsid w:val="2C8F996B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5675,51 +5757,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-heiser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2399-7873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145073v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heiser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drouot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raynault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonjour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mouren" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148mu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793153v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois C&#233;ci" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2024-v21n2-10" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825190v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi11.286" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618399v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619029v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Peltier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Peraya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.30184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501923v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durampart" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Picard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.8819" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413652v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.6564" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123564v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Romero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chiardola" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2020.692" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985615v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.1607" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495148v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166436v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.3563" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02418477v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360437v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032083v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845379v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02957270v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013223v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lepage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330699v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151656v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531342v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518388v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048182v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593519v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Isaac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Barma" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Andr&#233; Girard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187602v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584663v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832871v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539748v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263116v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807237v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240913v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Lohner" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231632v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348354v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175277v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172732v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502866v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175139v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02642323v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02415196v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807241v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288982v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807243v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807242v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362158v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy De Smet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835710v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114236v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533826v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Prokofieva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Acevedo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saint-Clair Lef&#232;vre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116156v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190014v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Aloui" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Galindo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02816097v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOUL0022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006242v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048185v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chovelon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Escande Gauqui&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-heiser" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2399-7873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145073v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heiser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drouot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raynault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonjour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mouren" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/148mu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793153v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois C&#233;ci" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2024-v21n2-10" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500028v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825190v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52358/mm.vi11.286" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618399v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619029v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Peltier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Peraya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.30184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413652v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.6564" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501923v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durampart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Picard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.8819" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123564v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Romero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chiardola" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2020.692" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02985615v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.1607" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495148v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166436v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.3563" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02418477v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360437v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032083v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845379v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02957270v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013223v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lepage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561346v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330699v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151656v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531342v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048182v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593519v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Isaac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Barma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Andr&#233; Girard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187602v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832871v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584663v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539748v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263116v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807237v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240913v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duncan Lohner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231632v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348354v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172732v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502866v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175139v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807241v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02415196v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02642323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807243v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807242v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362158v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy De Smet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835710v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114236v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533826v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Prokofieva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Acevedo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saint-Clair Lef&#232;vre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116156v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190014v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Aloui" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Galindo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02816097v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOUL0022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006242v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chovelon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Escande Gauqui&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>