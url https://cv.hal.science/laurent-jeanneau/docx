--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -234,11210 +234,11210 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05370583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flight quotas outperform focused mitigation strategies in reducing the carbon footprint of academic travel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compositional changes of dissolved organic matter during high flow events in headwater catchments along a gradient of climate and land use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+                <w:t xml:space="preserve">Ophélie Fovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+                <w:t xml:space="preserve">Mikael Faucheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Mariette</w:t>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Aumont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+                <w:t xml:space="preserve">Marine Liotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 19 (5), pp.054008. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 356 (G1), pp.157-175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/ad30a6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04554595v2</w:t>
+                <w:t xml:space="preserve">hal-04790687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compositional changes of dissolved organic matter during high flow events in headwater catchments along a gradient of climate and land use</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purchases dominate the carbon footprint of research laboratories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne de Paepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Faucheux</w:t>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Gruau</w:t>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Liotaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">André Estevez-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 356 (G1), pp.157-175. </w:t>
+              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (7), pp.e0000116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04790687v1</w:t>
+                <w:t xml:space="preserve">hal-04666497v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purchases dominate the carbon footprint of research laboratories</w:t>
+                <w:t xml:space="preserve">Flight quotas outperform focused mitigation strategies in reducing the carbon footprint of academic travel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne de Paepe</w:t>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000116⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (5), pp.054008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ad30a6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04666497v2</w:t>
+                <w:t xml:space="preserve">insu-04554595v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the origin of sedimentary organic matter impacts the benthic nutrient fluxes in shallow coastal mudflats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Jardé</w:t>
+                <w:t xml:space="preserve">Justine Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Louis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandrine Pannard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Liotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 355 (G2), pp.237-258. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crgeos.228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04173996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissolved organic matter concentration and composition discontinuity at the peat-pool interface in a boreal peatland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Prijac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Prijac</w:t>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Gandois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+                <w:t xml:space="preserve">Pierre Taillardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Garneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (18), pp.4571-4588. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-19-4571-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03783949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Withdrawn. Linking sediment biodegradability with its origin in shallow coastal environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anniet M. Laverman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Louis</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandrine Pannard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Liotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 27p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-2021-318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are benthic nutrient fluxes from intertidal mudflats driven by surfacesediment characteristics?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Andrieux-Loyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Caradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 353 (1), pp.173-191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crgeos.57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03229725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">†Cretolixon – a remarkable new genus of rhopalosomatid wasps (Hymenoptera: Vespoidea: Rhopalosomatidae) from chemically tested, mid-Cretaceous Burmese (Kachin) amber supports the monophyly of Rhopalosomatinae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amber- and plant-bearing deposits from the Cenomanian of Neau (Mayenne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Néraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker Lohrmann</w:t>
+                <w:t xml:space="preserve">Jean-Paul Saint Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qi Zhang</w:t>
+                <w:t xml:space="preserve">Simona Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Michalik</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Müller</w:t>
+                <w:t xml:space="preserve">Jean-David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fossil Record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/fr-23-215-2020⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, L'ambre, 191, pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/bsgf/2020039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03071654v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03079117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amber- and plant-bearing deposits from the Cenomanian of Neau (Mayenne, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">†Cretolixon – a remarkable new genus of rhopalosomatid wasps (Hymenoptera: Vespoidea: Rhopalosomatidae) from chemically tested, mid-Cretaceous Burmese (Kachin) amber supports the monophyly of Rhopalosomatinae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Lohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Néraudeau</w:t>
+                <w:t xml:space="preserve">Peter Michalik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Saint Martin</w:t>
+                <w:t xml:space="preserve">Jeremy Blaschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Saint-Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-David Moreau</w:t>
+                <w:t xml:space="preserve">Patrick Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bsgf/2020039⟩</w:t>
+              <w:t xml:space="preserve">Fossil Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (2), pp.215-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/fr-23-215-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03079117v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term effect of pig slurry and its digestate application on biochemical properties of soils and emissions of volatile organic compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Monard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Monard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+                <w:t xml:space="preserve">Jean-Luc Le Garrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Le Garrec</w:t>
+                <w:t xml:space="preserve">Nathalie Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Binet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Soil Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 147, pp.103376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsoil.2019.103376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural Practices and Hydrologic Conditions Shape the Temporal Pattern of Soil and Stream Water Dissolved Organic Matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Humbert</w:t>
+                <w:t xml:space="preserve">Thomas Parr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 23 (7), pp.1325-1343. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10021-019-00471-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02417211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of colloids as important phosphorus carriers in natural soil/stream waters in an agricultural catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sen Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 49 (4), pp.921-932. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jeq2.20090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02611063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water Table Dynamics Control Carbon Losses from the Destabilization of Soil Organic Matter in a Small, Lowland Agricultural Catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Buysse</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 4 (2), 17 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/soilsystems4010002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes on rhopalosomatid wasps of Dominican and Mexican amber (Hymenoptera: Rhopalosomatidae) with a description of the first fossil species of Rhopalosoma Cresson, 1865</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Volker Lohrmann</w:t>
+                <w:t xml:space="preserve">Trace element and organic matter mobility impacted by Fe 3 O 4 -nanoparticle surface coating within wetland soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Al-Sid-Cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Ohl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Michalik</w:t>
+                <w:t xml:space="preserve">Mathieu Pédrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Pitts</w:t>
+                <w:t xml:space="preserve">Aline N. Dia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mitteilungen aus dem Museum für Naturkunde in Berlin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/fr-22-31-2019⟩</w:t>
+              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (10), pp.3049-3059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9EN00565J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02135631v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02270643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace element and organic matter mobility impacted by Fe 3 O 4 -nanoparticle surface coating within wetland soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maya Al-Sid-Cheikh</w:t>
+                <w:t xml:space="preserve">Notes on rhopalosomatid wasps of Dominican and Mexican amber (Hymenoptera: Rhopalosomatidae) with a description of the first fossil species of Rhopalosoma Cresson, 1865</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Lohrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Pédrot</w:t>
+                <w:t xml:space="preserve">Michael Ohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Michalik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline N. Dia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Davranche</w:t>
+                <w:t xml:space="preserve">James Pitts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9EN00565J⟩</w:t>
+              <w:t xml:space="preserve">Mitteilungen aus dem Museum für Naturkunde in Berlin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (1), pp.31-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/fr-22-31-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02270643v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02135631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faecal biomarkers can distinguish specific mammalian species in modern and past environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Harrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Harrault</w:t>
+                <w:t xml:space="preserve">Karen Milek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14 (2), pp.e0211119. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0211119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02013794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of peatland permafrost to dissolved organic matter along a thaw gradient in North Siberia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison May Hoyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alison May Hoyt</w:t>
+                <w:t xml:space="preserve">Christine Hatté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Teisserenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 53 (24), pp.14165-14174. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.9b03735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02358892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of a microbial source tracking based on bacterial and chemical markers in headwater and coastal catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Harrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Quenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 610-611, pp.55-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.07.235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01574743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular fingerprinting of particulate organic matter as a new tool for its source apportionment: changes along a headwater drainage in coarse, medium and fine particles as a function of rainfalls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rowland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreeram Inamdar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15 (4), pp.973-985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-15-973-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01714039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AgrHyS: An Observatory of Response Times in Agro-Hydro Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Fovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ruiz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérard Gruau</w:t>
+                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Aquilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadose Zone Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17 (1), 16 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01944377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+                <w:t xml:space="preserve">Isabelle Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Braud</w:t>
+                <w:t xml:space="preserve">Fatim Hankard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatim Hankard</w:t>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadose Zone Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01944414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper Cretaceous amber from Vendée, north-western France: age dating and geological, chemical, and palaeontological characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Néraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Perrichot</w:t>
+                <w:t xml:space="preserve">David J Batten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David J Batten</w:t>
+                <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cretaceous Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 70, pp.77-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cretres.2016.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01376571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoplastic in the North Atlantic Subtropical Gyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+                <w:t xml:space="preserve">Marion Martignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Pedrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 51 (23), pp.13689-13697. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.7b03667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01647511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study on the pore-size and filter type effect on the molecular composition of soil and stream dissolved organic matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 110, pp.36-44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2017.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01521676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New molecular evidence for surface and sub-surface soil erosion controls on the composition of stream DOM during storm events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Murzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Liotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 14 (22), pp.5039-5051. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-14-5039-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01646989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Release of dissolved phosphorus from riparian wetlands: Evidence for complex interactions among hydroclimate variability, topography and soil properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sen Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia C. Rumpel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Creme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 598, pp.421-431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01515474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Characterization and Botanical Origin of French Ambers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sources of dissolved organic matter during storm and inter-storm conditions in a lowland headwater catchment: constraints from high-frequency molecular data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.5b00093⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (14), pp.4333-4343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-12-4333-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01163575v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01187904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Downstream alteration of the composition and biodegradability of particulate organic carbon in a mountainous, mixed land-use watershed</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Byung-Joon Jung</w:t>
+                <w:t xml:space="preserve">Chemical Characterization and Botanical Origin of French Ambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Nohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ji-Hyung Park</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Pollès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Azar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10533-014-0032-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 78 (6), pp.1284-1293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.5b00093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01117827v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01163575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources of dissolved organic matter during storm and inter-storm conditions in a lowland headwater catchment: constraints from high-frequency molecular data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Downstream alteration of the composition and biodegradability of particulate organic carbon in a mountainous, mixed land-use watershed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Byung-Joon Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Alewell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bomchul Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hyung Park</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-12-4333-2015⟩</w:t>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 122 (1), pp.79-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10533-014-0032-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01187904v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01117827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DOC sources and DOC transport pathways in a small headwater catchment as revealed by carbon isotope fluctuation during storm events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jaffrézic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 11 (11), pp.3043-3056. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-11-3043-2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01044656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints on the Sources and Production Mechanisms of Dissolved Organic Matter in Soils from Molecular Biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jaffrézic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadose Zone Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 13 (7), 9 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2136/vzj2014.02.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01090923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the Analysis of Fecal Stanols in the Oyster Crassostrea gigas and Identification of Fecal Contamination in Shellfish Harvesting Areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Harrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 49 (6), pp.597-607. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11745-014-3908-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01002609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are fecal stanols suitable to record and identify a pulse of human fecal contamination in short-term exposed shellfish? A microcosm study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Harrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 89 (1-2), pp.40-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2014.10.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01117210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscale investigations of the fate of heavy metals associated to iron-bearing particles in a highly polluted stream</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
+                <w:t xml:space="preserve">Caroline Duriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Duriez</w:t>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Falkenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21 (4), pp.2744-2760. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-013-2192-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01077129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrologically driven seasonal changes in the sources and production mechanisms of dissolved organic carbon in a small lowland catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jaffrézic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Resources Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (9), pp.5792-5803. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/wrcr.20466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00876777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection de marqueurs microbiologiques et chimiques de traçage des sources microbiennes. Application à des eaux de rivière potentiellement contaminées par des rejets ponctuels ou diffus en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Jardé</w:t>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3, pp.43-55. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/tsm/201203043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00796513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative decay of fecal indicator bacteria and human-associated markers: a microcosm study simulating wastewater input into seawater and freshwater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Solecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 46 (4), pp.2375-2382. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/es203019y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00679278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistence of microbial and chemical pig manure markers as compared to faecal indicator bacteria survival in freshwater and seawater microcosms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 45 (15), pp.4623-4633. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.watres.2011.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00622992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of salinity and natural organic matter on the solid phase extraction of sterols and stanols: Application to the determination of the human sterol fingerprint in aqueous matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1218 (18), pp.2513-2520. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2011.02.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2011.02.066⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00611602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of fossil organic matter in contaminated sediments from an industrial watershed: Validation of the quantitative multimolecular approach by radiocarbon analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 408 (19), pp.4251-4256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2010.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the source apportionment of the lipidic fraction from sediments along the Fensch River, France : a multimolecular approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 398, pp.96-106. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2008.02.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2008.02.028⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00329795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative multimolecular marker approach to investigate the spatial variability of the transfer of pollution from the Fensch River to the Moselle River (France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 389, pp.503-513. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2007.09.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2007.09.023⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00329775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The junction of Fensch and Moselle rivers, France; mineralogy and composition of river materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Faure</w:t>
+                <w:t xml:space="preserve">Isabelle Bihannic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Barres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 53 (1), pp.85-102. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00254-006-0621-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00254-006-0621-6⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of organic matter by flash pyrolysis-gas chromatography-mass spectrometry in the presence of Na-smectite : when clay minerals lead to identical molecular signature.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">Impact of a highly contaminated river on a more important hydrologic system : changes in organic markers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lannuzel</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ramelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 372, pp.183-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.09.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2006.09.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00163583v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00163572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a highly contaminated river on a more important hydrologic system : changes in organic markers.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of organic matter by flash pyrolysis-gas chromatography-mass spectrometry in the presence of Na-smectite : when clay minerals lead to identical molecular signature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marion Ramelli</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lannuzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 37, pp.1900-1912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2006.09.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.09.021⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00163572v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00163583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What if we thought about sustainable scientific research ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaborations in Algebra, Representation theory and Ethics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From carbon to societal footprint : geoscience research in the face of the socio-environmental emergency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
+                <w:t xml:space="preserve">Cécile Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Albert</w:t>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Champollion</w:t>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Dassié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2025 (EGU25)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienne (Autriche), Austria. pp.EGU25-7054, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-7054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrate and phosphorus export dynamics during the extreme storm events of the future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Faucheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolai Brekenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TERENO conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is Ethiopian amber telling us about Miocene African forest ecosystem?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Youssef Nohra</w:t>
+                <w:t xml:space="preserve">Traveling for academic research : patterns, determinants and mitigation options</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jim Cole</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Spiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fossil Record in Resins and Sediments. 25th Anniversary of Museum of Amber Inclusions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. pp.EGU23-11656, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-11656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04111712v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04082002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling for academic research : patterns, determinants and mitigation options</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tamara Ben-Ari</w:t>
+                <w:t xml:space="preserve">What is Ethiopian amber telling us about Miocene African forest ecosystem?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent S Perrichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Nohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mariette</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Spiga</w:t>
+                <w:t xml:space="preserve">Jim Cole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fossil Record in Resins and Sediments. 25th Anniversary of Museum of Amber Inclusions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Gdansk, Jun 2023, Gdansk, Poland. pp.29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082002v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04111712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aperçu du premier ambre fossilifère cénozoïque d’Afrique : l’ambre Miocène d’Ethiopie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Feldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander-R. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jim Cole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONGRES APF 2022 « Bicentenaire du mot Paléontologie »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France. pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05176533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change and water quality responses in agricultural catchments with high legacy storages of nutrients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophelie Fovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Strohmenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophelie Fovet</w:t>
+                <w:t xml:space="preserve">Remi Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Strohmenger</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Patrick Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Faucheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Association of Hydrological Sciences, May 2022, Montpellier, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/iahs2022-470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon - δ30 Si – Discharge dynamics during a storm event in an agricultural headwater catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofía López Urzúa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis A Derry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, honolulu, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46427/gold2022.12044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03885093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transferts terre-mer dans l’Océan Austral, apport de l’étude de différents bassins versants de Kerguelen.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Guillaume</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Chabaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17eme journée scientifique CNFRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géologie et paléontologie de l'ambre du Congo, le premier ambre crétacé fossilifère d'Afrique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Delhaye-Prat</w:t>
+                <w:t xml:space="preserve">Relationships between the spatial variability of benthic nutrient fluxes and sedimentary characteristics a study case in Brittany intertidal mudflats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johanne Esnault</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Andrieux-Loyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Caradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">ASLO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03592813v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between the spatial variability of benthic nutrient fluxes and sedimentary characteristics a study case in Brittany intertidal mudflats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Louis</w:t>
+                <w:t xml:space="preserve">Géologie et paléontologie de l'ambre du Congo, le premier ambre crétacé fossilifère d'Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delhaye-Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florian Caradec</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASLO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325032v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03592813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations géochimiques des eaux de rivières de l’archipel des Kerguelen : premiers résultats et interprétations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chabaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Fourtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Fourtet</w:t>
+                <w:t xml:space="preserve">Antton Larrouquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Montagud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27 ème Réunion des sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France. pp.278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03521224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification of the composition of dissolved organic matter during rain events; in search of genericity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Fovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Faucheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Pierret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. OZCAR TERENO International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert de matière organique dans le continuum terre-mer : étude aux îles Kerguelen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daguin Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jardé Emilie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Liotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17eme journée scientifique du CNFRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géologie et paléontologie de l’ambre du Congo, le premier ambre crétacé fossilifère d’Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent S Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delhaye-Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27 ème Réunion des sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France. pp.711</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03524068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations géochimiques des eaux de rivières de l'archipel des Kerguelen : premiers résultats et interprétations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chabaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Fourtet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Perrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antton Larouquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Montagud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A NEW TOOL BASED ON FAECAL STANOLS CAN DISTINGUISH SPECIFIC MAMMALIAN SPECIES IN MODERN AND PAST ENVIRONMENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Harrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Milek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th International Meeting on Organic Geochemistry (IMOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02106870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Création d’une base de données d’empreintes stanol pour identifier la présence de mammifères en contexte archéologique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of water-table dynamics on the destabilization of soil organic matter in a temperate agricultural catchment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Matière Organique dans tous ses états, 4ème séminaire du ResMO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t>
+              <w:t xml:space="preserve">TERENO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Berlin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02042429v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution saisonnière de la signature isotopique et moléculaire des MOD des solutions de sol : identification d’un transfert de MOD à l’échelle du versant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Denis</w:t>
+                <w:t xml:space="preserve">Création d’une base de données d’empreintes stanol pour identifier la présence de mammifères en contexte archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Harrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Milek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4ème congrès du Réseau Matières Organiques</w:t>
+              <w:t xml:space="preserve">La Matière Organique dans tous ses états, 4ème séminaire du ResMO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01767306v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02042429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater storage as a major control of seasonal stream water quality dynamics during both base and storm flows</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Evolution saisonnière de la signature isotopique et moléculaire des MOD des solutions de sol : identification d’un transfert de MOD à l’échelle du versant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Jaffrézic</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> European Geosciences Union General Assembly 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. pp.EGU2018-6532</w:t>
+              <w:t xml:space="preserve"> 4ème congrès du Réseau Matières Organiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01767782v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01767306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exportation des matières organiques dissoutes par les crues à l’exutoire de la tourbière de Bernadouze : étude de la composition moléculaire.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Liotaud</w:t>
+                <w:t xml:space="preserve">Groundwater storage as a major control of seasonal stream water quality dynamics during both base and storm flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Fovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Binet</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jaffrézic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FROG IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve"> European Geosciences Union General Assembly 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. pp.EGU2018-6532</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310744v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01767782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of water-table dynamics on the destabilization of soil organic matter in a temperate agricultural catchment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exportation des matières organiques dissoutes par les crues à l’exutoire de la tourbière de Bernadouze : étude de la composition moléculaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Golding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Liotaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gérard Gruau</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TERENO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Berlin, France</w:t>
+              <w:t xml:space="preserve">FROG IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02310792v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Release and transport dynamics of colloidal phosphorus in a small agricultural catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sen Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Geosciences Union General Assembly 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. pp.EGU2018-7684</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01767749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité temporelle de l’effet des pratiques agricoles sur les matières organiques dissoutes des sols et des eaux de rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas B. Parr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4ème congrès du Réseau Matières Organiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01767302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilization of DOM during flood events: impact of water table dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Murzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25 ème Réunion des sciences de la Terre (RST 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2016, Caen, France. pp.99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01388057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Storm dissolved organic matter : surface and sub-surface erosion controls its composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2016, Vienne, Austria. pp.EGU2016-394</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01309193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronous DOM and dissolved phosphorus release in riparian soil waters: linking water table fluctuations and biogeochemical</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sen Gu</w:t>
+                <w:t xml:space="preserve">Deciphering the biomarkers of amber as a tool for the reconstruction of Mesozoic forest environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Nohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Azar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Geophysical Union, Dec 2015, San Francisco, United States. pp.H14E-05</w:t>
+              <w:t xml:space="preserve">5th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01242058v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01184694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the biomarkers of amber as a tool for the reconstruction of Mesozoic forest environments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Perrichot</w:t>
+                <w:t xml:space="preserve">Synchronous DOM and dissolved phosphorus release in riparian soil waters: linking water table fluctuations and biogeochemical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sen Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Symposium on Soil Organic Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Göttingen, Germany</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Geophysical Union, Dec 2015, San Francisco, United States. pp.H14E-05</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01184694v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01242058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs chimiques et origine botanique des résines fossiles : le cas de l’ambre de Vendée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Nohra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Néraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Réunion des Chercheurs Francophones en Géochimie Organique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, French Researchers in Organic Geochemistry (FROG), Jul 2014, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01184725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lebanese Jurassic versus Cretaceous amber: Chemical characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Nohra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Gèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Azar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th LAAS International Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Hadath, Lebanon. pp.865-866</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01068166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cupressacean origin of the Cretaceous Vendean amber (northwestern France): evidence from fossil woods and chemical signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Nohra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Perrichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Néraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Palaeobotany - Palynology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Padoue, Italy. pp.189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01068204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of tools to differentiate bovine, porcine and human fecal contamination in surface waters</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatio-temporal variability of the molecular fingerprint of soil dissolved organic matter in a headwater agricultural catchment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jaffrézic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Animal Hygiene (ISAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Nanjing, China</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-8565</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00796589v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00853301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An interdisciplinary toolbox to track the sources of fecal contaminations in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-4704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00853343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in the use of carbon isotopes as tracers of DOC sources and water pathways in headwater catchments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Thibault</w:t>
+                <w:t xml:space="preserve">Development of tools to differentiate bovine, porcine and human fecal contamination in surface waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-9595</w:t>
+              <w:t xml:space="preserve">International Congress on Animal Hygiene (ISAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Nanjing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00853603v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00796589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal variability of the molecular fingerprint of soil dissolved organic matter in a headwater agricultural catchment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">New insights in the use of carbon isotopes as tracers of DOC sources and water pathways in headwater catchments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-8565</w:t>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.EGU2013-9595</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00853301v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00853603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanols as a tool to track the origin of microbial contamination of oysters, Crassostrea gigas, in shellfish areas.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Identification des sources de pollution fécale à l'échelle bassin versant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Solecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.4755</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00853258v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00796571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des sources de pollution fécale à l'échelle bassin versant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gourmelon</w:t>
+                <w:t xml:space="preserve">Stanols as a tool to track the origin of microbial contamination of oysters, Crassostrea gigas, in shellfish areas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Harrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Vienne, Austria. pp.4755</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00796571v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00853258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'outils microbiologiques et chimiques permettant d'identifier l'origine des pollutions fécales dans les eaux de baignade</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatio-temporal variability of the molecular fingerprint of dissolved organic matter in a headwater agricultural catchment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jaffrézic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gruau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : Qualité bactériologique des eaux de baignade : De la goutte de pluie jusqu'à la plage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Marne-la-vallée, France</w:t>
+              <w:t xml:space="preserve">5th International Workshop on Soil and Sedimentary Organic Matter Stabilization and Destabilization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Monte Verità, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00797077v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00811494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité moléculaire des matières organiques dissoutes des solutions de sol</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Développement d'outils microbiologiques et chimiques permettant d'identifier l'origine des pollutions fécales dans les eaux de baignade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Wery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Première réunion annuelle des géochimistes organiciens français organisée par l'OSUC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Orléans, France</w:t>
+              <w:t xml:space="preserve">Colloque : Qualité bactériologique des eaux de baignade : De la goutte de pluie jusqu'à la plage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Marne-la-vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00797081v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00797077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal variability of the molecular fingerprint of dissolved organic matter in a headwater agricultural catchment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variabilité moléculaire des matières organiques dissoutes des solutions de sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop on Soil and Sedimentary Organic Matter Stabilization and Destabilization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Monte Verità, Switzerland</w:t>
+              <w:t xml:space="preserve">Première réunion annuelle des géochimistes organiciens français organisée par l'OSUC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00811494v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00797081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'outils permettant de déterminer l'origine de la contamination fécale des eaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Pourcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jadas-Hécart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eaux et Milieux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00796562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking the Sources of Fecal Contaminations: an Interdisciplinary Toolbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, United States. pp.H51Q-05</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00665470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistence of microbial human markers of freshwater and seawater microcosms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Solecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gourmelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congress of International Microbiologists (FEMS 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00667464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature et répartition des micropolluants organiques lors de la remobilisation d'un sédiment fortement contaminé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National RESMO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Sainte Maxime, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00577987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11447,853 +11447,853 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Carbon to Societal Footprint: Geoscience Research in the Face of the Socio-Environmental Emergency</w:t>
+                <w:t xml:space="preserve">What are the values that prevent action to reduce the C footprint of research activities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïwenn Corrignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05307409v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05307361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the values that prevent action to reduce the C footprint of research activities?</w:t>
+                <w:t xml:space="preserve">From Carbon to Societal Footprint: Geoscience Research in the Face of the Socio-Environmental Emergency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05307361v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05307409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon footprint and reduction initiatives in a French geosciences laboratory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Battais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienna, Austria. , pp.EGU23-14085, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-14085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rock alteration in cold climate: implications from geochemical analysis of river and soil samples from the Kerguelen Archipelago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chabaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome van Der Woerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt Conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04188055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Release of colloid-bound phosphorus in soils: comparing laboratory extraction experiment results with natural soil solution data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sen Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Geosciences Union General Assembly 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. Geophysical Research Abstracts, 20, pp.EGU2018-8285, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01767757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the source of storm particulate organic matter exported along forested nested catchment. ? Impact of granulometry and climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard D. Rowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shreeram P. Inamdar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria. Geophysical Research Abstracts, 18, pp.EGU2016-6097, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01309196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the extraction procedures on the response of DOC concentration and composition to soil temperature increase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Catherine Pierson-Wickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gruau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Jaffrézic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Vienne, Austria. , Geophysical Research Abstracts, 16, pp.EGU2014-10159, 2014, EGU General Assembly 2014, held 27 April - 2 May, 2014 in Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01113726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12303,114 +12303,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche moléculaire quantitative appliquée à l'étude du transfert de micropolluants organiques à la confluence entre la Fensch et la Moselle (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géochimie. Institut National Polytechnique de Lorraine - INPL, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2007INPL094N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01752857v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId326"/>
+      <w:footerReference w:type="default" r:id="rId324"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12557,51 +12557,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370583v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Casanova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel von Schiller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffrezic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00027-025-01247-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04554595v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben-Ari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Mariette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad30a6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790687v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Faucheux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Liotaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.272" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666497v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mariette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000116" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173996v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Louis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Pannard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.228" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03783949v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Prijac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taillardat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Garneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4571-2022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203676v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2021-318" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03229725v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Andrieux-Loyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Caradec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.57" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071654v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Lohrmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Michalik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Blaschke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M&#252;ller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-23-215-2020" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03079117v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Saint-Martin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Moreau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020039" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02355239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Garrec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Bris" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2019.103376" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02417211v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Humbert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Parr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Petitjean" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00471-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02611063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Gu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeq2.20090" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02429443v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems4010002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02135631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ohl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Pitts" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-22-31-2019" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02270643v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Al-Sid-Cheikh" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P&#233;drot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline N. Dia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Davranche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9EN00565J" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02013794v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Harrault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Milek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Derrien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211119" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02358892v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison May Hoyt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Teisserenc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b03735" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574743v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quenot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Solecki" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.07.235" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01714039v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rowland" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreeram Inamdar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-973-2018" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944377v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0066" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01376571v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrichot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Batten" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2016.10.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01647511v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Martignac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pedrono" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b03667" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01521676v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Pierson-Wickmann" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.05.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01646989v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Murzeau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-14-5039-2017" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01515474v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia C. Rumpel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Creme" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.04.028" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01163575v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Nohra" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Poll&#232;s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.5b00093" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01117827v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byung-Joon Jung" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Alewell" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bomchul Kim" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hyung Park" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-014-0032-9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01187904v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lambert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-4333-2015" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01044656v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffr&#233;zic" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-3043-2014" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01090923v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2014.02.0015" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01002609v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-014-3908-5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01117210v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Harrault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.037" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077129v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duriez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Falkenberg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-013-2192-x" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00876777v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrcr.20466" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796513v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Caprais" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie W&#233;ry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jadas-H&#233;cart" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201203043" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00679278v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solecki" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourmelon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203019y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00622992v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.06.012" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00611602v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2011.02.066" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZVB0B45-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176845v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2010.06.002" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329795v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.02.028" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31G18ZT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329775v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2007.09.023" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DJ4VK1S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176858v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Barres" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00254-006-0621-6" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F7C34096DDC1E9F5EBF83D85D67A216DED3F4F3E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163583v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lannuzel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2006.09.008" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCMCMKQ1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163572v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ramelli" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.09.021" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2M80BJ6K-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357611v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061837v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Albert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dassi&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-7054" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256955v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Brekenfeld" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04111712v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouju" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent S Perrichot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cole" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082002v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mariette" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Spiga" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11656" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05176533v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Feldberg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander-R. Schmidt" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666519v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Fovet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Dupas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-470" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03885093v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a L&#243;pez Urz&#250;a" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis A Derry" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.12044" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03518643v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guillaume" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lavastre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592813v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delhaye-Prat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Esnault" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325032v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03521224v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fourtet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perrone" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antton Larrouquis" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Montagud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369834v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gruau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325022v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daguin Julien" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jard&#233; Emilie" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03524068v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588272v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antton Larouquis" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02106870v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Milek" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02042429v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Anderson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767306v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767782v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310744v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Golding" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310792v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767749v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767302v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B. Parr" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388057v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309193v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01242058v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184694v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184725v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boura" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01068166v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond G&#232;ze" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01068204v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796589v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jarde" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853343v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853603v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Thibault" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853301v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853258v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796571v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797077v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797081v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00811494v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796562v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00665470v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00667464v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577987v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307409v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dassie" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307361v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Corrignan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020101v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Argentin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Battais" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14085" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04188055v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelt" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767757v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309196v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Rowland" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreeram P. Inamdar" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01113726v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01752857v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPL094N" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370583v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Casanova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel von Schiller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffrezic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00027-025-01247-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790687v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Faucheux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Liotaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.272" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666497v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mariette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000116" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04554595v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Ben-Ari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad30a6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173996v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jard&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Louis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Pannard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.228" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03783949v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Prijac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taillardat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Garneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4571-2022" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203676v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2021-318" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03229725v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Andrieux-Loyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Caradec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.57" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03079117v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Saint-Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Moreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071654v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Lohrmann" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Michalik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Blaschke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M&#252;ller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-23-215-2020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02355239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Garrec" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Bris" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2019.103376" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02417211v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Humbert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Parr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Petitjean" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-019-00471-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02611063v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Gu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeq2.20090" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02429443v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Buysse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems4010002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02270643v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Al-Sid-Cheikh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P&#233;drot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline N. Dia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Davranche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9EN00565J" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02135631v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ohl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Pitts" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-22-31-2019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02013794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Harrault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Milek" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Derrien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211119" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02358892v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison May Hoyt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Teisserenc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b03735" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574743v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quenot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Solecki" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.07.235" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01714039v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rowland" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreeram Inamdar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-973-2018" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944377v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0066" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01376571v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrichot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Batten" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Girard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2016.10.001" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01647511v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Martignac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pedrono" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b03667" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01521676v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Pierson-Wickmann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2017.05.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01646989v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Murzeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-14-5039-2017" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01515474v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia C. Rumpel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Creme" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.04.028" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01187904v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lambert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-4333-2015" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01163575v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Nohra" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Poll&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.5b00093" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01117827v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byung-Joon Jung" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Alewell" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bomchul Kim" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hyung Park" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-014-0032-9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01044656v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jaffr&#233;zic" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-3043-2014" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01090923v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2014.02.0015" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01002609v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-014-3908-5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01117210v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Harrault" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.037" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077129v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duriez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Falkenberg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-013-2192-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00876777v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrcr.20466" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796513v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pourcher" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Caprais" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie W&#233;ry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jadas-H&#233;cart" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tsm/201203043" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00679278v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Solecki" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourmelon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es203019y" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00622992v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.06.012" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00611602v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2011.02.066" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZVB0B45-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176845v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faure" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2010.06.002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329795v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.02.028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31G18ZT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329775v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2007.09.023" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DJ4VK1S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176858v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bihannic" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Barres" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00254-006-0621-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F7C34096DDC1E9F5EBF83D85D67A216DED3F4F3E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163572v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ramelli" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.09.021" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2M80BJ6K-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163583v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lannuzel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2006.09.008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCMCMKQ1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357611v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061837v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Albert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dassi&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-7054" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256955v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Brekenfeld" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082002v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Spiga" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11656" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04111712v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouju" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent S Perrichot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Cole" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05176533v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Feldberg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander-R. Schmidt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666519v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Fovet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Dupas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-470" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03885093v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sof&#237;a L&#243;pez Urz&#250;a" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis A Derry" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.12044" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03518643v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guillaume" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lavastre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chabaux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325032v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592813v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delhaye-Prat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Esnault" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03521224v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fourtet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Perrone" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antton Larrouquis" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Montagud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369834v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gruau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Pierret" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325022v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daguin Julien" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jard&#233; Emilie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03524068v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588272v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antton Larouquis" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02106870v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Milek" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310792v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02042429v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Anderson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767306v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767782v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310744v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Golding" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Binet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767749v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767302v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B. Parr" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388057v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309193v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184694v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01242058v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184725v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boura" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01068166v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond G&#232;ze" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01068204v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853301v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853343v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796589v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jarde" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853603v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Thibault" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796571v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00853258v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00811494v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797077v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00797081v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Reynaud" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00796562v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00665470v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00667464v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00577987v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307361v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Corrignan" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307409v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dassie" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020101v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Argentin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Battais" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-14085" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04188055v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome van Der Woerd" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01767757v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309196v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Rowland" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreeram P. Inamdar" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01113726v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01752857v2" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPL094N" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>