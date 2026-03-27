--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2422,181 +2422,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03912288v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Language Technologies Resources and Tools for Corsican</w:t>
+                <w:t xml:space="preserve">BDLC : Accès aux ethnotextes par concordances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Kevers</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] UMR 6240 CNRS LISA - Université de Corse. 2021</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR CNRS 6240 LISA, Université de Corse Pascal Paoli. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228733v1</w:t>
+                <w:t xml:space="preserve">hal-03914290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BDLC : Accès aux ethnotextes par concordances</w:t>
+                <w:t xml:space="preserve">A Survey of Language Technologies Resources and Tools for Corsican</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Kevers</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">UMR CNRS 6240 LISA, Université de Corse Pascal Paoli. 2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Retali Medori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ghjacumina Tognotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] UMR 6240 CNRS LISA - Université de Corse. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03914290v1</w:t>
+                <w:t xml:space="preserve">hal-03228733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2854,51 +2854,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633290v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kevers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591866v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.7115" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017134v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Kindt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024899v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534608v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Brasile" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ghia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598607v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Stosic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;a Marjanovi&#263;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bach" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385954v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Luneschi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846829v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722821v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722878v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865699v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880713v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567779v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;niot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghjacumina Tognotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Mantrach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Fairon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bersini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Saerens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454216v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515763v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089564v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gilles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089594v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454266v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bestgen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880729v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gueniot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454066v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Medori" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14770-8_23" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BCWW71PQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912288v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228733v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914290v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633290v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kevers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591866v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.7115" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017134v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Kindt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024899v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534608v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Brasile" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ghia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598607v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Stosic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;a Marjanovi&#263;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bach" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385954v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Luneschi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846829v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722821v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722878v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865699v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880713v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567779v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gu&#233;niot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghjacumina Tognotti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Mantrach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Fairon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bersini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Saerens" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454216v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515763v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089564v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gilles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089594v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454266v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bestgen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880729v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gueniot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454066v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Medori" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14770-8_23" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BCWW71PQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912288v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914290v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228733v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>