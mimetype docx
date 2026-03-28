--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -938,277 +938,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03610771v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection a posteriori des comorbidités associées actives oubliées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Le Saux</w:t>
+                <w:t xml:space="preserve">Med1dex : système d'aide au codage diagnostique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Jantzem</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Cauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2011.03.023⟩</w:t>
+              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (2), pp.69-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbm.2011.01.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01867138v1</w:t>
+                <w:t xml:space="preserve">hal-00632776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Med1dex : système d'aide au codage diagnostique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection a posteriori des comorbidités associées actives oubliées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jantzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.irbm.2011.01.038⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59, pp.S50 - </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2011.03.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00632776v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molécules onéreuses, indications et codage diagnostique</w:t>
               </w:r>
@@ -1220,51 +1220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gourmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Cogulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1367,51 +1367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Le Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2093,51 +2093,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Information Quality in Fusion Systems</w:t>
+                <w:t xml:space="preserve">Toward the quality evaluation of complex information systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion George Todoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
@@ -2155,97 +2155,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Khenchaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NATO SAS-106 Symposium on Analysis Support to Decision Making in Cyber Defence &amp; Security</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Signal Processing, Sensor/Information Fusion, and Target Recognition XXIII : proceedings of SPIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Baltimore, United States. pp.1 - 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2052829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01056518v1</w:t>
+                <w:t xml:space="preserve">hal-01056516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the quality evaluation of complex information systems</w:t>
+                <w:t xml:space="preserve">Assessing Information Quality in Fusion Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion George Todoran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
@@ -2263,82 +2272,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Khenchaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing, Sensor/Information Fusion, and Target Recognition XXIII : proceedings of SPIE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NATO SAS-106 Symposium on Analysis Support to Decision Making in Cyber Defence &amp; Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Tallinn, Estonia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2052829⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01056516v1</w:t>
+                <w:t xml:space="preserve">hal-01056518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information quality evaluation in fusion systems</w:t>
               </w:r>
@@ -2665,51 +2665,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la fusion d'informations hétérogènes et partielles pour l'aide au codage diagnostique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2915,51 +2915,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Fusion for Diagnosis Coding Support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3049,51 +3049,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANTEROCOD: Actuarial survival curves applied to medical coding support for chronic diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3209,51 +3209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Cauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3304,51 +3304,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">iRMA: a Web Interface for ICD10 code and context retrieval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3438,51 +3438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Thillay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3572,51 +3572,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Thillay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,51 +3684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indexing the patient recordfile : a 15 year experience in a French hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Cauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3760,299 +3760,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two dirac-deltas detector as an improved space-time adaptative processing in the presence of non-gaussian sea clutter</w:t>
+                <w:t xml:space="preserve">Nouvelle méthode d'extraction de règles de classification multi-labels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomasz Gorski</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
+                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRS 2007 : International Radar Symposium, 5-7 september, Koln, Germany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Koln, Germany</w:t>
+              <w:t xml:space="preserve">3ème Atelier Qualité des Données et des Connaissances, 23 janvier, Namur, Belgique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.29 - 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122085v1</w:t>
+                <w:t xml:space="preserve">hal-02121181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle méthode d'extraction de règles de classification multi-labels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two dirac-deltas detector as an improved space-time adaptative processing in the presence of non-gaussian sea clutter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Gorski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Kawalec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
+                <w:t xml:space="preserve">Witold Czarnecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Atelier Qualité des Données et des Connaissances, 23 janvier, Namur, Belgique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2007, Namur, Belgique. pp.29 - 34</w:t>
+              <w:t xml:space="preserve">IRS 2007 : International Radar Symposium, 5-7 september, Koln, Germany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Koln, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02121181v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two dirac-deltas detector analysis for target detection in non-gaussian sea clutter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomasz Gorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Kawalec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4103,77 +4103,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of STAP technique to FMCW systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomasz Gorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Kawalec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4233,51 +4233,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rule-based diagnostic system fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4331,152 +4331,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02121388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data mining system applied in endoscopic image base</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
+                <w:t xml:space="preserve">A review of image watermarking applications in healthcare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouenou Coatrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Basel Solaiman</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bulent Sankur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTTA'06 : 2nd IEEE International Conference on Information and Communication Technologies : from theory to applications. April 24-28, Damas, Syrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Damas, Syria. pp.1357 - 1362</w:t>
+              <w:t xml:space="preserve">EMBS '06 : 28th annual international conference of the IEEE engineering in medicine and biology society, august 30 - september 3, New York, USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, New York, États-Unis. pp.4691 - 4694</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122430v1</w:t>
+                <w:t xml:space="preserve">hal-02122634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new hybrid fusion hybrid method for diagnostic system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4491,480 +4504,467 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPMU 2006 : 11th international conference on Information Processing and Management of Uncertainty in Knowledge-Based Systems, July 2-7, Paris, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of image watermarking applications in healthcare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gouenou Coatrieux</w:t>
+                <w:t xml:space="preserve">Enhancing electronic patient record functionality through information extraction from images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Puentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Batrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Atif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBS '06 : 28th annual international conference of the IEEE engineering in medicine and biology society, august 30 - september 3, New York, USA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, New York, États-Unis. pp.4691 - 4694</w:t>
+              <w:t xml:space="preserve">2nd IEEE ICTTA: Information and Communication Technologies from Theory to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Arlington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122634v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02124178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing electronic patient record functionality through information extraction from images</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Batrancourt</w:t>
+                <w:t xml:space="preserve">Space-time adaptative processing analysis for the moving target on the sea surface indication purpose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Gorski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jamal Atif</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Kawalec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
+                <w:t xml:space="preserve">Witold Czarnecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IEEE ICTTA: Information and Communication Technologies from Theory to Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MIKON 2006 : International Conference on Microwaves, Radar &amp; Wireless Communications, 22-24 may, Krakow, Poland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Krakow, Poland. pp.199 - 202, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MIKON.2006.4345139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02124178v1</w:t>
+                <w:t xml:space="preserve">hal-02124511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Space-time adaptative processing analysis for the moving target on the sea surface indication purpose</w:t>
+                <w:t xml:space="preserve">Data mining system applied in endoscopic image base</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomasz Gorski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Le Caillec</w:t>
+                <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basel Solaiman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIKON 2006 : International Conference on Microwaves, Radar &amp; Wireless Communications, 22-24 may, Krakow, Poland</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTTA'06 : 2nd IEEE International Conference on Information and Communication Technologies : from theory to applications. April 24-28, Damas, Syrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Damas, Syria. pp.1357 - 1362</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MIKON.2006.4345139⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02124511v1</w:t>
+                <w:t xml:space="preserve">hal-02122430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouille et fusion de données médicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4996,416 +4996,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic and fuzzy information fusion applied to radar system ranking</w:t>
+                <w:t xml:space="preserve">Utilisation de méthodes basées sur la théorie des ensembles flous pour l'extraction de contours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Debon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wojciech Komorniczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multisensor, multisource information fusion : architectures, algorithms, and applications, April 23-25, Orlando,USA</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TAIMA 2003 : Traitement et analyse de l'information : méthodes et applications, Hammamet, Tunisie, 29 septembre-3 octobre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Hammamet, Tunisie</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128481v1</w:t>
+                <w:t xml:space="preserve">hal-02128709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de méthodes basées sur la théorie des ensembles flous pour l'extraction de contours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of an ideal DEM by fusion shape from shading and interferometry bathymetries for seafloor remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Abu Nokra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud Debon</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Zerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAIMA 2003 : Traitement et analyse de l'information : méthodes et applications, Hammamet, Tunisie, 29 septembre-3 octobre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Hammamet, Tunisie</w:t>
+              <w:t xml:space="preserve">Remote sensing for environmental monitoring, GIS applications and geology III : proceedings of SPIE, Barcelona, Spain, september 8-12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Barcelone, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128709v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of an ideal DEM by fusion shape from shading and interferometry bathymetries for seafloor remote sensing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Probabilistic and fuzzy information fusion applied to radar system ranking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Debon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Zerr</w:t>
+                <w:t xml:space="preserve">Wojciech Komorniczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote sensing for environmental monitoring, GIS applications and geology III : proceedings of SPIE, Barcelona, Spain, september 8-12</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Multisensor, multisource information fusion : architectures, algorithms, and applications, April 23-25, Orlando,USA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2003, Orlando, United States. pp.123 - 132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.488375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128430v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction du modèle numérique du terrain (MNT) en utilisant l'algorithme de Shape for Shading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Abu Nokra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Zerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5897,248 +5897,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data and Information Quality in Remote Sensing</w:t>
+                <w:t xml:space="preserve">Analytics and Quality in Medical Encoding Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Puentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Basel Solaiman</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Cauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Quality in Information Fusion and Decision Making</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Nature, pp.401 - 421, 2019, Information Fusion and Data Science, 978-3-030-03642-3. </w:t>
+              <w:t xml:space="preserve">, Springer Nature, pp.455 - 470, 2019, Information Fusion and Data Science, 978-3-030-03642-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-03643-0_17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-03643-0_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128849v1</w:t>
+                <w:t xml:space="preserve">hal-02128858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics and Quality in Medical Encoding Systems</w:t>
+                <w:t xml:space="preserve">Data and Information Quality in Remote Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Puentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Cauvin</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basel Solaiman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Quality in Information Fusion and Decision Making</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Nature, pp.455 - 470, 2019, Information Fusion and Data Science, 978-3-030-03642-3. </w:t>
+              <w:t xml:space="preserve">, Springer Nature, pp.401 - 421, 2019, Information Fusion and Data Science, 978-3-030-03642-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-03643-0_19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-03643-0_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128858v1</w:t>
+                <w:t xml:space="preserve">hal-02128849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion Systems Evaluation: An information Quality Perspective</w:t>
               </w:r>
@@ -6375,51 +6375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Thillay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6474,51 +6474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient association rule mining algorithm for classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Zemirline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lecornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6846,51 +6846,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04319806v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Le Deunf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arwa Khannoussi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lecornu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3632407" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion George Todoran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khenchaf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2744205" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952860v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Montagner" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Cauvin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2013.07.018" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799510v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Homam Al Sun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162673v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2012.06.007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703715v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.12.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9Z89LZ1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610771v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Abraham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Breton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Brunet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Saux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JH7D3J5K-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867138v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jantzem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lehmann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Guillou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.03.023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632776v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.038" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1HDTBD1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301457v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gourmelen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Cogulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.03.028" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316519v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carpentier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saliou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Du" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2010.02.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Batrancourt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atif" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Angelini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2008.01.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858685v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858687v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jos&#233; Jacq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03583723v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705772" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03379764v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056518v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056516v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2052829" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005502v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945058v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Tudoret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609273v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623178v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rannou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guyomar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Seys" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686436v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2011.6090865" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5627163" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609281v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316522v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180819v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Thillay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Garreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2009.5332495" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424008v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858686v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122085v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gorski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kawalec" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Czarnecki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121181v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Zemirline" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122099v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EURAD.2007.4404937" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121388v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIF.2007.4408205" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122430v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122702v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122634v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Sankur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124178v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124511v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIKON.2006.4345139" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301449v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128481v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Komorniczak" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.488375" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128709v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128430v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abu Nokra" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Zerr" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128680v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139045v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pigeon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.421101" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140686v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147885v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Togni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Derrode" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafiaa Hamitouche-Djabou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04594717v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Yiouta-Mitra" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Mouroutis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348030-310" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128849v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03643-0_17" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128858v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03643-0_19" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271156v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184500v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko L&#228;hteenm&#228;ki" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4514-2_10" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301453v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hery" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118956v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ech-Cherif" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122306v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04319806v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Le Deunf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arwa Khannoussi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lecornu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Puentes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3632407" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion George Todoran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khenchaf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2744205" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952860v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Montagner" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Cauvin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2013.07.018" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799510v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Homam Al Sun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162673v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2012.06.007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703715v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.12.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9Z89LZ1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610771v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Abraham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Breton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Brunet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Saux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JH7D3J5K-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632776v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Guillou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.038" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1HDTBD1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867138v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jantzem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lehmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.03.023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301457v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gourmelen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Cogulet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.03.028" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316519v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Carpentier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saliou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Le Du" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2010.02.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Batrancourt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Atif" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Angelini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2008.01.009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858685v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Coatrieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858687v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jos&#233; Jacq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03583723v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705772" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03379764v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056516v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2052829" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056518v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005502v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945058v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Tudoret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609273v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hubert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623178v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rannou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guyomar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Seys" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686436v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2011.6090865" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2010.5627163" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609281v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316522v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180819v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Thillay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Garreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2009.5332495" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424008v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858686v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121181v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Zemirline" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122085v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gorski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kawalec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Czarnecki" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122099v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EURAD.2007.4404937" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121388v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIF.2007.4408205" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulent Sankur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122702v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124178v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124511v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIKON.2006.4345139" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122430v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301449v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128709v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128430v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abu Nokra" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Zerr" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128481v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Komorniczak" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.488375" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128680v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139045v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pigeon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.421101" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140686v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147885v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Togni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Derrode" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafiaa Hamitouche-Djabou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04594717v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Yiouta-Mitra" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Mouroutis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003348030-310" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128858v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03643-0_19" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128849v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03643-0_17" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271156v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184500v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko L&#228;hteenm&#228;ki" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-4514-2_10" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301453v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hery" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118956v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ech-Cherif" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122306v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>