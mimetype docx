--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -216,334 +216,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marketa Supkova. Elle oeuvre pour la démocratie alimentaire dans les territoires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dard/Dard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021/1 (5), pp.138 - 144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dard.005.0138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pour une nouvelle maïeutique du développement des alliances en territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relier l'alimentation à ses paysages. Une histoire à réécrire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Branduini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dard/Dard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 2021/1 (5), pp.138 - 144. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susciter le désir démocratique. Kingersheim, un laboratoire citoyen !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dard/Dard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2020/1 (3), pp.55 à 61. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dard.003.0055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dard.003.0055⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03601909v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03601937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage comme outil de gouvernance pour un territoire métropolitain. L’exemple de la démarche atelier paysages in situ (pôle métropolitain Clermont Vichy Auvergne)</w:t>
               </w:r>
@@ -657,1681 +657,1681 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paysages en réseaux; Avant-propos</w:t>
+                <w:t xml:space="preserve">Le Réseau Paysage Midi-Pyrénées : un dispositif chercheurs-acteurs pour une politique du paysage en région ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béringuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paysages en réseaux, 38, pp.17-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/soe.1557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paysages en réseaux; Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béringuier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paysages en réseaux, 38, pp.7-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des arbres au pied des Pyrénées.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Georges Bertrand</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'appropriation des politiques publiques du paysage dans les services de l'État ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Online (9, dossier thématique), 9 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forêts et paysages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dossiers du réseau Paysage Midi Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovation technique et institutionnelle en agriculture : l'apport d'une démarche de médiation territoriale pour éclairer une politique publique : le cas de l'eucalyptus en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charilaos Kephaliacos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (4), pp.413-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ges.13.413-432⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiation paysagère, levier d’un développement territorial durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1 (2), 18 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Pyrénées s’engagent dans l’adaptation au changement climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Vertitude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Adaptation aux changements climatiques, 35, pp.28-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle place pour les chercheurs dans un dispositif d'animation locale ? L'exemple des Tréteaux du paysage du Parc naturel régional des causses du Quercy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Développement, attractivité et ingénierie des territoires. Des enjeux de recherche pour l’action et la formation, 590-591, pp.119-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégie d'aménagement et gouvernance territoriale dans les périphéries d'agglomération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspectives -Toronto-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.119-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Nord-Comminges. L’extraordinaire de paysages ordinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7, pp.64-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raconte-moi ton paysage, je te dirai où tu habites !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Paysage et développement local : expériences et recherches innovantes dans le Massif central, pp.273-284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse critique d’un dispositif méthodologique de diagnostic paysager: le cas du bassin-versant du Cérou (Tarn, Midi-Pyrénées)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2 (80), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.1048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When inhabitants photograph thier landscapes to prepare a local sustainable development project : new perspectives for the organisation of local participative discussion groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of mediterranean ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 6 (1), pp.19-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">le diagnostic des territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 80 (2), pp.71-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Le diagnostic des territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 2 (80), pp.71-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du gaz naturel à Saint-Marcet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4, pp.31-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le paysage &amp;quot;ordinaire&amp;quot; devient un paysage &amp;quot;remarqué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sud-Ouest Européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Paysages en réseaux, 38, pp.17-30. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2000, 7, pp.27-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluer le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alet B.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Online (9, dossier thématique), 9 p</w:t>
+              <w:t xml:space="preserve">Lettre de l'Institut Toulousain du Paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...1186 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outils et méthodes pour une politique du paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des journées d'études des 20 et 21 novembre 1995</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601966v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03601954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (86)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2412,256 +2412,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment former en contexte d'incertitudes ? Penser les transitions des systèmes d'élevage par le territoire et le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey A. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Védrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIST2023 - Apprendre des territoires / Enseigner les territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences territoriales (CIST), Nov 2023, Aubervilliers, Campus Condorcet, centre des Colloques, France. pp.457-460</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apprendre des territoires/Enseigner les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Ferrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy-El-Karim Berthomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème colloque international du CIST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international des sciences territoriales, Nov 2023, Paris-Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146626v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">hal-04427091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incrémenter les démarches culturelles aux politiques sociales, une ambition pour renouveler les politiques territoriales ? L’exemple d’une démarche d’innovation locale en territoire rural (Saint-Eloy-les-Mines, Puy-de-Dôme).</w:t>
               </w:r>
@@ -2779,165 +2779,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stratégie territoriale : des concepts pour opérer une mise en projets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l’agglomération Grand Paris Sud Seine-Essonne-Sénart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Lieussaint, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Accompagner les dynamiques agro-sylvo-pastorales : un enjeu pour les territoires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres internationales des acteurs de l’agro-sylvo-pastoralisme méditerranéen (RIAAM). Atelier n°1 : Dynamiques territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Florac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115180v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02115171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on penser en commun les biens communs territoriaux ? Une approche par le récit.</w:t>
               </w:r>
@@ -3402,51 +3402,379 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dispositifs participatifs qui &amp;quot;font dire le paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béringuier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sirven</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23. Festival International de géographie de Saint Dié-des-Vosges, Les facettes du paysage : nature, culture, économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, St Dié des Vosges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00914580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sortir de l'entre-soi du paysage : pour une démarche de chantier partagé. L'exemple des Tréteaux du paysage au sein du PNR des causses du Quercy (Midi-Pyrénées, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paysage en partage. Sensibilités et mobilisations paysagères dans la conduite de projets urbains.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Genève, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accompagner une politique du paysage : freins et conditions de réussite d’une démarche d’ingénierie territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De l’intention à l’action, construire ensemble le paysage. Bilan d’expériences françaises et québécoises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Rimouski, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Place de l’agroforesterie dans l’enseignement agricole : état des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée régionale en Aquitaine «Agroforesterie / Couverts végétaux»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Laplume, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dispositifs participatifs qui &amp;quot;font dire le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béringuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3474,385 +3802,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23 éme Festival international de géographie. Les facettes du paysage : nature, culture, économie,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, St Dié des Vosges, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02807178v1</w:t>
-              </w:r>
-[...326 lines deleted...]
-                <w:t xml:space="preserve">hal-01497208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’iconographie du paysage dans la participation des acteurs à la construction des territoires.</w:t>
               </w:r>
@@ -4121,579 +4121,579 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comprendre les rapports entre agriculture et paysage : l'apport d'un observatoire photographique régional des mutations paysagères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Engelven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79. Congrès de l'ACFAS, Agriculture et paysage : des rapports à révéler, à réinventer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone pour le Savoir (ACFAS). Labo/service de l'auteur, Montréal, CAN., May 2011, Sherbrooke, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaborer une formation professionnelle pour le Réseau Paysage Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion plénière du Réseau Paysage de Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l’annuaire des acteurs concernés par le changement climatique dans les Pyrénées – état d’avancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLUXPYR Annual Meeting, Centre Tecnològic Forestal de Catalunya (CTFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Solsona, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d'action ? Comment passer d'une posture incantatoire à une pratique opératoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le paysage, retour d'expériences entre recherche et projet", les rencontres de l'abbaye d'Arthous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Mont de Marsan, France. 251 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Disposer d’un point de vue extérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paysage en chantier. Une charte paysagère pour le Piémont des Corbières maritimes et le plateau du Quatourze</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Prat de Cest, France. pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le réseau paysage de Midi-Pyrénées, retour sur la construction d'un réseau acteurs-chercheurs et les retombées pour la recherche-action.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béringuier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paysages de la vie quotidienne. Regards croisés entre la recherche et l'action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00914523v1</w:t>
-              </w:r>
-[...386 lines deleted...]
-                <w:t xml:space="preserve">hal-01191093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruralités urbaines, urbanités rurales : la place du paysage comme support d’interrogation des territoires périurbains. L’exemple de l’agglomération clermontoise</w:t>
               </w:r>
@@ -4945,906 +4945,1152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Protocole expérimental de construction d'un annuaire des acteurs impliqués dans le suivi du changement climatique dans les Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interreg Flux Pyr, kick-off meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le paysage outil de médiation pour des projets de territoire. Exemples d'études de cas dans le Massif central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence-débat sur l'évolution des territoires de moyenne montagne autour de l'étude de cas du Ségala lotois, Ateliers de prospectives de la DDT 46</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Gorses, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Protocole expérimental de construction d'un annuaire des acteurs impliqués dans le suivi du changement climatique dans les Pyrénées</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervention au débat général de synthèse du séminaire d’échanges et de réflexions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les relations chercheurs-acteurs-décideurs pour le développement territorial durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Agen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse économique et sociale de l’inscription des TCR dans les territoires agricoles et ruraux. Enseignements des travaux menés en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kephaliacos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée technique de la FCBA : Les taillis à courte rotation : une biomasse pour demain. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'agroforesterie dans l'enseignement agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée régionale Agroforesterie et paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Noihan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Tréteaux du paysage, une démarche d'animation appliquée au PNR des Causses du Quercy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Castellan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervention au PNR de la Narbonnaise en Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Narbonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervention à la table ronde du colloque &amp;quot; paysage et agriculture &amp;quot;, intitulée &amp;quot;les enjeux du causse : maintenir les équilibres écologiques, économiques et sociaux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paysage et agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DDEA, Oct 2009, Lot, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'agriculture, une ressource pour les territoires de projets en zone-charnière ? L'exemple de la communauté de communes Volvic, Sources et Volcans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire international " Gestion de l'agriculture dans les territoires périurbains "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scuola Superiore Santa Anna, Jun 2009, Pise, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Taillis à Courte Rotation en agriculture : quelle politique publique pour accompagner cette innovation? Le cas de l'eucalyptus dans les territoires ruraux de Midi Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kephaliacos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Créatif, Laboratoire LEREPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements climatiques en montagne s'appuyer sur les formations universitaires en Midi-Pyrénées : l'exemple de la licence professionnelle GAEMP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interreg Flux Pyr, kick-off meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Sep 2009, Barcelone, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...560 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The suburban agricultural area and its dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestion de l'agriculture dans les territoires périurbains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage, culture partagée du territoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée technique de la FCBA : Les taillis à courte rotation : une biomasse pour demain. </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">table-ronde de la rencontre-débat sur le thème des chartes paysagères, intitulée "Règle ou concertation, le paysage comme référence commune ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CAUE du Lot, Jun 2008, Cahors, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Which models of landscape for which types of simulation? Methodological approaches using the landscape block-diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Planchat-Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modélisation des fonctionnalités paysagères, des impacts environnementaux des changements paysagers »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Jun 2008, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les transformations du paysage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Lagasquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum-débat aux rencontres du PNR des Causses du Quercy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Cuzals sur Célé, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage comme catégorie d’action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5860,1342 +6106,1165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le paysage : retour d’expériences entre recherche et projet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Arthous, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des appareils photos au service du développement local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Menadier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’observatoire photographique au service des politiques de paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des appareils photos au service du développement local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Menadier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque MEDADD " l'observatoire photographique au service des politiques de paysage ",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d’action ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Le paysage : retour d’expériences entre recherche et projet »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Arthous, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels modèles de paysage pour quels types de simulation ? Premières pistes de réflexion méthodologique à travers l’exemple du bloc diagramme paysager.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Planchat-Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Modélisation paysagère spatialisée : des approches dynamiques aux évaluations fonctionnelles"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Thématique Paysage et Environnement, Jun 2008, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les transformations du paysage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Lagasquie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum-débat aux rencontres du PNR des Causses du Quercy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Labastide-Murat, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage, culture partagée du territoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">table-ronde de la rencontre-débat sur le thème des chartes paysagères, intitulée "Règle ou concertation, le paysage comme référence commune ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAUE du Lot, Jun 2008, Cahors, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rue, un nouveau cadre d’analyse du paysage pour la gouvernance des territoires périurbains. Quelques pistes de recherche entre Montréal, Québec et Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bédard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum-débat aux rencontres du PNR des Causses du Quercy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Cuzals sur Célé, France</w:t>
+              <w:t xml:space="preserve">Quelle gouvernance dans les territoires périurbains ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 75ème Congrès de l’ACFAS, May 2007, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Yves Michelin</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage, outil de médiation d’un projet forestier : l’exemple du canton de Rieumes (Haute-Garonne, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kephaliacos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation des fonctionnalités paysagères, des impacts environnementaux des changements paysagers »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Jun 2008, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Le paysage à l’interface des activités agricoles et forestières.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ivèmes journées de IALE France, Nov 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Lydie Menadier</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planning strategies and governance issues in the French rural urban fringes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’observatoire photographique au service des politiques de paysage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">First International Congress on the Geography of Europe, EUGEO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le changement climatique dans l’approche du paysage : l’exemple Albères-Vallespir (Pays Pyrénées-Méditerranée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Ubiergo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Le paysage : retour d’expériences entre recherche et projet »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Arthous, France</w:t>
+              <w:t xml:space="preserve">Prospective infos de la DIACT, Changement climatique, biodiversité et paysages : un défi pour la gestion des territoires., table-ronde Inventer de nouveaux modes de gestion des paysages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...375 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discuter un parti pris d’aménagement paysager par le film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Sirven</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Géomatique et Territoire, SAGEO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">A. Kephaliacos</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place du paysage dans l’enseignement agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le paysage à l’interface des activités agricoles et forestières.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ivèmes journées de IALE France, Nov 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Paysage, recherche, enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR GEODE, Maison de la Recherche de l’Université Toulouse-Le Mirail., 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...279 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies d’aménagement et dynamiques territoriales dans les périphéries d’agglomération. Exemple de l’agglomération clermontoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Loudiyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7224,142 +7293,168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international de l’UGI (Union de géographie internationale), Commission sur le développement durable et les systèmes ruraux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies d’aménagement et gouvernance territoriale des périphéries d’agglomérations. Une illustration par le cas clermontois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paysage, recherche, enseignement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR GEODE, Maison de la Recherche de l’Université Toulouse-Le Mirail., 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Quelle gouvernance des territoires peri-urbains ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 75ème Congrès de l'ACFAS, May 2007, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planning strategies and governance issues in the French rural urban fringes- First international conference on the geography of Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Loudiyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7388,152 +7483,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe's Geographical Challenges: Science Meets Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546107v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-01546111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place du paysage dans l’enseignement agricole</w:t>
               </w:r>
@@ -7582,50 +7582,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le paysage, outil de connaissance et de médiation pour les territoires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence-débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CESBIO / Université Paul Sabatier, Sep 2007, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le changement climatique dans l’approche du paysage : l’exemple Albères-Vallespir (Pays Pyrénées-Méditerranée).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7634,211 +7703,470 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Prospective infos de la DIACT, Changement climatique, biodiversité et paysages : un défi pour la gestion des territoires, table-ronde Inventer de nouveaux modes de gestion des paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage, outil de connaissance et de médiation pour les territoires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence-débat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Laboratoire CESBIO / Université Paul Sabatier, Sep 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Laboratoire CESBIO - Université Paul Sabatier, Sep 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre reconnaissance et renaissance territoriale : de l’usage du paysage dans la construction locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence-débat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CESBIO - Université Paul Sabatier, Sep 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Paysage et acteurs : dimensions et enjeux politiques de la construction du paysage.»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 74ème congrès de l’ACFAS, May 2006, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La photographie de paysage comme outil de mobilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque d’échanges et de réflexion sur le paysage organisé par le Pays Bruche Mossig Piémont : Penser le territoire par le paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Mutzig, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les difficultés de l’insertion d’une activité forestière innovante dans les exploitations agricoles : l’eucalyptus en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Kephaliacos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les difficultés de l’insertion d’une activité forestière innovante dans les exploitations agricoles : l’eucalyptus en Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Saint-Quentin-en-Yvelines, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’iconographie paysagère au service de l’action territoriale : éclairages sur quelques dispositifs de dialogue entre chercheurs et acteurs territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrièmes Rencontres Petrafolia sur le thème «Permanences et évolutions des représentations du paysage. De l’image à la mise en image de la Provence. »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Fontvieille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage objet de tous les désirs : quelles perceptions paysagères en jeu pour inventer les territoires de demain?»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7854,385 +8182,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage paysage "Le beau paysage", Compagnie du Paysage, Ateliers de Chassingrimont,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Saint Civran, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546117v1</w:t>
-              </w:r>
-[...326 lines deleted...]
-                <w:t xml:space="preserve">hal-01546115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éoliennes et paysage. Enjeux d’un débat contemporain d’aménagement du territoire</w:t>
               </w:r>
@@ -8281,50 +8281,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enjeux d’un débat contemporain d’aménagement du territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Vers une éducation au développement durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, An@é, ENFA et IUFM Midi-Pyrénées, Mar 2006, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spatial patterns and governance issues in the rural-urban fringes. A research position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Loudiyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8346,319 +8415,332 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">«Regional Responses to Global Changes. A view from the Antipodes »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Brisbane, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial patterns and governance issues in the rural-urban fringes: A research position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moquay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque Vers une éducation au développement durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, An@é, ENFA et IUFM Midi-Pyrénées, Mar 2006, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque international Regional Responses to Global Changes. A view from the Antipodes. International Geographical Union, Brisbane, 3-7 juillet 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02589061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les habitants à la reconquête du paysage de leur territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque d’échanges et de réflexion sur le paysage. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pays Bruche Mossig Piémont dans le cadre du programme LEADER +, Mar 2006, Plaine, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la connaissance à l'action en matière de paysage, l'importance de la sensibilisation et de la médiation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde de la réunion plénière du Réseau Paysage Midi-Pyrénées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENFA de Toulouse, Nov 2006, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les habitants à la reconquête du paysage de leur territoire : compte-rendu d’experts. in Penser le territoire par le paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8674,139 +8756,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque d’échanges et de réflexion sur le paysage organisé par le Pays Bruche-Mossig Piémont dans le cadre du programme LEADER +</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Plaine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546118v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01500685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’iconographie paysagère au service de l’action territoriale : éclairages sur quelques dispositifs de dialogue entre chercheurs et acteurs territoriaux</w:t>
               </w:r>
@@ -8855,50 +8855,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le paysage, un outil pour orienter les projets de territoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réseau Paysage de Midi-Pyrénées : Plans, chartes, contrats, des démarches paysagères pour quels résultats ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Montauban, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles représentations paysagères pour l’action territoriale : contribution à la mise en place d’une démarche interdisciplinaire de médiation par le paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence québéco-française pour le développement de la géomatique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CQFD-Géo, May 2005, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation locale : de l'outil d'évaluation à la médiation de l'action locale : l'exemple du périurbain toulousain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel projet d’aménagement pour le bassin versant du Touch ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assemblée générale d’ARTESA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2005, Rieumes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelles représentations paysagères pour l'action territoriale : contribution à la mise en place d'une démarche interdisciplinaire de médiation par le paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8920,470 +9235,224 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque JOYSTIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">O. Bories</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Randonnée paysagère entre Saint-Clar et Lectoure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Nice, France</w:t>
+              <w:t xml:space="preserve">Manifestation Cheminements. Paysages à lire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Lectoure, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...185 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel projet d’aménagement pour le bassin versant du Touch ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence à l’Assemblée Générale d’ARTESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2005, Rieumes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When inhabitants photograph their landscapes to preprare a local sustainable development project: new perspectives for the organisation of local participative discussion groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9412,195 +9481,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">, European congress of landscape ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Faro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage, un outil pour orienter les projets de territoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence au Réseau Paysage de Midi- Pyrénées : Plans, chartes, contrats, des démarches paysagères pour quels résultats ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546135v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01500690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9713,51 +9713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eucalyptus for farmers and territories. The ongoing experience in Midi Pyrenees, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kephaliacos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10111,216 +10111,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les pratiques de l'aménagement: de l'observation aux projets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Boisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Cancian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Cauchoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educagri Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 200 p., 2008, 978-2-84444-698-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les pratiques de l'aménagement. De l'observation aux projets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Educagri Editions, pp.199, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497333v1</w:t>
-              </w:r>
-[...125 lines deleted...]
-                <w:t xml:space="preserve">hal-02824408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le diagnostic des territoires</w:t>
               </w:r>
@@ -10618,286 +10618,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02273821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment accompagner la mise en oeuvre d'une politique publique du paysage par l'animation territoriale ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dispositifs de recherche-formation-action pour et sur le développement agricole et territorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Albaladejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Partenariats pour le développement territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 256 p., 2015, 9782759224081</w:t>
+              <w:t xml:space="preserve">, 243 p., 2015, Update Sciences and Technologies, 978-2-7592-2007-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795485v1</w:t>
-[...28 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">hal-02801403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment accompagner la mise en oeuvre d'une politique publique du paysage par l'animation territoriale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Gansinat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Partenariats pour le développement territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 243 p., 2015, Update Sciences and Technologies, 978-2-7592-2007-4</w:t>
+              <w:t xml:space="preserve">, 256 p., 2015, 9782759224081</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02801403v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment accompagner la mise en œuvre d'une politique publique du paysage par l'animation territoriale ?</w:t>
               </w:r>
@@ -10949,51 +10949,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Gansinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">André Torre; Dominique Vollet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Partenariats pour le développement territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9782759224098</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11084,586 +11084,586 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelles forêts pour demain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La forêt pour métier.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Educagri, Chapitre 5 / 84-101, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage comme catégorie d'action ? Comment passer d'une posture incantatoire à une pratique opératoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le paysage. Retour d'expérience entre recherche et projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général des Landes, pp.141-150, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02595949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les paysages de montagne, une ressource territoriale en partage ? La ressource en montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La ressource en montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.233-248, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...77 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction Chapter 4 - The suburban agricultural area and its dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le paysage. Retour d'expérience entre recherche et projet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Conseil général des Landes, pp.141-150, 2011</w:t>
+              <w:t xml:space="preserve">Agricultural management in peri-urban areas. The experience of an international workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.83-85, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lelli</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démythifier le paysage par la participation locale : Le viaduc de Millau, un &amp;quot;monumentpaysage au service du développement territorial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Paradis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La forêt pour métier.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Educagri, Chapitre 5 / 84-101, 2011</w:t>
+              <w:t xml:space="preserve">Instrumentalisation, opérationnalisation du paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Montréal, pp.13, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paysages de montagne, une ressource territoriale en partage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La ressource en montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.14, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...94 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Agriculture Be a Territorial Resource in Periurban territories? The Case of an inter-municipal structure 'Volvic Sources et Volcans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Loudiyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultural management in peri-urban areas. The experience of an international workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.83-85, 2010</w:t>
-[...93 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, Felici Editore, pp.69-80, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -11813,50 +11813,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entre causse et vallées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gallimard, pp.270-271, 2008, Collection Encyclopédies du voyage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Stratégies d’aménagement et gouvernance territoriales dans les périphéries de l’agglomération clermontoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salma Loudiyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11878,126 +11947,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territoires périurbains et gouvernance. Perspectives de recherche, Editions du Laboratoire développement durable et dynamiques territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Montréal, pp.119-128, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01545436v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01545489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysages des Grands Causses</w:t>
               </w:r>
@@ -12342,579 +12342,579 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sahuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Castellan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009, pp.83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage au-delà du décor. Les Tréteaux du paysage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ch. Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Eusebe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quartier de campagne. Cinq regards croisés sur un parti d’aménagement en zone rurale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Sirven</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007, pp.5 minutes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place et les fonctions de l’iconographie du paysage dans la participation des acteurs à la construction des territoires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béringuier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007, pp.92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment les images de paysage interrogent les territoires : dynamiques des formes, des regards et des pratiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Béringuier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bories</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Constans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche interdisciplinaire de la gestion de l’eucalyptus dans un cadre de développement durable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Houles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Castellan</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2009, pp.83</w:t>
+                <w:t xml:space="preserve">A. Kephaliacos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bridier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...298 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Houles</w:t>
-[...76 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01545861v1</w:t>
-              </w:r>
-[...116 lines deleted...]
-                <w:t xml:space="preserve">hal-01545857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12958,51 +12958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Pinton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy-El-Karim Berthomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bonaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13234,64 +13234,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Candau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Domon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13593,51 +13593,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601882v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Branduini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601892v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601931v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dard.005.0138" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601909v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dard.003.0055" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601937v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115164v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rozier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Enjelvin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descoeur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Griffoul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546225v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496568v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.1557" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019224v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paradis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729412v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charilaos Kephaliacos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.13.413-432" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496578v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489227v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489237v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496580v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676881v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Lelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Piveteau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496535v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489187v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.1048" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489183v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Piveteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496584v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601864v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601966v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601954v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alet B." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04816576v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04146626v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427091v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115178v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115185v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115180v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497219v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497242v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Fortin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807178v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sirven" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497305v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497304v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914580v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497208v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497301v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000276v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albaladejo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cayre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497298v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fayel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914523v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189892v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Brunet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Domon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545867v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545874v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191093v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Engelven" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191113v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545871v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195290v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545888v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545894v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497200v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546079v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546082v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500618v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546085v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ridier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kephaliacos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546077v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497209v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546076v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546089v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500640v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lagasquie" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546094v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Planchat-H&#233;ry" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500622v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Menadier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500648v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546092v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546093v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546087v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500644v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545355v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sirven" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546103v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545327v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545358v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Ubiergo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546100v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B&#233;dard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545332v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546099v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546107v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546111v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500667v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546105v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546096v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500669v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546117v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546116v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545382v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545389v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kephaliacos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546115v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500678v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546121v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546113v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500674v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589061v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moquay" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546118v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500685v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545375v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545315v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546133v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500693v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545349v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546135v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500690v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Castellan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497326v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543058v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gansinat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545467v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eusebe" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497333v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824408v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Boisset" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cauchoix" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Constans" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4500-les-pratiques-de-l-amenagement-de-l-observation-aux-projets.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497336v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115189v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02273821v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Partoune" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Toublanc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sgard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795485v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4794-partenariats-pour-le-developpement-territorial.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801403v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01467636v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497319v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545463v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595949v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Domon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545460v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545412v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545392v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545416v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545422v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bertrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545472v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545436v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545489v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545490v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545441v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Albe" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545836v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545834v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545843v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545851v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Martinet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545855v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545853v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545861v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Houles" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martineau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bridier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791715v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497338v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aumasson" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497341v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545470v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/tel-05523196v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601882v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Branduini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601931v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dard.005.0138" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601892v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601937v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601909v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dard.003.0055" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115164v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rozier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Enjelvin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Descoeur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Griffoul" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14200" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546240v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Bertrand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.1557" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546225v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496568v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019224v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paradis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729412v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charilaos Kephaliacos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.13.413-432" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669106v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496578v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489227v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489237v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496580v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496535v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489187v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.1048" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676881v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Lelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Piveteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489183v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Piveteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01496584v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601864v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601954v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alet B." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03601966v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04816576v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427091v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey A. Michaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline V&#233;drine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04146626v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115178v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115185v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115171v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115180v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497219v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497227v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497242v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Fortin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914580v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sirven" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497208v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807178v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497301v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000276v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Albaladejo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cayre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497298v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fayel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191093v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Engelven" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545874v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545867v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189892v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Brunet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Domon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545353v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914523v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191113v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545871v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195290v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545894v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545888v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497200v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546076v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kephaliacos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ridier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546078v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546079v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500618v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546082v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546085v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546077v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497209v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546089v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546094v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Planchat-H&#233;ry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500640v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lagasquie" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546091v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500622v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Menadier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546092v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500648v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546093v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546087v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500644v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin B&#233;dard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546103v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545327v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545358v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Ubiergo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545355v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sirven" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546099v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545332v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546111v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546107v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500667v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546096v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546105v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500669v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546115v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545382v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545389v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kephaliacos" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546116v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546117v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500678v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546113v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546121v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589061v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moquay" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500685v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500674v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546118v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545375v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500690v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545315v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546133v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01500693v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545349v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546135v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Castellan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497326v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543058v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gansinat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545467v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eusebe" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824408v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Boisset" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cauchoix" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Constans" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4500-les-pratiques-de-l-amenagement-de-l-observation-aux-projets.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497333v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497336v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02115189v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02273821v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Partoune" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Toublanc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sgard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801403v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cayre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4794-partenariats-pour-le-developpement-territorial.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795485v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01467636v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497319v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545460v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595949v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brunet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Domon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545463v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545392v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545412v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545408v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545416v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545422v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bertrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545472v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545489v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545436v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545490v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545441v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Albe" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545836v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545834v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545843v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545851v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Martinet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545855v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545853v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545861v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Houles" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martineau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bridier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791715v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497338v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aumasson" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497341v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545470v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/tel-05523196v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>