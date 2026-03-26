--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -202,831 +202,831 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agile plasmo-photonic interferometric sensor with liquid dielectric loading for temperature sensing and thermo-optic coefficient measurements</w:t>
+                <w:t xml:space="preserve">Des capteurs plasmo-photoniques pour la sécurité sanitaire des produits agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamprini Damakoudi</w:t>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stelios Simos</w:t>
+                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimosthenis Spasopoulos</w:t>
+                <w:t xml:space="preserve">Stephan Suckow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
+                <w:t xml:space="preserve">Damien Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
+                <w:t xml:space="preserve">Fabian Dortu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.1 - 1. </w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 135, pp.37-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3648036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/photon/202513537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05474342v1</w:t>
+                <w:t xml:space="preserve">hal-05474286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des capteurs plasmo-photoniques pour la sécurité sanitaire des produits agricoles</w:t>
+                <w:t xml:space="preserve">Agile plasmo-photonic interferometric sensor with liquid dielectric loading for temperature sensing and thermo-optic coefficient measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Lamprini Damakoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
+                <w:t xml:space="preserve">Stelios Simos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Suckow</w:t>
+                <w:t xml:space="preserve">Dimosthenis Spasopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Bernier</w:t>
+                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabian Dortu</w:t>
+                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 135, pp.37-41. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1 - 1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/photon/202513537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3648036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05474286v1</w:t>
+                <w:t xml:space="preserve">hal-05474342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-sensitivity Polymer-based Bimodal Plasmonic Refractive Index Sensors with Polymer Cladding</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horst Windgassen</w:t>
+                <w:t xml:space="preserve">Areeg Al-Hamadani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harry Biller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
+                <w:t xml:space="preserve">Vaibhav Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rijil Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.553386⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (40), pp.19474-19482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951876v1</w:t>
+                <w:t xml:space="preserve">hal-05419711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
+                <w:t xml:space="preserve">High-sensitivity Polymer-based Bimodal Plasmonic Refractive Index Sensors with Polymer Cladding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Suckow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rijil Thomas</w:t>
+                <w:t xml:space="preserve">Horst Windgassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
+                <w:t xml:space="preserve">Harry Biller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (40), pp.19474-19482. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.553386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419711v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical Analysis of Efficient Thermo-Optic Switching on Si3N4 Waveguide Platform Using SiOC-Based Plasmo-Photonics</w:t>
+                <w:t xml:space="preserve">Balanced plasmonic-augmented silicon photonic interferometric sensor for biosensing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitris V Bellas</w:t>
+                <w:t xml:space="preserve">Mahmoud A Elrabiaay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleftheria Lampadariou</w:t>
+                <w:t xml:space="preserve">Christia Eleftheriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Dabos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">George Tsekenis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omkar Bhalerao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Suckow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano15040296⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (11), pp.23110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.533570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237486v1</w:t>
+                <w:t xml:space="preserve">hal-05229750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balanced plasmonic-augmented silicon photonic interferometric sensor for biosensing applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical Analysis of Efficient Thermo-Optic Switching on Si3N4 Waveguide Platform Using SiOC-Based Plasmo-Photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris V Bellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud A Elrabiaay</w:t>
+                <w:t xml:space="preserve">Eleftheria Lampadariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christia Eleftheriou</w:t>
+                <w:t xml:space="preserve">George Dabos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Tsekenis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephan Suckow</w:t>
+                <w:t xml:space="preserve">Ioannis Vangelidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33 (11), pp.23110. </w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (4), pp.296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.533570⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nano15040296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05229750v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05237486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nano antenna-assisted quantum dots emission into high-index planar waveguide</w:t>
               </w:r>
@@ -1038,51 +1038,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Miguel Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1140,295 +1140,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inline Photothermal Surface Plasmon Detector Integrated in Titanium Dioxide Waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Sensitivity Bimodal Plasmo-Photonic Refractive Index Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Fotiadis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimosthenis Spasopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stelios Simos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Martinez</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gallet</w:t>
+                <w:t xml:space="preserve">Dimitris Bellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JQE.2023.3244281⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.2580-2588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c00290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287498v1</w:t>
+                <w:t xml:space="preserve">hal-04920498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Sensitivity Bimodal Plasmo-Photonic Refractive Index Sensor</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stelios Simos</w:t>
+                <w:t xml:space="preserve">Inline Photothermal Surface Plasmon Detector Integrated in Titanium Dioxide Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian de Vita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitris Bellas</w:t>
+                <w:t xml:space="preserve">Isabelle Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (8), pp.2580-2588. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (3), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.3c00290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JQE.2023.3244281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04920498v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timescale dependent sign of amorphous titanium dioxide thermo-optic coefficient</w:t>
               </w:r>
@@ -1466,51 +1466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Maxime Gourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Materials Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (10), pp.2882-2894. </w:t>
@@ -1600,51 +1600,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Emo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (7), pp.2578. </w:t>
@@ -1676,1233 +1676,1233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kirill Vasilev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
+              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.100049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025710v1</w:t>
+                <w:t xml:space="preserve">hal-02508816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A long-range plasmonic optical waveguide corner mirror chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Colloidal quantum dots decorated micro-ring resonators for efficient integrated waveguides excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vernoux</w:t>
+                <w:t xml:space="preserve">Aymeric Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamal Hammani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Kirill Vasilev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7, pp.100049. </w:t>
+              <w:t xml:space="preserve">Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.1411 - 1423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mne.2020.100049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/nanoph-2019-0516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02508816v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CMOS plasmonics in WDM data transmission: 200 Gb/s (8 × 25Gb/s) transmission over aluminum plasmonic waveguides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasmonic Stripes in Aqueous Environment Co-Integrated With Si3N4 Photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dabos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Dabos</w:t>
+                <w:t xml:space="preserve">Dimitra Ketzaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Manolis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Markey</w:t>
+                <w:t xml:space="preserve">Athanasios Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.26.012469⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2792533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550902v1</w:t>
+                <w:t xml:space="preserve">hal-03543137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic Stripes in Aqueous Environment Co-Integrated With Si3N4 Photonics</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Flexible long-range surface plasmon polariton single-mode waveguide for optical interconnects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiting Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmin Spârchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2792533⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (2), pp.469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OME.8.000469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03543137v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible long-range surface plasmon polariton single-mode waveguide for optical interconnects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Vernoux</w:t>
+                <w:t xml:space="preserve">CMOS plasmonics in WDM data transmission: 200 Gb/s (8 × 25Gb/s) transmission over aluminum plasmonic waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dabos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiting Chen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">D. Tsiokos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cosmin Spârchez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Arocas</w:t>
+                <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (2), pp.469. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (10), pp.12469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OME.8.000469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.012469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01966853v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between electrical direct current resistivity and plasmonic properties of CMOS compatible titanium nitride thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Viarbitskaya</w:t>
+                <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Arocas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Rusakov</w:t>
+                <w:t xml:space="preserve">Bertrand Kibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.26.009813⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app8040543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550913v1</w:t>
+                <w:t xml:space="preserve">hal-01729370v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Correlation between electrical direct current resistivity and plasmonic properties of CMOS compatible titanium nitride thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Viarbitskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Lamy</w:t>
+                <w:t xml:space="preserve">G. Colas-Des-Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Kibler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Arocas</w:t>
+                <w:t xml:space="preserve">D. Rusakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8, pp.543. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (8), pp.9813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app8040543⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.26.009813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01729370v2</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromigrated electrical optical antennas for transducing electrons and photons at the nanoscale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water Cladded Plasmonic Slot Waveguide Vertically Coupled With Si&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; Photonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dabos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitra Ketzaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Manolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arindam Dasgupta</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Reinaldo Chacon</w:t>
+                <w:t xml:space="preserve">Evaggelia Chatzianagnostou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3762/bjnano.9.187⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (3), pp.2700308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2832461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03546198v1</w:t>
+                <w:t xml:space="preserve">hal-03543138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Cladded Plasmonic Slot Waveguide Vertically Coupled With Si&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; Photonics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Athanasios Manolis</w:t>
+                <w:t xml:space="preserve">Electromigrated electrical optical antennas for transducing electrons and photons at the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arindam Dasgupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Buret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaggelia Chatzianagnostou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
+                <w:t xml:space="preserve">Reinaldo Chacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (3), pp.2700308. </w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1964-1976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JPHOT.2018.2832461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.9.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03543138v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced engineering of single-crystal gold nanoantennas</w:t>
               </w:r>
@@ -2940,51 +2940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Demichel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Materials Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (4), pp.1157. </w:t>
@@ -3035,90 +3035,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of CMOS metal based dielectric loaded surface plasmon waveguides at telecom wavelengths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Viarbitskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 25 (1), pp.394. </w:t>
@@ -3195,64 +3195,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Buret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Uskov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 24 (4), pp.3873. </w:t>
@@ -3290,51 +3290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recess Photomask Contact Lithography and the fabrication of coupled silicon photonic and plasmonic waveguide switches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filimon Zacharatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,6752 +3385,6764 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 141, pp.129-134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mee.2015.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultracompact and Low-Power Plasmonic MZI Switch Using Cyclomer Loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giannis Giannoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filimon Zacharatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 27 (9), pp.963-966. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LPT.2015.2404942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03551159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear photon-assisted tunneling transport in optical gap antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (5), pp.2330-2338. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/nl404707t⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01264122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorting of Enhanced Reference Raman Spectra of a Single Amino Acid Molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Brulé Brulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Yockell-Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 118 (31), pp.17975-17982. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp504395c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02108384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating plasmonic transport in current-carrying silver nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingxia Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douguo Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 82, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3791/51048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01798018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demonstration of a Plasmonic MMI Switch in 10-Gb/s True Data Traffic Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24, pp.1819--1822. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LPT.2012.2216518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00750054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-optic control of dielectric-loaded plasmonic Mach-Zehnder interferometers and directional coupler switches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacek Gosciniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey-I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 23, pp.444008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0957-4484/23/44/444008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00769497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible photothermal deflection spectroscopy using microcantilevers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Finot</w:t>
+                <w:t xml:space="preserve">Efficient thermo-optically controlled Mach-Zhender interferometers using dielectric-loaded plasmonic waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacek Gosciniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Rouger</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2012.04.072⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (15), pp.16300-16309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.20.016300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00761228v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00750052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of gas sensors by microwave transduction with phthalocyanine film</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">0.48Tb/s (12x40Gb/s) WDM transmission and high-quality thermo-optic switching in dielectric loaded plasmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Giannoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Apostolopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Bouvet</w:t>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proeng.2012.09.365⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (-), pp.7655-7662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10707-011-0133-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797621v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0.48Tb/s (12x40Gb/s) WDM transmission and high-quality thermo-optic switching in dielectric loaded plasmonics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PLATELETS ACTIVITY OF A NEW ENGINEERED RECOMBINANT COLLAGEN PEPTIDE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maistre Emmanuel De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Jandrot Perrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kalavrouziotis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Papaioannou</w:t>
+                <w:t xml:space="preserve">Simon Debrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Giannoulis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karim Hassan</w:t>
+                <w:t xml:space="preserve">Laure Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10707-011-0133-8⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (-), pp.26-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.06.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00715922v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient thermo-optically controlled Mach-Zhender interferometers using dielectric-loaded plasmonic waveguides</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
+                <w:t xml:space="preserve">Interfacing Dielectric-Loaded Plasmonic and Silicon Photonic Waveguides: Theoretical Analysis and Experimental Demonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odysseas Tsilipakos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandros Pitilakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Traianos V. Yioultsis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 20 (15), pp.16300-16309. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 48 (-), pp.678-687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.20.016300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JQE.2012.2189757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00750052v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLATELETS ACTIVITY OF A NEW ENGINEERED RECOMBINANT COLLAGEN PEPTIDE</w:t>
+                <w:t xml:space="preserve">Development of gas sensors by microwave transduction with phthalocyanine film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maistre Emmanuel De</w:t>
+                <w:t xml:space="preserve">Jérôme Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Coutard</w:t>
+                <w:t xml:space="preserve">G. Barochi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Jandrot Perrus</w:t>
+                <w:t xml:space="preserve">B. de Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Debrand</w:t>
+                <w:t xml:space="preserve">J. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Dumont</w:t>
+                <w:t xml:space="preserve">M. Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Laboratory Hematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 34 (-), pp.26-26. </w:t>
+              <w:t xml:space="preserve">Procedia Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 47, pp.1191--1194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.06.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2012.09.365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715918v1</w:t>
+                <w:t xml:space="preserve">hal-00797621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacing Dielectric-Loaded Plasmonic and Silicon Photonic Waveguides: Theoretical Analysis and Experimental Demonstration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visible photothermal deflection spectroscopy using microcantilevers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odysseas Tsilipakos</w:t>
+                <w:t xml:space="preserve">V. Rouger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandros Pitilakis</w:t>
+                <w:t xml:space="preserve">R. Seigneuric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traianos V. Yioultsis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+                <w:t xml:space="preserve">M.-H. Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 48 (-), pp.678-687. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 169, pp.222--228. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JQE.2012.2189757⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2012.04.072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00715921v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00761228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discerning the Origins of the Amplitude Fluctuations in Dynamic Raman Nanospectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 116, pp.26919--26923. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp309365d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00789839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active plasmonics in WDM traffic switching applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2, pp.652. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep00652⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00750102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Plasmonics in True Data Traffic Applications: Thermo-Optic On/Off Gating Using a Silicon-Plasmonic Asymmetric MachZehnder Interferometer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
+                <w:t xml:space="preserve">Grating Couplers for Fiber-to-Fiber Characterizations of Stand-Alone Dielectric Loaded Surface Plasmon Waveguide Components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael G. Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LPT.2012.2191147⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30 (19), pp.3118-3125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2012.2212418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00715917v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00734461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grating Couplers for Fiber-to-Fiber Characterizations of Stand-Alone Dielectric Loaded Surface Plasmon Waveguide Components</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Fatome</w:t>
+                <w:t xml:space="preserve">Active Plasmonics in True Data Traffic Applications: Thermo-Optic On/Off Gating Using a Silicon-Plasmonic Asymmetric MachZehnder Interferometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Vyrsokinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashwani Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JLT.2012.2212418⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (-), pp.1036-1038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LPT.2012.2191147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00734461v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Transmission and Thermo-Optic Tuning Performance of Dielectric-Loaded Plasmonic Structures Hetero-Integrated on a Silicon Chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giannis Giannoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kalavrouziotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Apostolopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giannis Giannoulis</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sotirios Papaioannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashwani Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24 (-), pp.374-376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LPT.2011.2177964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00715923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-electric detection of waveguided surface plasmon propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 99, pp.031113. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3613964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Number of Nanoparticles on the Enhancement Properties of Surface-Enhanced Raman Scattering Active Area: Sensitivity versus Repeatability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Levi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Aubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 5 (3), pp.1630-1638. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/nn103256t⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02108437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hot-spots nanostructuration: Towards controlled Single Molecule Surface Enhanced Raman Scattering sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Levi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1267 (1), pp.984-985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3482927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00623555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides on a finite-width metal strip</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Leakage radiation microscopy of surface plasmon coupled emission: investigation of gain-assisted propagation in an integrated plasmonic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Massenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3300839⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 239 (2), pp.167-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2010.03368.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472375v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leakage radiation microscopy of surface plasmon coupled emission: investigation of gain-assisted propagation in an integrated plasmonic waveguide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides on a finite-width metal strip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Massenot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 96, pp.063105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3300839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2010.03368.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00509223v1</w:t>
+                <w:t xml:space="preserve">hal-00472375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-optic control of dielectric-loaded plasmonic waveguide components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gosciniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Andersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. S. Volkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kjelstrup-Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (2), pp.1207-1216. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.18.001207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelength selection by dielectric-loaded plasmonic components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 94, pp.051111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3078235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Characterization of Dielectric-Loaded Plasmonic Directional Couplers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 27, pp.5521-5528. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2009.2031654⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain-Assisted Propagation in a Plasmonic Waveguide at Telecom Wavelength</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Massenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 9, pp.2935-2939. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl901314u⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelength-selective directional coupling with dielectric-loaded plasmonic waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Chen</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatoly V. Zayats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 34 (3), pp.310-312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OL.34.000310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric-loaded plasmonic waveguide-ring resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 17, pp.2968-2975</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bend- and splitting loss of dielectric-loaded surface plasmon-polariton waveguides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Dereux</w:t>
+                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides: Figures of merit and mode characterization by image and Fourier plane leakage microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78, pp.245419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472385v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient excitation of dielectric-loaded surface plasmon-polariton waveguide modes at telecommunication wavelengths</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Single molecules probe local density of modes (LDOS) around photonic nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sanchez-Mosteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. U. Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.F. van Hulst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JOURNAL OF MICROSCOPY-OXFORD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 229, pp.210-216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472380v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single molecules probe local density of modes (LDOS) around photonic nanostructures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bend- and splitting loss of dielectric-loaded surface plasmon-polariton waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Holmgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N.F. van Hulst</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNAL OF MICROSCOPY-OXFORD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 229, pp.210-216</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 16, pp.13585--13592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472371v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric-loaded surface plasmon polariton waveguides: Figures of merit and mode characterization by image and Fourier plane leakage microscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Efficient excitation of dielectric-loaded surface plasmon-polariton waveguide modes at telecommunication wavelengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Holmgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 78, pp.245419. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 78, pp.165431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.165431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245419⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00472378v1</w:t>
+                <w:t xml:space="preserve">hal-00472380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric-loaded surface plasmon-polariton waveguides at telecommunication wavelengths: Excitation and characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 92, pp.011124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential method for modelling dielectric-loaded surface plasmon polariton waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 16, pp.17599-17608</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Submicrometer in-plane integrated surface plasmon cavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dereux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 7, pp.1352-1359. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl070403y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of thickness dispersion in biolayers by scanning force microscopy and comparison with spectroscopic ellipsometry analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surface-plasmon hopping along coupled coplanar cavities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2007.02.043⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76}, pp.113405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.113405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00468892v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-plasmon hopping along coupled coplanar cavities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Polymer-metal waveguides characterization by Fourier plane leakage radiation microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.113405⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 91, pp.243102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2824840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472407v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymer-metal waveguides characterization by Fourier plane leakage radiation microscopy</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Measurements of thickness dispersion in biolayers by scanning force microscopy and comparison with spectroscopic ellipsometry analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Finot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 91, pp.243102. </w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 107 (10-11), pp.1111-1117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2824840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2007.02.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472400v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-chip plasmo-photonic waveguide sensors with microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratyusha Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omkar Bhalerao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Suckow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique (JNMO 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dioxyde de titane pour la photonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Maxime Mennemanteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">session nanophotonique, Optique Dijon 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03247311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-compact single-arm interferometric plasmonic sensor co-integrated on a TiO2 photonic waveguide platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelia Chatzianagnostou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Dabos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Manolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrated Optics: Devices, Materials, and Technologies XXIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, San Francisco, France. pp.55, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2509951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titanium dioxide waveguides for supercontinuum generation and optical transmissions in the near-and mid-infrared</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th International Conference on Transparent Optical Network (ICTON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.Th.A1.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Lasers &amp; Electro-Optics US</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, San Jose, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02085787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave spanning supercontinuum in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Photonics, Osa Advanced Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave-spanning supercontinuum generation in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-plasmonic components at telecom wavelength</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim K Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Zacharatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Grondahl-Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6Th International Conference on Surface Plasmon Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric loaded surface plasmon waveguides for datacom applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. M. Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pitilakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Tsilipakos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photonics Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bruxelles, Belgium. pp.842407, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.921766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active components for integrated plasmonic circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bolger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatoly V. Zayats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Holmgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/LEOS Winter Topicals Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Austria. pp.40-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00472390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface plasmon routing in dielectric-loaded surface plasmon polariton waveguides - art. no. 70330S</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
+                <w:t xml:space="preserve">Excitation and characterization of dielectric-loaded surface plasmon-polariton waveguides at telecommunication wavelengths - art. no. 69880T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Holmgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. I. Bozhevolnyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Markey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dereux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Plasmonics - Nanoimaging, Nanofabrication, and theirEOLEOLApplication IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, San Diego, CA}, United States. pp.S330-S330</w:t>
+              <w:t xml:space="preserve">Conference on Nanophotonics II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.T9880-T9880</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472377v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitation and characterization of dielectric-loaded surface plasmon-polariton waveguides at telecommunication wavelengths - art. no. 69880T</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexey V. Krasavin</w:t>
+                <w:t xml:space="preserve">Surface plasmon routing in dielectric-loaded surface plasmon polariton waveguides - art. no. 70330S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Massenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bouhelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Nanophotonics II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Strasbourg, France. pp.T9880-T9880</w:t>
+              <w:t xml:space="preserve">Conference on Plasmonics - Nanoimaging, Nanofabrication, and theirEOLEOLApplication IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, San Diego, CA}, United States. pp.S330-S330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472381v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UV2Litho; Usable Vacuum Ultra Violet Lithography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Goethals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Jonckheere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. van Roey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hermans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Eliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">157nm Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Antwerp, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00486211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10140,203 +10152,203 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nano-Imprint Lithography of Titanium Dioxide Waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayesha Jayantha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sovannara Frédéric Prum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Gâté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Turover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes Journées Nationales d’Optique Guidée (JNOG 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Sète (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-chip infrared photonic waveguides excitation by quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratyusha Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan-Miguel Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10351,190 +10363,190 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Micro and Nano Engineering Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supercontinuum generation in titanium dioxide waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Kibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Arocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRench-Israel Symposium on Non-Linear &amp; Quantum Optics, FRISNO 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId316"/>
+      <w:footerReference w:type="default" r:id="rId317"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10602,51 +10614,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A473AC52"/>
+    <w:nsid w:val="61AB5DFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10833,51 +10845,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-markey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1699-1430" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121660192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-5575-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474342v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Damakoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelios Simos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimosthenis Spasopoulos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Fotiadis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3648036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474286v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omkar Bhalerao" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Suckow" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Dortu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513537" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951876v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Windgassen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Biller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.553386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237486v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris V Bellas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Lampadariou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dabos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Vangelidis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15040296" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229750v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud A Elrabiaay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christia Eleftheriou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tsekenis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.533570" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Yu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Miguel Arocas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3742" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920498v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Bellas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00290" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627764v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072578" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550902v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dabos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Manolis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papaioannou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tsiokos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.012469" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543137v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Ketzaki" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Manolis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2792533" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966853v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiting Chen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sp&#226;rchez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.000469" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550913v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Colas-Des-Francs" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rusakov" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.009813" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543138v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaggelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2832461" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551132v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cazier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uskov" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.003873" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551149v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filimon Zacharatos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Waldow" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2015.02.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551159v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papaioannou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannis Giannoulis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vyrsokinos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leroy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2404942" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264122v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stolz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Berthelot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl404707t" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108384v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Brul&#233; Brul&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yockell-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Margueritat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp504395c" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798018v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxia Song" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douguo Zhang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/51048" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750054v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kalavrouziotis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dereux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2216518" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769497v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Gosciniak" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey-I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/44/444008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-52KM6BJQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761228v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Finot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Seigneuric" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Nadal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.04.072" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L08ZP98-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797621v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barochi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Fonseca" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.09.365" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715922v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalavrouziotis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannoulis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Apostolopoulos" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hassan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10707-011-0133-8" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-85FCK06F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750052v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.016300" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715918v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maistre Emmanuel De" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Coutard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jandrot Perrus" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Debrand" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dumont" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.06.049" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FC7JBW07-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715921v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odysseas Tsilipakos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pitilakis" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traianos V. Yioultsis" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2189757" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789839v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp309365d" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750102v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00652" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715917v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwani Kumar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2191147" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734461v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Nielsen" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2012.2212418" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715923v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Apostolopoulos" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2177964" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638255v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3613964" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108437v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gehan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Grand" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Levi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn103256t" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623555v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gehan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grand" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Levi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3482927" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472375v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandidier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massenot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3300839" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509223v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2010.03368.x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472374v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gosciniak" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andersen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S. Volkov" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kjelstrup-Hansen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.001207" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472384v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Holmgaard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3078235" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472383v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2009.2031654" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472376v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901314u" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472365v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V. Krasavin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly V. Zayats" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000310" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472382v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472385v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472380v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.165431" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472371v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanchez-Mosteiro" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. U. Gonzalez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. van Hulst" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472378v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245419" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472379v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472403v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472406v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl070403y" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468892v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legay" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2007.02.043" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WZJ3G62D-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472407v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.113405" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472400v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2824840" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240730v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratyusha Das" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550916v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509951" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576340v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim K Hassan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondahl-Nielsen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694612v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Nielsen" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pitilakis" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsilipakos" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.921766" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472390v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bolger" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472377v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472381v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486211v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Goethals" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jonckheere" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Roey" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hermans" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eliat" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237733v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Jayantha" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannara Fr&#233;d&#233;ric Prum" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turover" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237664v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-markey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1699-1430" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121660192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-5575-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474286v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Markey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omkar Bhalerao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Suckow" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Dortu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513537" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474342v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Damakoudi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stelios Simos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimosthenis Spasopoulos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Fotiadis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3648036" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951876v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Windgassen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Biller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.553386" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229750v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud A Elrabiaay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christia Eleftheriou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tsekenis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.533570" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237486v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris V Bellas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftheria Lampadariou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dabos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Vangelidis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15040296" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Yu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Miguel Arocas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3742" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920498v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Bellas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.3c00290" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287498v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Martinez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Grimaldi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Vita" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Kumar Sharma" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2023.3244281" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287458v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Andrieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Gourier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arocas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.496559" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627764v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Maxime Mennemanteuil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Emo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15072578" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508816v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vernoux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2020.100049" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025710v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Leray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Vasilev" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2019-0516" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543137v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Ketzaki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Manolis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2792533" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966853v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiting Chen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sp&#226;rchez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.000469" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550902v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dabos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Manolis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Papaioannou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tsiokos" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.012469" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729370v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lamy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8040543" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550913v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viarbitskaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arocas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Colas-Des-Francs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rusakov" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.009813" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543138v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evaggelia Chatzianagnostou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2018.2832461" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546198v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arindam Dasgupta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Buret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Chacon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.187" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546196v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Weeber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.000394" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551132v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cazier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uskov" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.003873" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551149v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filimon Zacharatos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Waldow" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2015.02.009" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J4L7L80-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551159v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Papaioannou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giannis Giannoulis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vyrsokinos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leroy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2404942" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264122v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stolz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Berthelot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl404707t" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108384v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Brul&#233; Brul&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yockell-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Margueritat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp504395c" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798018v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxia Song" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douguo Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/51048" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750054v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kalavrouziotis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dereux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2216518" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769497v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Gosciniak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey-I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/44/444008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-52KM6BJQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750052v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.016300" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715922v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalavrouziotis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giannoulis" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Apostolopoulos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hassan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10707-011-0133-8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-85FCK06F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715918v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maistre Emmanuel De" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Coutard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Jandrot Perrus" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Debrand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dumont" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.06.049" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FC7JBW07-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715921v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odysseas Tsilipakos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Pitilakis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traianos V. Yioultsis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2189757" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rossignol" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barochi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Fonseca" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.09.365" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761228v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Finot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Seigneuric" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Nadal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.04.072" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L08ZP98-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789839v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp309365d" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750102v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00652" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734461v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Nielsen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2012.2212418" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715917v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwani Kumar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2012.2191147" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715923v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Apostolopoulos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2177964" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638255v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3613964" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108437v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gehan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Grand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Levi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn103256t" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623555v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gehan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Levi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3482927" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509223v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandidier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Massenot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2010.03368.x" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472375v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3300839" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472374v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gosciniak" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Bozhevolnyi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Andersen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. S. Volkov" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kjelstrup-Hansen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.001207" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472384v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Holmgaard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3078235" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472383v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2009.2031654" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472376v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901314u" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472365v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V. Krasavin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly V. Zayats" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000310" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472382v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472378v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245419" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472371v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanchez-Mosteiro" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. U. Gonzalez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. van Hulst" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472385v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472380v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.165431" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472379v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472403v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472406v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl070403y" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472407v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.113405" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472400v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2824840" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468892v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legay" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2007.02.043" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WZJ3G62D-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240730v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratyusha Das" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247311v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550916v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2509951" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190034v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085787v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054764v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054738v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576340v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim K Hassan" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grondahl-Nielsen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694612v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Nielsen" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pitilakis" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsilipakos" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.921766" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472390v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bolger" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472381v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472377v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486211v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Goethals" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jonckheere" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Roey" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hermans" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eliat" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237733v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayesha Jayantha" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannara Fr&#233;d&#233;ric Prum" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turover" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237664v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056911v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>