--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -118,291 +118,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission loss limitations of embedded acoustic black holes</w:t>
+                <w:t xml:space="preserve">Vibroacoustic Behaviour of a Fluid-Filled Baffled Cylindrical Shell Submerged in a Shallow-Water Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie Deng</w:t>
+                <w:t xml:space="preserve">Jamie Kha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.119493. </w:t>
+              <w:t xml:space="preserve">Acoustics Australia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2025.119493⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40857-025-00358-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05314697v1</w:t>
+                <w:t xml:space="preserve">hal-05323321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic Behaviour of a Fluid-Filled Baffled Cylindrical Shell Submerged in a Shallow-Water Waveguide</w:t>
+                <w:t xml:space="preserve">Transmission loss limitations of embedded acoustic black holes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamie Kha</w:t>
+                <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics Australia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.119493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40857-025-00358-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2025.119493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05323321v1</w:t>
+                <w:t xml:space="preserve">hal-05314697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A subtractive modelling approach for predicting the radiation of a cylindrical shell in a waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Kha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -596,64 +596,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A displacement formulation for coupled elastoacoustic problems that preserves flow irrotationality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -694,248 +694,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration Analysis of Beams Coupled with Evenly Spaced Acoustic Black Hole Pillars: Experimental and Numerical Insights</w:t>
+                <w:t xml:space="preserve">Similitude laws for the vibroacoustic response of fluid-loaded plates under a turbulent boundary layer excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Martins</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+                <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.112855⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 157 (1), pp.595-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0034868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05098464v1</w:t>
+                <w:t xml:space="preserve">hal-04941238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Similitude laws for the vibroacoustic response of fluid-loaded plates under a turbulent boundary layer excitation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibration Analysis of Beams Coupled with Evenly Spaced Acoustic Black Hole Pillars: Experimental and Numerical Insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Berry</w:t>
+                <w:t xml:space="preserve">Daniel Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 157 (1), pp.595-605. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 235, pp.112855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/10.0034868⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.112855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941238v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling sonic black holes to a resonant cavity using patch transfer functions</w:t>
               </w:r>
@@ -947,64 +947,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Cerântola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 618, pp.119316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1038,64 +1038,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental estimation of the sound power radiated from panels excited by a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1257,3756 +1257,3739 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233530v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fundamental study on the sound radiation from ribbed vibrating panels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the challenges of estimating the low-wavenumber wall pressure field beneath a turbulent boundary layer using a microphone array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hesam Abtahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0024999⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 574, pp.118230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.118230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04489813v1</w:t>
+                <w:t xml:space="preserve">hal-04409313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of low-wavenumber wall pressure field beneath a turbulent boundary layer using vibration data</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A fundamental study on the sound radiation from ribbed vibrating panels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 127, pp.104135. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 155 (3), pp.R5-R6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2024.104135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/10.0024999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04591856v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global decoupling technique for subtractive modelling on acoustic and vibration problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Meyer</w:t>
+                <w:t xml:space="preserve">Identification of low-wavenumber wall pressure field beneath a turbulent boundary layer using vibration data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hesam Abtahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117969⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 127, pp.104135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2024.104135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04192792v1</w:t>
+                <w:t xml:space="preserve">hal-04591856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of the source scanning technique to curved rectangular panels for the vibroacoustic characterization of structures using wall-pressure plane waves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Maury</w:t>
+                <w:t xml:space="preserve">A global decoupling technique for subtractive modelling on acoustic and vibration problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dumortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2024.110045⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 569, pp.117969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04574009v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-analytical formulation for vibroacoustic response of a heavy fluid-loaded plate with ABH stiffeners</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+                <w:t xml:space="preserve">Extension of the source scanning technique to curved rectangular panels for the vibroacoustic characterization of structures using wall-pressure plane waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Pouye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 205, pp.112539. </w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 222, pp.110045. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2024.110045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748179v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near- and far-field radiated acoustic pressures from a vibrating three-dimensional cylindrical shell in an underwater acoustic waveguide</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Semi-analytical formulation for vibroacoustic response of a heavy fluid-loaded plate with ABH stiffeners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ray Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2024.118534⟩</w:t>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 205, pp.112539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2024.112539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04601518v1</w:t>
+                <w:t xml:space="preserve">hal-04748179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the challenges of estimating the low-wavenumber wall pressure field beneath a turbulent boundary layer using a microphone array</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Near- and far-field radiated acoustic pressures from a vibrating three-dimensional cylindrical shell in an underwater acoustic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Kha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 574, pp.118230. </w:t>
+              <w:t xml:space="preserve">, 2024, pp.118534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.118230⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2024.118534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04409313v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04601518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forced vibroacoustic response of a cylindrical shell in an underwater acoustic waveguide</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Acoustic source localisation using vibroacoustic beamforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ray Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.113899⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 199, pp.110454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2023.110454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04001785v1</w:t>
+                <w:t xml:space="preserve">hal-04123695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering From a Partially Coated Shell Immersed in Water Using a Subtractive Modelling Technique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Meyer</w:t>
+                <w:t xml:space="preserve">Power exchanged between subsystems with non-diffuse fields in statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical and Computational Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S2591728523500202⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 153 (5), pp.3036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0019551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04335375v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-negative intensity for a heavy fluid-loaded stiffened plate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Martins</w:t>
+                <w:t xml:space="preserve">An artificial spring component mode synthesis method for built-up structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ray Kirby</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117891⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.108052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.108052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150208v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03911898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power exchanged between subsystems with non-diffuse fields in statistical energy analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sound radiation and non-negative intensity of a metaplate consisting of an acoustic black hole plus local resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Tyrode</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Le Bot</w:t>
+                <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 153 (5), pp.3036. </w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 304 (Part 2), pp.116423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/10.0019551⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2022.116423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04113016v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic source localisation using vibroacoustic beamforming</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Forced vibroacoustic response of a cylindrical shell in an underwater acoustic waveguide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Kha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Skvortsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2023.110454⟩</w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 273, pp.113899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2023.113899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04123695v1</w:t>
+                <w:t xml:space="preserve">hal-04001785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound radiation and non-negative intensity of a metaplate consisting of an acoustic black hole plus local resonators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Scattering From a Partially Coated Shell Immersed in Water Using a Subtractive Modelling Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dumortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 304 (Part 2), pp.116423. </w:t>
+              <w:t xml:space="preserve">Journal of Theoretical and Computational Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2022.116423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S2591728523500202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850625v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An artificial spring component mode synthesis method for built-up structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jie Deng</w:t>
+                <w:t xml:space="preserve">Non-negative intensity for a heavy fluid-loaded stiffened plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nansha Gao</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.108052. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.117891. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.108052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2023.117891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03911898v1</w:t>
+                <w:t xml:space="preserve">hal-04150208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid modal/statistical formulation for predicting the energy response of vibroacoustic systems in the mid frequency range</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guang Zhu</w:t>
+                <w:t xml:space="preserve">A metamaterial consisting of an acoustic black hole plate with local resonators for broadband vibration reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Bot</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 538, pp.117221. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.117221⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 526, pp.116803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.116803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03763420v1</w:t>
+                <w:t xml:space="preserve">hal-03566197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound radiation from a cylindrical shell with a multilayered resonant coating</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Eggler</w:t>
+                <w:t xml:space="preserve">An analytical approach for modelling the vibroacoustic behaviour of a heavy fluid-loaded plate near a free surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Kha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Skvortsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray Kirby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107479⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 538, pp.117206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.117206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763448v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of wall pressure fields of non-homogeneous turbulent boundary layers for vibroacoustic simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Redon</w:t>
+                <w:t xml:space="preserve">Sound radiation from a cylindrical shell with a multilayered resonant coating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cikai Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gyani Shankar Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Eggler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Skvortsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0009368⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 232, pp.107479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2022.107479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03586887v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of vibroacoustic beamforming gains for acoustic source detection inside a pipe conveying turbulent flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A hybrid modal/statistical formulation for predicting the energy response of vibroacoustic systems in the mid frequency range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Michel</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2022.108888⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 538, pp.117221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.117221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03566764v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metamaterial consisting of an acoustic black hole plate with local resonators for broadband vibration reduction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Synthesis of wall pressure fields of non-homogeneous turbulent boundary layers for vibroacoustic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.116803⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 151 (2), pp.1039-1054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0009368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03566197v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical approach for modelling the vibroacoustic behaviour of a heavy fluid-loaded plate near a free surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jamie Kha</w:t>
+                <w:t xml:space="preserve">Numerical analysis of vibroacoustic beamforming gains for acoustic source detection inside a pipe conveying turbulent flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ray Kirby</w:t>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 538, pp.117206. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 171, pp.108888. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.117206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2022.108888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763461v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annular acoustic black holes to reduce sound radiation from cylindrical shells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Transmission loss of plates with multiple embedded acoustic black holes using statistical modal energy distribution analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ling Zheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 158, pp.107722. </w:t>
+              <w:t xml:space="preserve">, 2021, 150, pp.107262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.107722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03176274v1</w:t>
+                <w:t xml:space="preserve">hal-02942151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling vibrating panels excited by a non-homogeneous turbulent boundary layer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Guillon</w:t>
+                <w:t xml:space="preserve">Reproduction of the vibroacoustic response of panels under stochastic excitations using the source scanning technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Redon</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2021.103378⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 510, pp.116307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03426016v1</w:t>
+                <w:t xml:space="preserve">hal-03290508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of airfoil surface pressure due to incident turbulence using realizations of uncorrelated wall plane waves</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Skvortsov</w:t>
+                <w:t xml:space="preserve">Modeling vibrating panels excited by a non-homogeneous turbulent boundary layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Kirby</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Redon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0003498⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.103378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2021.103378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176229v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent wave reflection in integrable or chaotic symmetrical acoustical billiards</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+                <w:t xml:space="preserve">Annular acoustic black holes to reduce sound radiation from cylindrical shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Bot</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Zheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspa.2021.0488⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 158, pp.107722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.107722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440296v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic subtractive modeling using a reverse condensed transfer function approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Dumortier</w:t>
+                <w:t xml:space="preserve">Simulation of airfoil surface pressure due to incident turbulence using realizations of uncorrelated wall plane waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Croaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Skvortsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Meyer</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.115982⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 149 (2), pp.1085-1096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0003498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03141175v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration of cylindrical shells with embedded annular acoustic black holes using the Rayleigh-Ritz method with Gaussian basis functions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Coherent wave reflection in integrable or chaotic symmetrical acoustical billiards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ling Zheng</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 477 (2255), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2021.0488⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107225⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02936140v1</w:t>
+                <w:t xml:space="preserve">hal-03440296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic radiation from a cylindrical shell with a voided soft elastic coating</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Marsick</w:t>
+                <w:t xml:space="preserve">Vibroacoustic subtractive modeling using a reverse condensed transfer function approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 150 (6), pp.4308-4314. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 499, pp.115982. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/10.0008907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.115982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517413v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03141175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the vibro-acoustic response of a cylindrical shell submerged near a free sea surface</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Eggler</w:t>
+                <w:t xml:space="preserve">Vibration of cylindrical shells with embedded annular acoustic black holes using the Rayleigh-Ritz method with Gaussian basis functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 511, pp.116359. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.107225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03426020v1</w:t>
+                <w:t xml:space="preserve">hal-02936140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic design and analyses of a double Skin Façade system</w:t>
+                <w:t xml:space="preserve">On the vibro-acoustic response of a cylindrical shell submerged near a free sea surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongyu Hu</w:t>
+                <w:t xml:space="preserve">Adrien Marsick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gyani Shankar Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Eggler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2020.107727⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 511, pp.116359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02997853v1</w:t>
+                <w:t xml:space="preserve">hal-03426020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission loss of plates with multiple embedded acoustic black holes using statistical modal energy distribution analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Acoustic radiation from a cylindrical shell with a voided soft elastic coating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gyani Shankar Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Marsick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Skvortsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Macgillivray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 150, pp.107262. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150 (6), pp.4308-4314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107262⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/10.0008907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02942151v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproduction of the vibroacoustic response of panels under stochastic excitations using the source scanning technique</w:t>
+                <w:t xml:space="preserve">Acoustic design and analyses of a double Skin Façade system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pouye</w:t>
+                <w:t xml:space="preserve">Zhongyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Pachebat</w:t>
+                <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 510, pp.116307. </w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 173, pp.107727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2020.107727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03290508v1</w:t>
+                <w:t xml:space="preserve">hal-02997853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical and numerical prediction of acoustic radiation from a panel under turbulent boundary layer excitation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibroacoustic responses of a heavy fluid loaded cylindrical shell excited by a turbulent boundary layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Croaker</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Robin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicole Kessissoglou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 479, pp.115372. </w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92, pp.102758. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2020.115372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.102758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03176252v1</w:t>
+                <w:t xml:space="preserve">hal-02414405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noise radiated from a periodically stiffened cylindrical shell excited by a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 466, pp.115016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5034,1517 +5017,1534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A spectral global matrix method for modelling the response of a fluid-loaded multilayered cylindrical shell excited by an acoustic plane wave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical and numerical prediction of acoustic radiation from a panel under turbulent boundary layer excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Croaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Dana</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">O. Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Skvortsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0002353⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 479, pp.115372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2020.115372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025304v1</w:t>
+                <w:t xml:space="preserve">hal-03176252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of Bloch-Floquet bending waves via annular acoustic black holes in periodically supported cylindrical shell structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">A spectral global matrix method for modelling the response of a fluid-loaded multilayered cylindrical shell excited by an acoustic plane wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Dana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Julien Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ling Zheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2020.107424⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 148 (5), pp.2997-3013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0002353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952063v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial coherence of pipe vibrations induced by an internal turbulent flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.115841. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2020.115841⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03025332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid numerical approach to predict the vibrational responses of panels excited by a turbulent boundary layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduction of Bloch-Floquet bending waves via annular acoustic black holes in periodically supported cylindrical shell structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Croaker</w:t>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.102814⟩</w:t>
+              <w:t xml:space="preserve">Applied Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.107424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apacoust.2020.107424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414516v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-negative intensity for planar structures under stochastic excitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">A hybrid numerical approach to predict the vibrational responses of panels excited by a turbulent boundary layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Croaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steffen Marburg</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Skvortsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 488, pp.115652. </w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92, pp.102814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2020.115652⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.102814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958565v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic responses of a heavy fluid loaded cylindrical shell excited by a turbulent boundary layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-negative intensity for planar structures under stochastic excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Karimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Kessissoglou</w:t>
+                <w:t xml:space="preserve">Steffen Marburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kirby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 92, pp.102758. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 488, pp.115652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2019.102758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2020.115652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414405v1</w:t>
+                <w:t xml:space="preserve">hal-02958565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water experiment for assessing vibroacoustic beamforming gain for acoustic leak detection in a sodium-heated steam generator</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A dual modal formulation for multiple flexural subsystems connected at a junction in energy-based models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 134, pp.106332. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106332⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 119, pp.457 - 470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.09.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414285v1</w:t>
+                <w:t xml:space="preserve">hal-01922213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-based reformulated Craig-Bampton method for multiple flexural subsystems connected at a junction with low impedance mismatch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ergodic billiard and statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 119, pp.471 - 485. </w:t>
+              <w:t xml:space="preserve">Wave Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.09.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922216v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mid-to-high frequency piecewise modelling of an acoustic system with varying coupling strength</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhongyu Hu</w:t>
+                <w:t xml:space="preserve">Water experiment for assessing vibroacoustic beamforming gain for acoustic leak detection in a sodium-heated steam generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souha Kassab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 134, pp.106312. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106312⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 134, pp.106332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414364v1</w:t>
+                <w:t xml:space="preserve">hal-02414285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergodic billiard and statistical energy analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy-based reformulated Craig-Bampton method for multiple flexural subsystems connected at a junction with low impedance mismatch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Le Bot</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wave Motion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 119, pp.471 - 485. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.09.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896738v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dual modal formulation for multiple flexural subsystems connected at a junction in energy-based models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mid-to-high frequency piecewise modelling of an acoustic system with varying coupling strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongyu Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 119, pp.457 - 470. </w:t>
+              <w:t xml:space="preserve">, 2019, 134, pp.106312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2018.09.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922213v1</w:t>
+                <w:t xml:space="preserve">hal-02414364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental prediction of the vibration response of panels under a turbulent boundary layer excitation from sensitivity functions</w:t>
+                <w:t xml:space="preserve">Water experiment for assessing vibroacoustic beamforming gain for acoustic leak detection in a sodium-heated steam generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Marchetto</w:t>
+                <w:t xml:space="preserve">S. Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Berry</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.5037362⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 134, pp.106332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922209v1</w:t>
+                <w:t xml:space="preserve">cea-02339870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water experiment for assessing vibroacoustic beamforming gain for acoustic leak detection in a sodium-heated steam generator</w:t>
+                <w:t xml:space="preserve">Experimental prediction of the vibration response of panels under a turbulent boundary layer excitation from sensitivity functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kassab</w:t>
+                <w:t xml:space="preserve">Christophe Marchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Michel</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2019.106332⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143 (5), pp.2954 - 2964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5037362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02339870v1</w:t>
+                <w:t xml:space="preserve">hal-01922209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piecewise convergence behavior of the condensed transfer function approach for mid-to-high frequency modelling of a panel-cavity system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 435, pp.119 - 134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6695,77 +6695,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence criteria on the acoustic velocity continuity in a panel-cavity system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 141 (3), pp.2137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6929,90 +6929,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibroacoustic response of panels under diffuse acoustic field excitation from sensitivity functions and reciprocity principles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Marchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 141 (6), pp.4508 - 4521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7170,781 +7170,781 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01444453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A substructuring approach for modeling the acoustic scattering from stiffened submerged shells coupled to non-axisymmetric internal structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+                <w:t xml:space="preserve">Statistical Energy Analysis with fuzzy parameters to handle populations of structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 140 (3), pp.1609-1617. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 379, pp.119 - 134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4962235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.05.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468565v1</w:t>
+                <w:t xml:space="preserve">hal-01470460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the vibroacoustic behavior of a submerged shell with non-axisymmetric internal substructures by a condensed transfer function method</w:t>
+                <w:t xml:space="preserve">A substructuring approach for modeling the acoustic scattering from stiffened submerged shells coupled to non-axisymmetric internal structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">T Leissing</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.09.030⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 140 (3), pp.1609-1617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4962235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01508112v1</w:t>
+                <w:t xml:space="preserve">hal-01468565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of the pressure field beneath a turbulent boundary layer using realizations of uncorrelated wall plane waves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of the vibroacoustic behavior of a submerged shell with non-axisymmetric internal substructures by a condensed transfer function method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Leissing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 140, pp.1268 - 1285. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 360, pp.260-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4960516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.09.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01508099v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the vibroacoustic behavior of a submerged shell with non-axisymmetric internal substructures by a condensed transfer function method</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation of the pressure field beneath a turbulent boundary layer using realizations of uncorrelated wall plane waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T Leissing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.09.030⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 140, pp.1268 - 1285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4960516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01272237v1</w:t>
+                <w:t xml:space="preserve">hal-01508099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Energy Analysis with fuzzy parameters to handle populations of structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Totaro</w:t>
+                <w:t xml:space="preserve">Prediction of the vibroacoustic behavior of a submerged shell with non-axisymmetric internal substructures by a condensed transfer function method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Leissing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 379, pp.119 - 134. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.05.049⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 360, pp.260-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.09.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01470460v1</w:t>
+                <w:t xml:space="preserve">hal-01272237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A condensed transfer function method as a tool for solving vibroacoustic problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+                <w:t xml:space="preserve">A graph theory approach to identify resonant and non-resonant transmission paths in statistical modal energy distribution analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Àngels Aragonès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Audoly</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0954406215615627⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.91-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01277091v1</w:t>
+                <w:t xml:space="preserve">hal-01162151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A graph theory approach to identify resonant and non-resonant transmission paths in statistical modal energy distribution analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A condensed transfer function method as a tool for solving vibroacoustic problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Leissing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Àngels Aragonès</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">C. Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, pp.91-110. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2015.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0954406215615627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01162151v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01277091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of beamforming for detecting an acoustic source inside a cylindrical shell filled with a heavy fluid</w:t>
               </w:r>
@@ -8164,51 +8164,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8370,196 +8370,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01006122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the modal energy distribution of an excited vibrating panel coupled with a heavy fluid cavity by a dual modal formulation</w:t>
+                <w:t xml:space="preserve">Prediction of flow induced sound and vibration of periodically stiffened plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2013.07.020⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 133 (1), pp.146-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4768875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00879258v1</w:t>
+                <w:t xml:space="preserve">hal-00879256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of flow induced sound and vibration of periodically stiffened plates</w:t>
+                <w:t xml:space="preserve">Analysis of the modal energy distribution of an excited vibrating panel coupled with a heavy fluid cavity by a dual modal formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vivien Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 133 (1), pp.146-160. </w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 332, pp.6703-6724. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4768875⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2013.07.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00879256v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00879258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental simulation of turbulent boundary layer induced vibrations by using a synthetic array</w:t>
               </w:r>
@@ -8571,51 +8571,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Aucejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 331 (16), pp.3824-3843. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8779,51 +8779,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8855,235 +8855,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00744503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence acceleration using the residual shape technique when solving structure-acoustic coupling with the Patch Transfer Functions method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of the vibro-acoustic behavior of a submerged shell non periodically stiffened by internal frames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aucejo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J.-L. Guyader</w:t>
+                <w:t xml:space="preserve">Jean-Marc Ginoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2010.02.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 128 (1), pp.137-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.3436526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668981v1</w:t>
+                <w:t xml:space="preserve">hal-02414231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the vibro-acoustic behavior of a submerged shell non periodically stiffened by internal frames</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convergence acceleration using the residual shape technique when solving structure-acoustic coupling with the Patch Transfer Functions method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aucejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Ginoux</w:t>
+                <w:t xml:space="preserve">N Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 128 (1), pp.137-151. </w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 88 (11-12), pp.728-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.3436526⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2010.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414231v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavenumber space and physical space responses of a periodically ribbed plate to a point drive: A discrete approach</w:t>
               </w:r>
@@ -9563,64 +9563,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibroacoustics of plates in a heavy fluid and excited by a turbulent flow: similitude laws</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9671,51 +9671,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the acoustic radiation of an infinite periodically stiffened cylindrical shell near a free surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9805,64 +9805,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental validation of vibration similitude laws for stiffened panels excited by a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9930,64 +9930,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibroacoustic behaviour of a sound cavity enclosed by an acoustic black hole beam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10025,64 +10025,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A vibration-based method to estimate the low-wavenumber wall pressure field in a turbulent boundary layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hesam Abtahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10245,64 +10245,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ON THE RADIATION OF SOUND FROM AN IMMERSED CYLINDRICAL SHELL CLOSE TO THE SEA SURFACE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Marsick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G S Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10379,77 +10379,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SUBTRACTIVE MODELLING APPROACH FOR PREDICTING THE RADIATION OF A CYLINDRICAL SHELL IN A WAVEGUIDE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Kha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10606,718 +10606,718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic simulations with non-homogeneous TBL excitations: Synthesis of wall pressure fields with the Continuously-varying Uncorrelated Wall Plane Waves approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Redon</w:t>
+                <w:t xml:space="preserve">Etude de différentes méthodes de prédiction du bruit rayonné d'une structure à partir de données accélérométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Decaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Hugues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internoise 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03763471v1</w:t>
+                <w:t xml:space="preserve">hal-03847994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution de l'énergie vibratoire dans une plaque excitée par un bruit blanc aléatoire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Niclas Totaro</w:t>
+                <w:t xml:space="preserve">VIBROACOUSTIC SIMILITUDE LAWS FOR FLUID-LOADED PLATES EXCITED BY POINT FORCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Plouseau-Guédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Bot</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03847998v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VIBROACOUSTIC SIMILITUDE LAWS FOR FLUID-LOADED PLATES EXCITED BY POINT FORCES</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Berry</w:t>
+                <w:t xml:space="preserve">Distribution de l'énergie vibratoire dans une plaque excitée par un bruit blanc aléatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niclas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03797274v1</w:t>
+                <w:t xml:space="preserve">hal-03847998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du rayonnement acoustique d’une coque cylindrique immergée partiellement revêtue par modélisation soustractive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Dumortier</w:t>
+                <w:t xml:space="preserve">Vibroacoustic simulations with non-homogeneous TBL excitations: Synthesis of wall pressure fields with the Continuously-varying Uncorrelated Wall Plane Waves approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">Internoise 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848061v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration d'une conduite raidie chargée d'un fluide lourd bulleux : analyse expérimentale des fréquences de résonance en fonction du taux de vide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sanae Serbout</w:t>
+                <w:t xml:space="preserve">Etude du rayonnement acoustique d’une coque cylindrique immergée partiellement revêtue par modélisation soustractive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Michel</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03847991v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de différentes méthodes de prédiction du bruit rayonné d'une structure à partir de données accélérométriques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibration d'une conduite raidie chargée d'un fluide lourd bulleux : analyse expérimentale des fréquences de résonance en fonction du taux de vide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Leclere</w:t>
+                <w:t xml:space="preserve">Sanae Serbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03847994v1</w:t>
+                <w:t xml:space="preserve">hal-03847991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration of a metaplate made of an acoustic black hole and local resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11342,90 +11342,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a hybrid SmEdA-SEA model for predicting the power exchanged between low and high modal density subsystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Washington (virtual), United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11459,77 +11459,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration of a stiffened pipe filled with a bubbly liquid: analysis of resonance frequencies in function of bubble fraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanae Serbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-noise 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Washington, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11658,90 +11658,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sound radiation of a metaplate made of an acoustic black hole and local resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nansha Gao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11855,174 +11855,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibratory response of a panel excited by a spatially varying turbulent boundary layer: A sub-area decomposition technique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Redon</w:t>
+                <w:t xml:space="preserve">SYNTHESIS OF THE VIBROACOUSTIC RESPONSE OF A PANEL UNDER DIFFUSE ACOUSTIC FIELD USING THE SYNTHETIC ARRAY PRINCIPLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.747-747, </w:t>
+              <w:t xml:space="preserve">e-Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229450v1</w:t>
+                <w:t xml:space="preserve">hal-03063889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical modal Energy distribution Analysis to determine the transmission loss of a plate with acoustic black hole indentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12076,1864 +12089,1851 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Crandall lines on ergodic billard in SEA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Tyrode</w:t>
+                <w:t xml:space="preserve">Vibratory response of a panel excited by a spatially varying turbulent boundary layer: A sub-area decomposition technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.247-250, </w:t>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.747-747, </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235438v1</w:t>
+                <w:t xml:space="preserve">hal-03229450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An accelerated spectral approach for predicting the vibroacoustic behavior of a stiffened pipe filled with a heavy fluid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Michel</w:t>
+                <w:t xml:space="preserve">Influence of Crandall lines on ergodic billard in SEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-Forum Acusticum 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1111-1116, </w:t>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.247-250, </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235445v1</w:t>
+                <w:t xml:space="preserve">hal-03235438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIMULATION OF THE TBL INDUCED VIBRATIONS OF A PLATE USING VIRTUAL SOURCES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Pouye</w:t>
+                <w:t xml:space="preserve">An accelerated spectral approach for predicting the vibroacoustic behavior of a stiffened pipe filled with a heavy fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae Serbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">e-Forum Acusticum 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1111-1116, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498078v1</w:t>
+                <w:t xml:space="preserve">hal-03235445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First investigations on subtractive modeling with the condensed transfer functions method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Dumortier</w:t>
+                <w:t xml:space="preserve">SIMULATION OF THE TBL INDUCED VIBRATIONS OF A PLATE USING VIRTUAL SOURCES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pachebat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Acusticum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3rd Euro-Mediterranean Conference on Structural Dynamics and Vibroacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Naples, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235428v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNTHESIS OF THE VIBROACOUSTIC RESPONSE OF A PANEL UNDER DIFFUSE ACOUSTIC FIELD USING THE SYNTHETIC ARRAY PRINCIPLE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Pouye</w:t>
+                <w:t xml:space="preserve">First investigations on subtractive modeling with the condensed transfer functions method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Pachebat</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-Forum Acusticum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Lyon, France. </w:t>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1125-1130, </w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48465/fa.2020.0448⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063889v1</w:t>
+                <w:t xml:space="preserve">hal-03235428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annular acoustic black holes to reduce propagative Bloch- Floquet flexural waves in periodically supported cylindrical shells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oriol Guasch</w:t>
+                <w:t xml:space="preserve">Vibroacoustic modelling of fluid filled cylindrical shells coupled to ring stiffeners and excited by deterministic/stochastic wall pressure fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souha Kassab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanae Serbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zheng Ling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414557v1</w:t>
+                <w:t xml:space="preserve">hal-02414731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the vibro-acoustic behavior of a submarine hull on a wide frequency range using experimental and numerical approaches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Meyer</w:t>
+                <w:t xml:space="preserve">STATISTICAL ENERGY ANALYSIS AND DIFFUSE FIELD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UDT 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">26th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414570v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic modelling of fluid filled cylindrical shells coupled to ring stiffeners and excited by deterministic/stochastic wall pressure fields</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Michel</w:t>
+                <w:t xml:space="preserve">Annular acoustic black holes to reduce propagative Bloch- Floquet flexural waves in periodically supported cylindrical shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Guasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Ling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414731v1</w:t>
+                <w:t xml:space="preserve">hal-02414557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STATISTICAL ENERGY ANALYSIS AND DIFFUSE FIELD</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+                <w:t xml:space="preserve">Analysis of the vibro-acoustic behavior of a submarine hull on a wide frequency range using experimental and numerical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Congress on Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">UDT 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404658v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PREDICTING THE VIBRATION RESPONSE OF PANELS UNDER A TURBULENT BOUNDARY LAYER EXCITATION FROM THEIR MEASURED SENSITIVITY FUNCTIONS</w:t>
+                <w:t xml:space="preserve">Detection of an acoustic source inside a pipe using optimized vibroacoustic beamforming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Marchetto</w:t>
+                <w:t xml:space="preserve">S. Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Berry</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOVEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Ibiza, Spain</w:t>
+              <w:t xml:space="preserve">25th International Congress on Sound and Vibration (ICSV25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Hiroshima, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922786v1</w:t>
+                <w:t xml:space="preserve">cea-02338869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction de la réponse vibro-acoustique de coques cylindriques revêtues immergées excitées par une onde plane</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Setting Up Plane And Thin Panels With Representative Simply Supported Boundary Conditions : Comparative Results And Applications In Three Laboratories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Atalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Lossouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Internoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922255v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SmEdA Vibro-Acoustic Modeling of a Trimmed Truck Cab in the Mid-Frequency Range</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PREDICTING THE VIBRATION RESPONSE OF PANELS UNDER A TURBULENT BOUNDARY LAYER EXCITATION FROM THEIR MEASURED SENSITIVITY FUNCTIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Styrian Noise, Vibration &amp; Harshness Congress: The European Automotive Noise Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NOVEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Ibiza, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829435v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DETECTION OF AN ACOUSTIC SOURCE INSIDE A PIPE USING OPTIMIZED VIBROACOUSTIC BEAMFORMING</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Souha Kassab</w:t>
+                <w:t xml:space="preserve">Prédiction de la réponse vibro-acoustique de coques cylindriques revêtues immergées excitées par une onde plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Dana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Michel</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Congress on Sound and Vibration (ICSV 25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Hiroshima, Japan</w:t>
+              <w:t xml:space="preserve">CFA 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922224v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BRIDGING THE FREQUENCY GAP FOR VIBRO-ACOUSTIC PREDICTION OF A SUBMERGED SHELL</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicole Kessissoglou</w:t>
+                <w:t xml:space="preserve">DETECTION OF AN ACOUSTIC SOURCE INSIDE A PIPE USING OPTIMIZED VIBROACOUSTIC BEAMFORMING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souha Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wespac 13th Western Pacific Conference on Acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, New delhi, India</w:t>
+              <w:t xml:space="preserve">The 25th International Congress on Sound and Vibration (ICSV 25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Hiroshima, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922797v2</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic response of an immersed stiffened multilayered shell excited by a plane wave</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SmEdA Vibro-Acoustic Modeling of a Trimmed Truck Cab in the Mid-Frequency Range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Gerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Dong Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internoise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th International Styrian Noise, Vibration &amp; Harshness Congress: The European Automotive Noise Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Graz, Austria. pp.2018-01-1506, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2018-01-1506⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922234v2</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of an acoustic source inside a pipe using optimized vibroacoustic beamforming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Kassab</w:t>
+                <w:t xml:space="preserve">BRIDGING THE FREQUENCY GAP FOR VIBRO-ACOUSTIC PREDICTION OF A SUBMERGED SHELL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daipei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Kessissoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Congress on Sound and Vibration (ICSV25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Hiroshima, Japan</w:t>
+              <w:t xml:space="preserve">Wespac 13th Western Pacific Conference on Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, New delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02338869v1</w:t>
+                <w:t xml:space="preserve">hal-01922797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setting Up Plane And Thin Panels With Representative Simply Supported Boundary Conditions : Comparative Results And Applications In Three Laboratories</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibroacoustic response of an immersed stiffened multilayered shell excited by a plane wave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noureddine Atalla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+                <w:t xml:space="preserve">M. Dana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Lossouarn</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922760v1</w:t>
+                <w:t xml:space="preserve">hal-01922234v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty quantification in mid-frequency range simulations using the statistical modal energy distribution analysis</w:t>
               </w:r>
@@ -14040,51 +14040,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Criterion for Piece-wise Mid-Frequency Vibro-acoustic Modelling Using the Condensed Transfer Function Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhongyu Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14129,256 +14129,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic modeling of submerged stiffened cylindrical shells with internal structures under random excitations</w:t>
+                <w:t xml:space="preserve">Vibrations et rayonnement acoustique des coques cylindriques raidies : Étude expérimentale de l'influence des structures internes non-axisymétriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ygäal Renou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Noise Hamburg 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468957v1</w:t>
+                <w:t xml:space="preserve">hal-01468964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations et rayonnement acoustique des coques cylindriques raidies : Étude expérimentale de l'influence des structures internes non-axisymétriques</w:t>
+                <w:t xml:space="preserve">Vibroacoustic modeling of submerged stiffened cylindrical shells with internal structures under random excitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ygäal Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Audoly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ygäal Renou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Le Mans, France</w:t>
+              <w:t xml:space="preserve">Inter-Noise Hamburg 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01468964v1</w:t>
+                <w:t xml:space="preserve">hal-01468957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scattering of a periodically stiffened submerged shell coupled to non-axisymmetric internal frames</w:t>
               </w:r>
@@ -14479,51 +14479,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01277574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibroacoustic modeling of a trimmed truck cab in the mid frequency range</w:t>
+                <w:t xml:space="preserve">Modélisation du Comportement Vibroacoustique d’une Cabine de Camion en Moyenne Fréquence avec Prise en Compte des Habillages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ha Dong Hwang</w:t>
@@ -14554,97 +14554,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InterNoise 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217633v1</w:t>
+                <w:t xml:space="preserve">hal-01217635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du Comportement Vibroacoustique d’une Cabine de Camion en Moyenne Fréquence avec Prise en Compte des Habillages</w:t>
+                <w:t xml:space="preserve">Vibroacoustic modeling of a trimmed truck cab in the mid frequency range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ha Dong Hwang</w:t>
@@ -14675,73 +14675,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique, CFM 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">InterNoise 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217635v1</w:t>
+                <w:t xml:space="preserve">hal-01217633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A condensed transfer function method as a tool for solving vibroacoustic problems</w:t>
               </w:r>
@@ -14842,2092 +14842,2092 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01277567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse vibro-acoustique d'une structure excitée par une Couche Limite Turbulente : Vers la prise en compte de l'évolution spatiale de la CLT</w:t>
+                <w:t xml:space="preserve">Experimental results of passive vibro-acoustic leak detection in SFR steam generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Berton</w:t>
+                <w:t xml:space="preserve">Jeremy Moriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Audoly</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. Session Modèles et méthodes numériques en vibro-acoustique - p.1457</w:t>
+              <w:t xml:space="preserve">ANIMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, MArseille, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00994780v1</w:t>
+                <w:t xml:space="preserve">hal-01032441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la propagation du bruit solidien dans les structures industrielles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réponse vibro-acoustique d'une structure excitée par une Couche Limite Turbulente : Vers la prise en compte de l'évolution spatiale de la CLT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vouagner Pascal</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+                <w:t xml:space="preserve">Daniel Juvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, France. pp.1417-1423</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. Session Modèles et méthodes numériques en vibro-acoustique - p.1457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01031092v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent Damping Modeling In the Framework of SmEdA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kerem Ege</w:t>
+                <w:t xml:space="preserve">Modélisation de la propagation du bruit solidien dans les structures industrielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vouagner Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thirard Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Deslot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, France. pp.1417-1423</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994171v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01031092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental results of passive vibro-acoustic leak detection in SFR steam generator mock-up</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Moriot</w:t>
+                <w:t xml:space="preserve">Equivalent Damping Modeling In the Framework of SmEdA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Dong Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Advancements in Nuclear Instrumentation Measurement Methods and their Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Aix-en-Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01359851v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mid Frequency Vibroacoustic Modeling of an Innovative Lightweight Cab - Floor/Cavity Interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kerem Ege</w:t>
+                <w:t xml:space="preserve">Experimental results of passive vibro-acoustic leak detection in SFR steam generator mock-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Moriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gastaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Perisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Advancements in Nuclear Instrumentation Measurement Methods and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Marseille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ANIMMA.2013.6727942⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994175v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01359851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du comportement vibro-acoustique d'une structure immergée excitée par une source transitoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Scherrer Roch</w:t>
+                <w:t xml:space="preserve">Mid Frequency Vibroacoustic Modeling of an Innovative Lightweight Cab - Floor/Cavity Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Gerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès Français d'Acoustique, CFA 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1497-1503</w:t>
+              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01031665v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for including the effect of dissipative treatments in the mid-frequency domain using SmEdA method - Comparison with experiments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kerem Ege</w:t>
+                <w:t xml:space="preserve">Analyse du comportement vibro-acoustique d'une structure immergée excitée par une source transitoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scherrer Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leissing Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès Français d'Acoustique, CFA2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1425-1431</w:t>
+              <w:t xml:space="preserve">12ème Congrès Français d'Acoustique, CFA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1497-1503</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00993944v1</w:t>
+                <w:t xml:space="preserve">hal-01031665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental results of passive vibro-acoustic leak detection in SFR steam generator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Moriot</w:t>
+                <w:t xml:space="preserve">A methodology for including the effect of dissipative treatments in the mid-frequency domain using SmEdA method - Comparison with experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Dong Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANIMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, MArseille, France. 8 p</w:t>
+              <w:t xml:space="preserve">12ème Congrès Français d'Acoustique, CFA2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1425-1431</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01032441v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00993944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A source scanning technique for simulating TBL-induced vibrations measurements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extension of SmEdA (Statistical model Energy distribution Analysis) to non-resonant transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flow Induced Noise and Vibration Issues and Aspects, Flinovia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Congress on Acoustics (ICA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Montréal, Canada. pp.065076, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4799564⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03179181v1</w:t>
+                <w:t xml:space="preserve">hal-00823977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of flow-induced sound and vibration: On different methods for introducing the TBL excitation in the vibroacoustic model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Berton</w:t>
+                <w:t xml:space="preserve">A source scanning technique for simulating TBL-induced vibrations measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Audoly</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoutics 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, New-Delhi, India. p. 1281</w:t>
+              <w:t xml:space="preserve">Flow Induced Noise and Vibration Issues and Aspects, Flinovia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994543v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different vibro-acoustic models for predicting the flow-induced structural vibration and re-radiated noise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of flow-induced sound and vibration: On different methods for introducing the TBL excitation in the vibroacoustic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Juvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flinovia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Italy</w:t>
+              <w:t xml:space="preserve">Acoutics 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, New-Delhi, India. p. 1281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01030854v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the sound radiated by a heavy fluid loaded structure excited by an impulsive force</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Different vibro-acoustic models for predicting the flow-induced structural vibration and re-radiated noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Juvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internoise 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Innsbruck, Austria. pp.847</w:t>
+              <w:t xml:space="preserve">Flinovia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01032039v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01030854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des spectres de pression pariétale en vue de déterminer la réponse vibro-acoustique d'une structure soumise à une couche limite turbulente</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Juvé</w:t>
+                <w:t xml:space="preserve">Analysis of the sound radiated by a heavy fluid loaded structure excited by an impulsive force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roch Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. pp.Berton</w:t>
+              <w:t xml:space="preserve">Internoise 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Innsbruck, Austria. pp.847</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00994403v1</w:t>
+                <w:t xml:space="preserve">hal-01032039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NON RESONANT CONTRIBUTIONS IN MODAL ENERGY METHODS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+                <w:t xml:space="preserve">Modélisation des spectres de pression pariétale en vue de déterminer la réponse vibro-acoustique d'une structure soumise à une couche limite turbulente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Juvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEDYNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">Congrès Français de Mécanique 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France. pp.Berton</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841464v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the sound radiated by a heavy fluid loaded structure excited by an impulsive force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Audoly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertinier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Internoise 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Innsbruck, Austria. pp.#827</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00994597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du bruit rayonné par une structure immergée excitée par une source transitoire</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Audoly</w:t>
+                <w:t xml:space="preserve">NON RESONANT CONTRIBUTIONS IN MODAL ENERGY METHODS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude "Acoustique et applications navales" - JAAN 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Nice, France</w:t>
+              <w:t xml:space="preserve">MEDYNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994592v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for including the effect of a damping treatment in the mid-frequency domain using SmEdA method</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kerem Ege</w:t>
+                <w:t xml:space="preserve">Analyse du bruit rayonné par une structure immergée excitée par une source transitoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Scherrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Leissing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Audoly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Congress on Sound and Vibration, ICSV20</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Bangkok, Thailand. pp.#52</w:t>
+              <w:t xml:space="preserve">Journées d'étude "Acoustique et applications navales" - JAAN 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00823971v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of SmEdA (Statistical model Energy distribution Analysis) to non-resonant transmission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A methodology for including the effect of a damping treatment in the mid-frequency domain using SmEdA method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Dong Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerem Ege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Congress on Acoustics (ICA 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Congress on Sound and Vibration, ICSV20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Bangkok, Thailand. pp.#52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4799564⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00823977v1</w:t>
+                <w:t xml:space="preserve">hal-00823971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PREDICTION OF FLOW INDUCED SOUND AND VIBRATION OF PERIODICALLY STIFFENED PLATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16991,51 +16991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012 Hong Kong</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Hong Kong SAR China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17099,51 +17099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">164th Meeting: Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17194,51 +17194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NOVEM 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Italy. 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17263,51 +17263,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and localization of a leak in a sodium fast reactor steam generator by vibration measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Moriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17352,450 +17352,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01032425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of sound transmission through ship structures using the Patch Transfer Functions approach</w:t>
+                <w:t xml:space="preserve">Modeling of micro-perforated panels effect in a complex vibro-acoustic environment using Patch Transfer Function approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNOISE 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2011, Osaka, Japan. 7 p</w:t>
+              <w:t xml:space="preserve">, Sep 2011, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00744519v1</w:t>
+                <w:t xml:space="preserve">hal-00744517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of micro-perforated panels effect in a complex vibro-acoustic environment using Patch Transfer Function approach</w:t>
+                <w:t xml:space="preserve">Modelling of sound transmission through ship structures using the Patch Transfer Functions approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Li Cheng</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNOISE 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2011, France. 6 p</w:t>
+              <w:t xml:space="preserve">, Sep 2011, Osaka, Japan. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00744517v1</w:t>
+                <w:t xml:space="preserve">hal-00744519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d'une antenne synthétique pour simuler l'effet d'une couche limite turbulente</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+                <w:t xml:space="preserve">Post-traitement et analyse énergétiques de résultats Eléments finis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00534639v1</w:t>
+                <w:t xml:space="preserve">hal-00538275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-traitement et analyse énergétiques de résultats Eléments finis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+                <w:t xml:space="preserve">Utilisation d'une antenne synthétique pour simuler l'effet d'une couche limite turbulente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lyon, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00538275v1</w:t>
+                <w:t xml:space="preserve">hal-00534639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-traitement et analyse énergétiques de résultats Eléments finis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17872,51 +17872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Aucejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17967,51 +17967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the damping effect on the energy response of a structure-cavity system in the case of a heavy fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18043,666 +18043,666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00538273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non resonant contribution and energy distributions using Statistical modal Energy distribution Analysis (SmEdA)</w:t>
+                <w:t xml:space="preserve">Comportement en Fréquence-Nombre d'Onde de Coques Raidies Immergées (Modèle, Mesure)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainer Stelzer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+                <w:t xml:space="preserve">Stephane Beretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00538261v1</w:t>
+                <w:t xml:space="preserve">hal-00546837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement en Fréquence-Nombre d'Onde de Coques Raidies Immergées (Modèle, Mesure)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non resonant contribution and energy distributions using Statistical modal Energy distribution Analysis (SmEdA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rainer Stelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Beretti</w:t>
+                <w:t xml:space="preserve">Goran Pavic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
+              <w:t xml:space="preserve">ISMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00546837v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00538261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of a non-periodically stiffened shell immerged in water by the circumferential admittance approach : comparison of different methods to estimate the shell admittances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction of residual modes concept in the patch transfer functions method to model the structure-acoustic coupling in heavy fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOVEM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Oxford, United Kingdom. pp.Proceeding of Novem 2009</w:t>
+              <w:t xml:space="preserve">16th International Congress on Sound and Vibration (ICSV16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00415795v1</w:t>
+                <w:t xml:space="preserve">hal-00416364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction of residual modes concept in the patch transfer functions method to model the structure-acoustic coupling in heavy fluid</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of a non-periodically stiffened shell immerged in water by the circumferential admittance approach : comparison of different methods to estimate the shell admittances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Congress on Sound and Vibration (ICSV16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">NOVEM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Oxford, United Kingdom. pp.Proceeding of Novem 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00416364v1</w:t>
+                <w:t xml:space="preserve">hal-00415795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation du comportement vibro-acoustique des coques épaisses de sous-marin avec le code MACSIM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prévision en basses et moyennes fréquences du bruit hydrodynamique sous dôme Sonar par sous-structuration du problème fluide-structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Aucejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Ginoux</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées SFA « Acoustique et Applications navales »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00414929v1</w:t>
+                <w:t xml:space="preserve">hal-00414928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circumferential admittance approach for vibro-acoustic prediction of a submerged cylindrical shell with rib aperiodicity and transversal bulkheads</w:t>
+                <w:t xml:space="preserve">Simulation du comportement vibro-acoustique des coques épaisses de sous-marin avec le code MACSIM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ginoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées SFA « Acoustique et Applications navales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00414927v1</w:t>
+                <w:t xml:space="preserve">hal-00414929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévision en basses et moyennes fréquences du bruit hydrodynamique sous dôme Sonar par sous-structuration du problème fluide-structure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Circumferential admittance approach for vibro-acoustic prediction of a submerged cylindrical shell with rib aperiodicity and transversal bulkheads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées SFA « Acoustique et Applications navales »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Marseille, France</w:t>
+              <w:t xml:space="preserve">Acoustics08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00414928v1</w:t>
+                <w:t xml:space="preserve">hal-00414927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration and acoustic radiation analysis of a stiffened fluid-loaded plate using a wavenumber approach and a discrete Fourier transform</w:t>
               </w:r>
@@ -18770,51 +18770,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic noise prediction in a Sonar cavity : injected power estimation from the wavevector - frequency spectrum of turbulent wall pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Audoly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novem 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Saint Raphael, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18833,229 +18833,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00414828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a substructuring approach for linear acoustics in automotive context</w:t>
+                <w:t xml:space="preserve">Energy residuals for localization of structural areas inducing hypersensitive behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cacciolati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Aug 2004, pp.70(1-8)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mar 2004, pp.293-294</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00132349v1</w:t>
+                <w:t xml:space="preserve">hal-00132344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy residuals for localization of structural areas inducing hypersensitive behavior</w:t>
+                <w:t xml:space="preserve">Application of a substructuring approach for linear acoustics in automotive context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morvan Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cacciolati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Mar 2004, pp.293-294</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aug 2004, pp.70(1-8)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00132344v1</w:t>
+                <w:t xml:space="preserve">hal-00132349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking Acoustic Simulation Tools for Efficient Computation of Exterior Noise in Vehicles</w:t>
               </w:r>
@@ -19191,90 +19191,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement techniques of the sensitivity functions to characterize the vibration response of panels under turbulent boundary layer excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Marchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flinovia—Flow Induced Noise and Vibration Issues and Aspects-II: A Focus on Measurement, Modeling, Simulation and Reproduction of the Flow Excitation and Flow Induced Response</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19312,77 +19312,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISCUSSION ABOUT DIFFERENT METHODS FOR INTRODUCING THE TURBULENT BOUNDARY LAYER EXCITATION IN VIBROACOUSTIC MODELS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Audoly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Juvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flinovia - Flow Induced Noise and Vibration Issues and Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19930,51 +19930,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314697v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Deng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Guasch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323321v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Kha" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Karimi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40857-025-00358-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129709v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dumortier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Meyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2024065" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376938v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Antoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duvauchelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girardin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2025063" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118815" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098464v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Martins" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.112855" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941238v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Plouseau-Gu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0034868" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171931v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cer&#226;ntola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119316" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mougey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119363" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233530v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40857-025-00357-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489813v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0024999" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04591856v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesam Abtahi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104135" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192792v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumortier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117969" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574009v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Pouye" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Maury" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2024.110045" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112539" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04601518v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Kirby" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118534" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409313v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.118230" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001785v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Skvortsov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.113899" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335375v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2591728523500202" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150208v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117891" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113016v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyrode" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Totaro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Bot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0019551" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123695v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110454" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850625v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansha Gao" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116423" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911898v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.108052" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763420v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Zhu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117221" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763448v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cikai Lin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyani Shankar Sharma" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Eggler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107479" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Redon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0009368" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566764v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.108888" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566197v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.116803" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763461v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117206" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176274v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Zheng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.107722" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426016v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2021.103378" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176229v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karimi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croaker" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Skvortsov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kirby" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0003498" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440296v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Tyrode" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2021.0488" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141175v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.115982" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936140v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107225" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517413v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marsick" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Macgillivray" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0008907" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116359" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997853v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongyu Hu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Cheng" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107727" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942151v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107262" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290508v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouye" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pachebat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116307" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176252v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Robin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115372" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414443v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115016" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025304v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dana" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Julien Bernard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0002353" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952063v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107424" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025332v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115841" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414516v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Croaker" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.102814" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958565v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Marburg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115652" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414405v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kessissoglou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.102758" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414285v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Kassab" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106332" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922216v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.039" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414364v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106312" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896738v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.011" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922213v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.038" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922209v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marchetto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5037362" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339870v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kassab" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922205v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.08.010" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481002v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yg&#228;al Renou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Audoly" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.01.039" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508109v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4977751" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710839v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra L van Buren" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cogan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet-Reboul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.02.020" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710837v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4985126" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444453v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Dong Hwang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Gerges" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guyader" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.01.024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468565v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4962235" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508112v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L Guyader" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leissing" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.09.030" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508099v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4960516" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272237v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Meyer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470460v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.05.049" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277091v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Guyader" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leissing" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audoly" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215615627" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162151v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngels Aragon&#232;s" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.04.001" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162156v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moriot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Gastaldi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;risse" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2014.07.022" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994286v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.01.002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872485v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.09.007" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006122v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vouagner" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thirard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Deslot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879258v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.07.020" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879256v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Denis" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4768875" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668987v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Aucejo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2012.04.010" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744504v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4005838" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744503v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668981v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aucejo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Totaro" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2010.02.010" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414231v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ginoux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3436526" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414933v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019994v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cacciolati" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162178v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-460X(02)01459-1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162185v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3192" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162187v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3193" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9EF96889872B3E452F29950FF097D53929082B5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323368v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337038v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Leon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chati" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0037437" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822378v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822499v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822388v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822371v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Perin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192880v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G S Sharma" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kessissoglou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822401v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579031v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decaux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hugues" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lecl&#232;re" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763471v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847998v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Totaro" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797274v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848061v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847991v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Serbout" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leclere" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579020v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427208v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-2535" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427207v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1730" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427206v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579022v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579016v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro C M Cer&#226;ntola" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Maxit" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo P R de Oliveira" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229450v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0409" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235429v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0126" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235438v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0272" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235445v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0421" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498078v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maury" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pachebat" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235428v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0084" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063889v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0448" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414557v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Ling" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414570v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414731v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404658v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922786v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922255v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bernard" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829435v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1506" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922224v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922797v2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daipei Liu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922234v2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dana" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338869v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922760v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Atalla" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lossouarn" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131350v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Buren" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414819v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Li" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468957v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468964v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277574v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leissing Thomas" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217633v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217635v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277567v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994780v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berton" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Juv&#233;" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031092v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vouagner Pascal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirard Christophe" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Deslot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994171v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359851v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Moriot" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gastaldi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Perisse" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2013.6727942" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994175v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031665v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scherrer Roch" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993944v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032441v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Moriot" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179181v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994543v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01030854v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032039v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Scherrer" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994403v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841464v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994597v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scherrer" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertinier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994592v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823971v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823977v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4799564" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744516v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744514v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744511v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Yu" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744507v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032425v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744519v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744517v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534639v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538275v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539655v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538357v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538273v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538261v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Stelzer" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Pavic" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546837v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Beretti" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415795v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416364v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414929v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414927v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414928v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414892v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414828v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132349v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cacciolati" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132344v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132326v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vig&#232;" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacques" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121084v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121058v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121068v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00777764v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-05448891v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Maxit" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-05448826v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Kha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Karimi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40857-025-00358-y" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314697v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Deng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Guasch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119493" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129709v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dumortier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Meyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2024065" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376938v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Antoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duvauchelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerem Ege" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girardin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aacus/2025063" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118815" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941238v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Plouseau-Gu&#233;d&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0034868" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098464v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Martins" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.112855" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171931v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cer&#226;ntola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119316" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mougey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119363" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233530v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40857-025-00357-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409313v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesam Abtahi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.118230" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489813v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0024999" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04591856v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2024.104135" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192792v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumortier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Meyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117969" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574009v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Pouye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Maury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2024.110045" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2024.112539" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04601518v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Kirby" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2024.118534" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123695v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110454" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113016v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyrode" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Totaro" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Bot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0019551" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911898v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nansha Gao" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.108052" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850625v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2022.116423" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001785v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Skvortsov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.113899" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2591728523500202" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150208v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2023.117891" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566197v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.116803" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763461v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117206" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cikai Lin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyani Shankar Sharma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Eggler" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2022.107479" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763420v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Zhu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117221" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586887v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Redon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0009368" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.108888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942151v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Zheng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107262" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290508v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pachebat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116307" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426016v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2021.103378" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176274v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.107722" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176229v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karimi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croaker" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Skvortsov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kirby" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0003498" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440296v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Tyrode" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2021.0488" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141175v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.115982" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107225" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426020v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marsick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116359" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517413v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Macgillivray" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0008907" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997853v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongyu Hu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Cheng" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107727" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414405v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kessissoglou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.102758" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414443v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.115016" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176252v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Robin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115372" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025304v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dana" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Julien Bernard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0002353" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025332v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115841" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952063v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107424" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414516v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Croaker" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.102814" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958565v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Marburg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2020.115652" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922213v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.038" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896738v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.011" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414285v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Kassab" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106332" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922216v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.039" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414364v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106312" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339870v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kassab" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Michel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922209v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marchetto" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5037362" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922205v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.08.010" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481002v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yg&#228;al Renou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Audoly" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.01.039" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508109v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4977751" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710839v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra L van Buren" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Ouisse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Cogan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet-Reboul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.02.020" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710837v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4985126" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444453v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Dong Hwang" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Gerges" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guyader" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.01.024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470460v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.05.049" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468565v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4962235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508112v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L Guyader" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leissing" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.09.030" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508099v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4960516" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272237v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Meyer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162151v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#192;ngels Aragon&#232;s" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.04.001" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277091v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Guyader" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Leissing" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audoly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215615627" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162156v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Moriot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Gastaldi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;risse" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2014.07.022" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994286v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.01.002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872485v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.09.007" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006122v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vouagner" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thirard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Deslot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879256v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Denis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4768875" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879258v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.07.020" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668987v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Aucejo" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2012.04.010" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744504v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4005838" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744503v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414231v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ginoux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3436526" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668981v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aucejo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Totaro" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2010.02.010" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414933v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019994v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cacciolati" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162178v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-460X(02)01459-1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162185v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3192" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162187v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jsvi.2000.3193" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9EF96889872B3E452F29950FF097D53929082B5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323368v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337038v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Leon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chati" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0037437" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822378v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822499v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822388v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822371v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Perin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192880v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G S Sharma" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kessissoglou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822401v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579031v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decaux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Hugues" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lecl&#232;re" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847994v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leclere" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797274v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847998v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Totaro" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763471v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848061v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847991v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Serbout" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579020v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427208v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-2535" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427207v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1730" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427206v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579022v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579016v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro C M Cer&#226;ntola" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Maxit" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo P R de Oliveira" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063889v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0448" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235429v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0126" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229450v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0409" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235438v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0272" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235445v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0421" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498078v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maury" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pachebat" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235428v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0084" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414731v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404658v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414557v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Ling" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414570v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338869v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922760v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Atalla" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lossouarn" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922786v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922255v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bernard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922224v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829435v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2018-01-1506" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922797v2" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daipei Liu" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922234v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dana" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernard" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131350v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Buren" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414819v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Li" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468964v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468957v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277574v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leissing Thomas" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217635v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217633v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277567v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032441v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Moriot" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994780v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berton" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Juv&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031092v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vouagner Pascal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thirard Christophe" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Deslot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994171v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359851v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Moriot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gastaldi" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Perisse" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2013.6727942" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994175v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01031665v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scherrer Roch" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993944v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823977v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4799564" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179181v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994543v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01030854v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032039v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Scherrer" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994403v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994597v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scherrer" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertinier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841464v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994592v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823971v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744516v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744514v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744511v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Yu" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744507v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032425v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744517v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744519v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538275v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534639v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539655v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538357v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538273v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546837v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Beretti" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538261v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Stelzer" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Pavic" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416364v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00415795v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414928v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414929v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414927v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414892v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414828v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132344v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cacciolati" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132349v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132326v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vig&#232;" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacques" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121084v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121058v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121068v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00777764v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-05448891v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Maxit" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-05448826v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>