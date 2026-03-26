--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -715,672 +715,672 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meteorological export and deposition fluxes of black carbon on glaciers of the central Chilean Andes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Landes forest fires on air quality in France during the 2022 summer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arineh Cholakian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rémy Lapere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Couvidat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Pennel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23, pp.1749-1768. </w:t>
+              <w:t xml:space="preserve">, 2023, 23, pp.7281-7296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-23-1749-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-23-7281-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03993961v1</w:t>
+                <w:t xml:space="preserve">insu-04195503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AerSett v1.0: a simple and straightforward model for the settling speed of big spherical atmospheric aerosols</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new process-based and scale-aware desert dust emission scheme for global climate models - Part I: Description and evaluation against inverse modeling emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Pennel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Danny M. Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper F. Kok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longlei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory S. Okin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-16-1119-2023⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23, pp.6487-6523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-23-6487-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04107228v1</w:t>
+                <w:t xml:space="preserve">insu-04195512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Landes forest fires on air quality in France during the 2022 summer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the Guinea coast upwelling on atmospheric dynamics, precipitation and pollutant transport over southern West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle de Coëtlogon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Deroubaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gaetani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23, pp.7281-7296. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-23-7281-2023⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 23 (24), pp.15507-15521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-23-15507-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04195503v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04083138v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Guinea coast upwelling on atmospheric dynamics, precipitation and pollutant transport over southern West Africa</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+                <w:t xml:space="preserve">AerSett v1.0: a simple and straightforward model for the settling speed of big spherical atmospheric aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Gaetani</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arineh Cholakian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pennel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-23-15507-2023⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, pp.1119 - 1127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-16-1119-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04083138v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04107228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new process-based and scale-aware desert dust emission scheme for global climate models - Part I: Description and evaluation against inverse modeling emissions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Longlei Li</w:t>
+                <w:t xml:space="preserve">Meteorological export and deposition fluxes of black carbon on glaciers of the central Chilean Andes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lapere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory S. Okin</w:t>
+                <w:t xml:space="preserve">Nicolás Huneeus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Prigent</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florian Couvidat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23, pp.6487-6523. </w:t>
+              <w:t xml:space="preserve">, 2023, 23, pp.1749-1768. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-23-6487-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-23-1749-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04195512v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03993961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthropogenic Emission Scenarios over Europe with the WRF-CHIMERE-v2020 Models: Impact of Duration and Intensity of Reductions on Surface Concentrations during the Winter of 2015</w:t>
               </w:r>
@@ -1405,51 +1405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pennel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1613,51 +1613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Costantino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1838,77 +1838,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity of low-level clouds and precipitation to anthropogenic aerosol emission in southern West Africa: a DACCIWA case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Knippertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1985,90 +1985,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Wildfires on Mineral Dust Emissions in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arineh Cholakian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pennel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 127, </w:t>
@@ -2234,265 +2234,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03993994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning techniques applied to super-resolution chemistry transport modeling for operational uses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Beauchamp</w:t>
+                <w:t xml:space="preserve">The 2017 Mega-Fires in Central Chile: Impacts on Regional Atmospheric Composition and Meteorology Assessed from Satellite Data and Chemistry-Transport Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lapere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2515-7620/ac17f7⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), pp.344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos12030344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03750400v2</w:t>
+                <w:t xml:space="preserve">hal-03197709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2017 Mega-Fires in Central Chile: Impacts on Regional Atmospheric Composition and Meteorology Assessed from Satellite Data and Chemistry-Transport Modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+                <w:t xml:space="preserve">Deep learning techniques applied to super-resolution chemistry transport modeling for operational uses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Fablet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Pisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (3), pp.344. </w:t>
+              <w:t xml:space="preserve">Environmental Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (8), pp.085001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos12030344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2515-7620/ac17f7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197709v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750400v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Ragweed Pollen Daily Release Intensity on Long-Range Transport in Western Europe</w:t>
               </w:r>
@@ -2504,51 +2504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2589,611 +2589,611 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03280327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soccer games and record-breaking PM 2.5 pollution events in Santiago, Chile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">APIFLAME v2.0 biomass burning emissions model: impact of refined input parameters on atmospheric concentration in Portugal in summer 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Turquety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Lapere</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Maille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Hadji-Lazaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-20-4681-2020⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.2981-3009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-13-2981-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996166v1</w:t>
+                <w:t xml:space="preserve">insu-02441515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APIFLAME v2.0 biomass burning emissions model: impact of refined input parameters on atmospheric concentration in Portugal in summer 2016</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">New strategies for vertical transport in chemistry-transport models: application to the case of the Mount Etna eruption on March 18, 2012 with CHIMERE v2017r4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lachatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Juliette Hadji-Lazaro</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Sellitto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 13, pp.2981-3009. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-13-2981-2020⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 13, pp.5707-5723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-13-5707-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02441515v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New strategies for vertical transport in chemistry-transport models: application to the case of the Mount Etna eruption on March 18, 2012 with CHIMERE v2017r4</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Lachatre</w:t>
+                <w:t xml:space="preserve">Impact of Lightning NOx Emissions on Atmospheric Composition and Meteorology in Africa and Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pennel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-13-5707-2020⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (10), pp.1128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos11101128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02976016v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Lightning NOx Emissions on Atmospheric Composition and Meteorology in Africa and Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soccer games and record-breaking PM 2.5 pollution events in Santiago, Chile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lapere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Siour</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Huneeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (10), pp.1128. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (8), pp.4681 - 4694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos11101128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-4681-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011625v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the mineralogical composition and solubility of mineral dust in the Mediterranean area with CHIMERE 2017r4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3270,77 +3270,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pennel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 741, pp.140426. </w:t>
@@ -3378,90 +3378,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathways for wintertime deposition of anthropogenic light-absorbing particles on the Central Andes cryosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Lapere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás Huneeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.115901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3495,77 +3495,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diurnal cycle of coastal anthropogenic pollutant transport over southern West Africa during the DACCIWA campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3746,77 +3746,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Tuccella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gaetani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19, pp.14657-14676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3889,51 +3889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3997,51 +3997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of wildfires on particulate matter in the Euro-Mediterranean in 2007: sensitivity to some parameterizations of emissions in air quality models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Sartelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4112,459 +4112,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02025003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions of atmospheric gases and aerosols with the monsoon dynamics over the Sudano-Guinean region during AMMA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Impact of biomass burning on pollutants surface concentrations in megacities of the Gulf of Guinea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Turquety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chazette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 18 (1), pp.445-465. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-18-445-2018⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 18 (4), pp.2687-2707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-18-2687-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01562274v1</w:t>
+                <w:t xml:space="preserve">insu-01591070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol distribution in the northern Gulf of Guinea: local anthropogenic sources, long-range transport, and the role of coastal shallow circulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chazette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gaetani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18, pp.12363-12389. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-18-12363-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01768651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of biomass burning on pollutants surface concentrations in megacities of the Gulf of Guinea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions of atmospheric gases and aerosols with the monsoon dynamics over the Sudano-Guinean region during AMMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Deroubaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chazette</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 18 (4), pp.2687-2707. </w:t>
+              <w:t xml:space="preserve">, 2018, 18 (1), pp.445-465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-18-2687-2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-18-445-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01591070v1</w:t>
+                <w:t xml:space="preserve">insu-01562274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an inorganic and organic aerosol model (Chimere2017β v1.0) : seasonal and spatial evaluation over Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5039,51 +5039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mo Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5173,51 +5173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5454,51 +5454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrto Valari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10, pp.2397-2423. </w:t>
@@ -5634,3262 +5634,3274 @@
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 155, pp.68-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2017.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01868316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l'observation satellitaire à l'analyse et à la prévision de la qualité de l'air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Attié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clerbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Météorologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 97, pp.34-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4267/2042/62165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01762711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presentation of the EURODELTA III intercomparison exercise - evaluation of the chemistry transport models' performance on criteria pollutants and joint analysis with meteorology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of real-time refractivity measurements by radar with automatic weather stations, AROME-WMED and WRF forecast simulations during SOP1 of the HyMeX campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihaela Mircea</w:t>
+                <w:t xml:space="preserve">Lucas Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cornelius Cuvelier</w:t>
+                <w:t xml:space="preserve">Olivier Caumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armin Aulinger</w:t>
+                <w:t xml:space="preserve">Laurent Goulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-16-12667-2016⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 142 (S1), pp.138-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qj.2799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01863109v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01293204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of real-time refractivity measurements by radar with automatic weather stations, AROME-WMED and WRF forecast simulations during SOP1 of the HyMeX campaign</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Besson</w:t>
+                <w:t xml:space="preserve">Presentation of the EURODELTA III intercomparison exercise - evaluation of the chemistry transport models' performance on criteria pollutants and joint analysis with meteorology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Caumont</w:t>
+                <w:t xml:space="preserve">Guido Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Goulet</w:t>
+                <w:t xml:space="preserve">Mihaela Mircea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Bastin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Menut</w:t>
+                <w:t xml:space="preserve">Cornelius Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armin Aulinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/qj.2799⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16, pp.12667-12701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-12667-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01293204v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01863109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using statistical models to explore ensemble uncertainty in climate impact studies: the example of air pollution in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent E.P. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (4), pp.2559-2574. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-16-2559-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01306702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations and regional modeling of aerosol optical properties, speciation and size distribution over Northern Africa and western Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16, pp.12961-12982. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-12961-2016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01863110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of the Chemistry-Aerosol Mediterranean Experiment/Aerosol Direct Radiative Forcing on the Mediterranean Climate (ChArMEx/ADRIMED) summer 2013 campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Formenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sciare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (2), pp.455-504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-16-455-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01258732v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l’agriculture sur les concentrations en particules dans l’atmosphère et l’apport de la modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Numéro spécial, pp.153-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating aerosols over Arabian Peninsula with CHIMERE : Sensitivity to soil, surface parameters and anthropogenic emission inventories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Naseema Beegum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Gherboudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naira Chaouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Couvidat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 128, pp.185-197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MACC regional multi-model ensemble simulations of birch pollen dispersion in Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Derivation of an observation-based map of North African dust emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">U. Berger</w:t>
+                <w:t xml:space="preserve">Amato T. Evan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marje Prank</w:t>
+                <w:t xml:space="preserve">Stephanie Fiedler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julius Vira</w:t>
+                <w:t xml:space="preserve">Chun Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Arteta</w:t>
+                <w:t xml:space="preserve">Kerstin Schepanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (4), pp.8115-8130. </w:t>
+              <w:t xml:space="preserve">Aeolian Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, pp.153-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-15-8115-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aeolia.2015.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01862555v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution air quality simulation over Europe with the chemistry transport model CHIMERE</w:t>
+                <w:t xml:space="preserve">Ozone and aerosol tropospheric concentrations variability analyzed using the ADRIMED measurements and the WRF and CHIMERE models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Terrenoire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+                <w:t xml:space="preserve">L. Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Rouil</w:t>
+                <w:t xml:space="preserve">G. Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Tognet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guido Pirovano</w:t>
+                <w:t xml:space="preserve">B. Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 8 (1), pp.21-42. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (11), pp.6159-6182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-8-21-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-15-6159-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01862516v1</w:t>
+                <w:t xml:space="preserve">hal-01206614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ozone and aerosol tropospheric concentrations variability analyzed using the ADRIMED measurements and the WRF and CHIMERE models</w:t>
+                <w:t xml:space="preserve">High resolution air quality simulation over Europe with the chemistry transport model CHIMERE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Menut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+                <w:t xml:space="preserve">Etienne Terrenoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Siour</w:t>
+                <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bessagnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Turquety</w:t>
+                <w:t xml:space="preserve">Frédéric Tognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (11), pp.6159-6182. </w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.21-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-15-6159-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/gmd-8-21-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01206614v1</w:t>
+                <w:t xml:space="preserve">ineris-01862516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derivation of an observation-based map of North African dust emission</w:t>
+                <w:t xml:space="preserve">MACC regional multi-model ensemble simulations of birch pollen dispersion in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amato T. Evan</w:t>
+                <w:t xml:space="preserve">Mikhail Sofiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Fiedler</w:t>
+                <w:t xml:space="preserve">U. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chun Zhao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Menut</w:t>
+                <w:t xml:space="preserve">Marje Prank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerstin Schepanski</w:t>
+                <w:t xml:space="preserve">Julius Vira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Arteta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aeolian Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aeolia.2015.01.001⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (4), pp.8115-8130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-15-8115-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01114309v1</w:t>
+                <w:t xml:space="preserve">ineris-01862555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A regional air quality forecasting system over Europe : the MACC-II daily ensemble production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Marécal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent-Henri Peuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Arteta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 8, pp.2777-2813. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-8-2777-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01862566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source contributions to 2012 summertime aerosols in the Euro-Mediterranean region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (14), pp.8013-8036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-15-8013-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol forecast over the Mediterranean area during July 2013 (ADRIMED/CHARMEX)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (14), pp.7897-7911. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-15-7897-2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions aérosols- rayonnement-climat en région méditerranéenne Impact de l'effet radiatif direct sur le cycle de l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nabat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nabat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Paola Formenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sciare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Météorologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 91, pp.29-38. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/57860⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01233173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHIMERE 2013 : a model for regional atmospheric composition modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (4), pp.981-1028. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-6-981-2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00961818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictability of the Meteorological Conditions Favourable to Radiative Fog Formation During the 2011 ParisFog Campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Haeffelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Elias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 150 (2), pp.277-297. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10546-013-9875-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01087720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum to: EURO-CORDEX: new high-resolution climate change projections for European impact research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Petersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastian Eggert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ole Bøssing Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Environmental Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (2), pp.579-581. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10113-014-0587-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01083554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APIFLAME v1.0: high-resolution fire emission model and application to the Euro-Mediterranean region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Viovy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 7, pp.587-612. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-7-587-2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EURO-CORDEX: new high-resolution climate change projections for European impact research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Petersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastian Eggert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ole Bossing Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regional Environmental Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (2), pp.563-578. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10113-013-0499-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the scales in a eulerian air quality model to assess megacity export of pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Siour</w:t>
+                <w:t xml:space="preserve">Evaluation of regional climate simulations for air quality modelling purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Om Tripathi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Coll</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanouil Flaounas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2013.04.001⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (9-10), pp.2515-2533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-012-1345-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00963471v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00963472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverting for volcanic SO2 flux at high temporal resolution using spaceborne plume imagery and chemistry-transport modelling: the 2010 Eyjafjallajökull eruption case-study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Boichu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Clarisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clerbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (17), pp.8569-8584. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-13-8569-2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00799237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of regional climate simulations for air quality modelling purposes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bridging the scales in a eulerian air quality model to assess megacity export of pollution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Emmanouil Flaounas</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.271-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2013.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00382-012-1345-9⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">ineris-00963472v1</w:t>
+                <w:t xml:space="preserve">ineris-00963471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the impact of the vertical resolution on chemistry-transport modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8898,982 +8910,982 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostiyanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 67, pp.370-384. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2012.11.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00961802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European atmosphere in 2050, a regional air quality and climate perspective under CMIP5 scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shilpa Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (15), pp.7451-7471. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-13-7451-2013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00961809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution atmosphérique et climat</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Rouil</w:t>
+                <w:t xml:space="preserve">Simulation of size-segregated aerosol chemical composition over northern Italy in clear sky and wind calm conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.C. Landi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Curci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 125-126, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosres.2013.01.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00961814v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00963460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ensemble reconstruction of the atmospheric column from surface pressure using analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Yiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 41 (41795), pp.1333-1344. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-012-1626-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01092231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of size-segregated aerosol chemical composition over northern Italy in clear sky and wind calm conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Menut</w:t>
+                <w:t xml:space="preserve">Pollution atmosphérique et climat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Schucht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, SpÃ©cial climat, pp.78-83</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">ineris-00963460v1</w:t>
+                <w:t xml:space="preserve">ineris-00961814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of surface roughness and soil texture on mineral dust emission fluxes modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Haustein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 118 (12), pp.6505-6520. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jgrd.50313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of realistic hourly emissions profiles on air pollutants concentrations modelled with CHIMERE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Goussebaile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostiyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 49, pp.233-244. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2011.11.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of gas and aerosol with WRF/Chem over Europe : evaluation and sensitivity study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Tuccella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Curci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Visconti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9882,2118 +9894,2118 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 117, pp.D03303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2011JD016302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidar signal simulation for the evaluation of aerosols in chemistry transport models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stavros Stromatas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chepfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 5 (6), pp.1543-1564. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-5-1543-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00961791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model of the Regional Coupled Earth system (MORCE): Application to process and climate studies in vulnerable regions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3-D evaluation of tropospheric ozone simulations by an ensemble of regional Chemistry Transport Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
+                <w:t xml:space="preserve">Denis Zyryanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Samson</w:t>
+                <w:t xml:space="preserve">Gilles Foret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Stéfanon</w:t>
+                <w:t xml:space="preserve">Maxime Eremenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Beekmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2012.01.017⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.3219-3240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-12-3219-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00679314v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00961777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D evaluation of tropospheric ozone simulations by an ensemble of regional Chemistry Transport Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model of the Regional Coupled Earth system (MORCE): Application to process and climate studies in vulnerable regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Drobinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Zyryanov</w:t>
+                <w:t xml:space="preserve">Alesandro Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Foret</w:t>
+                <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Eremenko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthias Beekmann</w:t>
+                <w:t xml:space="preserve">Guillaume Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Cammas</w:t>
+                <w:t xml:space="preserve">Marc Stéfanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12, pp.3219-3240. </w:t>
+              <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-12-3219-2012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsoft.2012.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-00961777v1</w:t>
+                <w:t xml:space="preserve">hal-00679314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using a chemistry transport model to account for the spatial variability of exposure concentrations in epidemiologic air pollution studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrto Valari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chatignoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Air and Waste Management Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 61 (2), pp.164-179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3155/1047-3289.61.2.164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01132269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la composition chimique de la troposphère avec CHIMERE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Khvorostiyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Météorologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 75, pp.23-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4267/2042/45802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of dry deposition of semi-volatile organic compounds on secondary organic aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Seigneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44, pp.1781-1787. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2010.01.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00589313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric composition forecasting in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Geophysicae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 28 (1), pp.61-74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/angeo-28-61-2010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00961743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing in near real time the impact of the April 2010 Eyjafjallajökull ash plume on air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chiappini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Haeffelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 45, pp.1217-1221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2010.09.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00681690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PREV'AIR : an operational forecasting and mapping system for air quality in Europe</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Matthias Beekmann</w:t>
+                <w:t xml:space="preserve">The impact of MM5 and WRF meteorology over complex terrain on CHIMERE model calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. de Meij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gzella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Thunis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/2008BAMS2390.1⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (17), pp.6611-6632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-9-6611-2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00961933v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00961939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional modeling of carbonaceous aerosols over Europe—focus on secondary organic aerosols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PREV'AIR : an operational forecasting and mapping system for air quality in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Rouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Honore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Beekmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Atmospheric Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 90 (1), pp.73-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/2008BAMS2390.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10874-009-9129-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00518382v1</w:t>
+                <w:t xml:space="preserve">ineris-00961933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of MM5 and WRF meteorology over complex terrain on CHIMERE model calculations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Cuvelier</w:t>
+                <w:t xml:space="preserve">Regional modeling of carbonaceous aerosols over Europe—focus on secondary organic aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Curci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Thunis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+                <w:t xml:space="preserve">Alma Hodzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-9-6611-2009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Atmospheric Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 61 (3), pp.175-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10874-009-9129-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00961939v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00518382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictability of mineral dust concentrations: The African Monsoon Multidisciplinary Analysis first short observation period forecasted with CHIMERE‐DUST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 114 (D7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2008JD010523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Previsibility of mineral dust concentrations: The CHIMERE-DUST forecast during the first AMMA experiment dry season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00360125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Saharan dust on radionuclides aerosol activity levels in Europe ? The 21-22 february 2004 case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 114 (art D16202), pp.NC. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2009JD011767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-year assessment of photochemical air quality simulation over spain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta G. Vivanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Palomino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Modelling and Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4 (1), pp.63-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envsoft.2008.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling dust emissions and transport within Europe : the Ukraine march 2007 event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Aymoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chepfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 113 (D15), pp.art D15202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2007JD009541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictability of European air quality : assessment of 3 years of operational forecasts and analyses by the PREV'AIR system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12002,473 +12014,473 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 113 (D4), pp.art D04301. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2007JD008761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00963111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol distribution over the western Mediterranean basin during a Tramontane/Mistral event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Geophysicae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25 (11), pp.2271-2291. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/angeo-25-2271-2007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00227390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse modeling of surface NO x anthropogenic emission fluxes in the Paris area during the Air Pollution Over Paris Region (ESQUIF) campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bergametti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 112 (D24), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2007JD008871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity of mineral dust concentrations to the model size distribution accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bergametti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 112 (D10), pp.D10210. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006JD007766⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary layer photochemistry simulated with a two-stream convection scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Maidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12486,829 +12498,829 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 41 (37), pp.8275-8287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2007.06.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional transport and dilution during high-pollution episodes in southern France: Summary of findings from the Field Experiment to Constraint Models of Atmospheric Pollution and Emissions Transport (ESCOMPTE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Saïd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ancellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquim Arteta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 112 (D13), pp.D13105. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2006JD007494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00161535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are decadal anthropogenic emission reductions in Europe consistent with surface ozone observations ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthias Beekmann</w:t>
+                <w:t xml:space="preserve">A Lagrangian analysis of the impact of transport and transformation on the ozone stratification observed in the free troposphere during the ESCOMPTE campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Ancellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve R. Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (2), pp.1915-1951</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00963023v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lagrangian analysis of the impact of transport and transformation on the ozone stratification observed in the free troposphere during the ESCOMPTE campaign</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérard Ancellet</w:t>
+                <w:t xml:space="preserve">Are decadal anthropogenic emission reductions in Europe consistent with surface ozone observations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve R. Arnold</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Didier Hauglustaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 33 (13), pp.art n° L13810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GL026080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00327838v1</w:t>
+                <w:t xml:space="preserve">ineris-00963023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lagrangian analysis of the impact of transport and transformation on the ozone stratification observed in the free troposphere during the ESCOMPTE campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Ancellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve R. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 6 (11), pp.3503</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00328458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the contribution of natural Aeolian sources to particulate matter concentrations in Europe : testing hypotheses with a modelling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 39 (18), pp.3291-3303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2005.01.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00962953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurements and modelling of atmospheric pollution over the Paris area: an overview of the ESQUIF Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Abonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Geophysicae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 18 (11), pp.1467-1481. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00585-000-1467-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00329170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13318,51 +13330,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the black and brown carbon absorption and their radiative impact: the June 2023 intense Canadian boreal wildfires case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Tuccella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13371,94 +13383,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovico Di Antonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Di Muzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colaiuda Valentina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04755465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13468,799 +13480,799 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weather regime characterisation of the atmospheric environment leading to the development of tropical cyclones in the Northern Tropical Atlantic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-dimensional pathways of Saharan dust export over the North Atlantic during the CADDIWA field campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cuesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marco Gaetani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Delanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2023, Vienna and Online, Austria. pp.EGU23-4556, </w:t>
+              <w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-10020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-4556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-10020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04473409v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04138380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional pathways of Saharan dust export over the North Atlantic during the CADDIWA field campaign</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Weather regime characterisation of the atmospheric environment leading to the development of tropical cyclones in the Northern Tropical Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gaetani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Delanoë</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId417" w:history="1">
+                <w:t xml:space="preserve">Tanguy Jonville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chaboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-10020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-10020⟩</w:t>
+              <w:t xml:space="preserve">, Apr 2023, Vienna and Online, Austria. pp.EGU23-4556, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-4556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04138380v1</w:t>
+                <w:t xml:space="preserve">insu-04473409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic evaluation of atmospheric chemistry-transport model CHIMERE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dmitry Khvorostyanov</w:t>
+                <w:t xml:space="preserve">Transport and Vertical Distribution of Urban Pollutants over the Guinean Gulf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Deroubaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.EGU2017-14115</w:t>
+              <w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01853466v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01660704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of vegetation fires on tropospheric chemical composition in the Guinean Gulf and on megacities air quality.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Turquety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Adrien Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Meynadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01660431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport and Vertical Distribution of Urban Pollutants over the Guinean Gulf</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Flamant</w:t>
+                <w:t xml:space="preserve">Systematic evaluation of atmospheric chemistry-transport model CHIMERE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Khvorostyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Siour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Couvidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, vienna, Austria</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.EGU2017-14115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01660704v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01853466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of seven chemistry transport models in the framework of EURODELTA III intercomparison exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Mircea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta G. Vivanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelius Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. International Conference on Harmonisation within Atmospheric Dispersion Modelling for Regulatory Purposes (HARMO 18)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Bologne, Italy. pp.115-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01863208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle méthode d'exploration d'ensemble : l'impact du climat sur la qualité de l'air en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14275,100 +14287,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Edition des Journées Interdisciplinaires de la Qualité de l'Air (JIQA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01863851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterising an intense PM pollution episode in march 2015 in France from multi-site approach and near real time data : climatology, variabilities, geographical origins and model evaluation</w:t>
+                <w:t xml:space="preserve">The intense PM pollution episode in France during March 2015: multi-site approach and near real time data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14384,116 +14396,116 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. AAAR annual conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Portland, United States</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01854712v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01854289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The intense PM pollution episode in France during March 2015: multi-site approach and near real time data</w:t>
+                <w:t xml:space="preserve">Characterising an intense PM pollution episode in march 2015 in France from multi-site approach and near real time data : climatology, variabilities, geographical origins and model evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Favez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14509,103 +14521,103 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">35. AAAR annual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01854289v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01854712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart climate ensemble exploring approaches : the example of climate impacts on air pollution in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14620,1859 +14632,1859 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienne, Austria. pp.EGU2016-5829</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of boreal wildfires on air quality: from regional to hemispheric scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laxmi Sushama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernado S. Teufel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IASI International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Antibes Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01306363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of climate policies on European air quality in the 21st century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Schucht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Holland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zbigniew Klimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International scientific conference "Our common future under climate change"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France. pp.169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01852986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the vertical and horizontal resolution on chemistry transport modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">European atmosphere in 2050, a regional air quality and climate perspective under CMIP5 scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Szopa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shilpa Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33. International Technical Meeting on Air Pollution Modelling and its Application (ITM 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Miami, United States</w:t>
+              <w:t xml:space="preserve">ACCENT-Plus Symposium "Bringing together the European Research in atmospheric composition change : Challenges for the next decade"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Urbino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971248v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Europe in 2050, a regional air quality and climate perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00971128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European atmosphere in 2050, a regional air quality and climate perspective under CMIP5 scenarios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the vertical and horizontal resolution on chemistry transport modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Terrenoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Thunis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACCENT-Plus Symposium "Bringing together the European Research in atmospheric composition change : Challenges for the next decade"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Urbino, Italy</w:t>
+              <w:t xml:space="preserve">33. International Technical Meeting on Air Pollution Modelling and its Application (ITM 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Miami, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971224v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European air pollution in 2050, a regional air quality and climate perspective under CMIP5 scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shilpa Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00971240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European in 2050, a regional air quality and climate perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shilpa Rao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Regional Climate - CORDEX 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00971225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the impact of global changes on summer european surface ozone levels at the 2050 horizon</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fire emissions in Euro-Mediterranean area : evaluation of the impact on trace gases composition using satellite and surface observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Tripathi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Vautard</w:t>
+                <w:t xml:space="preserve">P. Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Turquety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavros Stromatas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970949v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire emissions in Euro-Mediterranean area : evaluation of the impact on trace gases composition using satellite and surface observations</w:t>
+                <w:t xml:space="preserve">Modelling the impact of global changes on summer european surface ozone levels at the 2050 horizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Messina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stavros Stromatas</w:t>
+                <w:t xml:space="preserve">Gaëlle Clain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Tripathi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-00970951v1</w:t>
+                <w:t xml:space="preserve">ineris-00970949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging the scales in a eulerian air quality model to assess the impact of megacity pollution export at the regional level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using satellite observations (IASI/METOP, A-Train) to analyze the impact of fire emissions on air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Coheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hurtmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clerbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Hadji-Lazaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D evaluation of simulated tropospheric ozone forecasted by an ensemble of regional CTM in the context of the GEMS project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Foret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Zyryanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Eremenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Vienna, Austria. pp.EGU2010-13465-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using IASI trace gas retrievals to analyze the impact of fire emissions on air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Coheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hurtmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd IASI International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00485500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the impact of the Eyjafjallajokull's eruption on surface air quality in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Alsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Biaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chiappini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Aerosol Conference 2010 (IAC 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of natural/biogenic sources to particulate matter levels over Europe : A multi-scale modelling study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Curci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16491,497 +16503,510 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post Processing of the Air Quality Forecasting system: PREV'AIR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Debry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Air Quality Forecasting Research (IWAQFR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Boulder, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of trace gas emission and transport during biomass burning events using IASI satellite observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Coheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hurtmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Clerbaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEIA-ACCENT 2009 Open Conference on Emissions of Gases and Aerosols. Progress and Modeling Needs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00451380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change impacts on air quality over Europe</w:t>
+                <w:t xml:space="preserve">Modeling dust emissions and transport within Europe : the Ukraine March 2007 event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Filippo Giorgi</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Aymoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chepfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970335v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of the aerosol core/shell mixing state over Europe by using CHIMERE simulations and AERONET inversions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Pere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chepfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, San Francisco, United States</w:t>
@@ -17004,286 +17029,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling dust emissions and transport within Europe : the Ukraine March 2007 event</w:t>
+                <w:t xml:space="preserve">Climate change impacts on air quality over Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérik Meleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Robert Vautard</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Giorgi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">5. EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-00970431v1</w:t>
+                <w:t xml:space="preserve">ineris-00970335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the contribution of the heterogeneous chemistry to nitrate concentrations over Europe based on modeling results and long-term and campaign measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Hodzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. NATO/CCMS International Technical Meeting on Air Pollution Modelling and its Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Leipzig, Germany. pp.503-513</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PREV'AIR, a plateforme for air quality monitoring and fore-casting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17291,887 +17303,887 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. NATO/CCMS International Technical Meeting on Air Pollution Modelling and its Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Leipzig, Germany. pp.293-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of carbonaceous aerosols with CHIMERE. Focus on secondary organic aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Seigneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betty Pun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Hodzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International aerosol modelIng algorithms conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Davis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol distribution over the western mediterranean basin during a Tramontane/Mistral event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Flamant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PREV'AIR, a platform for air quality monitoring and forecasting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId351" w:history="1">
+                <w:t xml:space="preserve">The PREV'AIR system : an operationnal system for air quality monitoring and forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérik Meleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Rouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Better air quality Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Yogyakarta, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970155v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PREV'AIR : un système opérationnel de prévision et de cartographie de la qualité de l'air en France et en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malherbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier expérimentation et instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2006, Brest, France. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00973248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PREV'AIR system : an operationnal system for air quality monitoring and forecasting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId351" w:history="1">
+                <w:t xml:space="preserve">PREV'AIR, a platform for air quality monitoring and forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Meleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Better air quality Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Yogyakarta, Indonesia</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970163v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application du modèle CHIMERE à la modélisation de l'ozone troposphèrique sur la péninsule ibérique et les îles Baléares pour les années 2003, 2004 et 2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Garcia Ivanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Palomino Marquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Séminaire national sur la qualité de l'air en Espagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Santander, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of aerosol optical thickness over Europe during the august 2003 heat wave as seen from CHIMERE model simulations and POLDER data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId354" w:history="1">
+                <w:t xml:space="preserve">Aerosol modeling at urban scale. An overview of the CHIMERE model performances using both chemical and optical aerosol measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Hodzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18186,225 +18198,225 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Accent Symposium "The changing chemical climate of the atmosphere"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Urbino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970029v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PREV'AIR, a plateform for air quality monitoring and forecasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Accent Symposium "The changing chemical climate of the atmosphere"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Urbino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerosol modeling at urban scale. An overview of the CHIMERE model performances using both chemical and optical aerosol measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId354" w:history="1">
+                <w:t xml:space="preserve">Evolution of aerosol optical thickness over Europe during the august 2003 heat wave as seen from CHIMERE model simulations and POLDER data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Hodzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18419,176 +18431,176 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Accent Symposium "The changing chemical climate of the atmosphere"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Urbino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00970028v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00970029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerosol modelling with CHIMERE in Europe. Recent developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bessagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Hodzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Honore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Asian Aerosol Conference 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Mumbai, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18598,443 +18610,443 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extensive Comparison Between a Set of European Dust Regional Models and Observations in the Western Mediterranean for the Summer 2012 Pre-ChArMEx/TRAQA Campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Basart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Baldasano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Douw G. Steyn; Nadine Chaumerliac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Air Pollution Modeling and its Application XXIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.79-83, 2016, 978-3-319-24476-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-24478-5_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01272473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of fire emissions on air quality in the Euro-Mediterranean region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Stromatas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Douw G. Steyn, Peter J.H. Builtjes, Renske M.A. Timmermans. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Air Pollution Modeling and its Application XXII NATO Science for Peace and Security Series C: Environmental Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.363-367, 2014, NATO Science for Peace and Security Series C: Environmental Security, 978-94-007-5576-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-5577-2_61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00740581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling regional air quality over decades : past and future trends in photochemical smog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Laval-Szopa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Beekmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Borrego C., Renner E. (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments in Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6, Elsevier. Amsterdam, pp.210-219, 2007, Air pollution modelling and its application XVIII, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1474-8177(07)06213-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId500" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-00970179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19044,404 +19056,404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of WRF forecast and regional climate simulations against HyMeX SOP1 measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Berthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Taillefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Mailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th HyMex Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Cassis, France. pp.PS3.25, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01184423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Satellite and Surface Observations of Trace Gases to Evaluate the Impact of Fire Emissions on Air Quality in Euro-Mediterranean Area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palmira Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Turquety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Stromatas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA Conference on Advances in Atmospheric Science and Applications (ATMOS 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00733728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HyMeX - Model of the Regional Coupled Earth system (MORCE): application to process and climate studies in the Mediterranean region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Drobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alesandro Anav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Stéfanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCRP Open Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Denver, United States. pp.TH224A, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00668530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19451,114 +19463,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE EXPERIMENTALE ET THEORIQUE DE LA COUCHE LIMITE ATMOSPHERIQUE EN AGGLOMERATION PARISIENNE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université Pierre et Marie Curie - Paris VI, 1997. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId510" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00116659v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId511"/>
+      <w:footerReference w:type="default" r:id="rId512"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -19626,51 +19638,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="93E56312"/>
+    <w:nsid w:val="207BC7F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19857,51 +19869,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-menut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9776-0812" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15228169X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014151v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tuccella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Di Antonio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muzio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Colaiuda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Lidori" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD042674" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429667v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bessagnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Thapa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikra Prasad Bajgai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Sahu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshini Saikia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-18675-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-05239275v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanhita Ghosh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arineh Cholakian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mailler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Menut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6273-2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04727831v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Mallios" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Amiridis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-5641-2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993961v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Huneeus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-1749-2023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04107228v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pennel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-1119-2023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195503v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-7281-2023" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04083138v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle de Co&#235;tlogon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Deroubaix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gaetani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-15507-2023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny M. Leung" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper F. Kok" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longlei Li" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory S. Okin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-6487-2023" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249947v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos14020224" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-4265-2023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cuesta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Costantino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-4471-2022" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249954v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubha Verma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rong Wang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abo4093" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03198739v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Knippertz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas H. Fink" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-3251-2022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993970v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037395" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993994v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lachatre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Sellitto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-13861-2022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03750400v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beauchamp" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pisoni" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ac17f7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03197709v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12030344" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280327v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitry Khvorostyanov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Meleux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060693" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02996166v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huneeus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4681-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02441515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Turquety" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Maille" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hadji-Lazaro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-2981-2020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02976016v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5707-2020" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03011625v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11101128" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559477v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Journet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-2051-2020" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935808v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140426" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03030470v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.115901" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01981087v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Brito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-473-2019" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353653v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-18-0002.1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02285945v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-14657-2019" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01979090v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Briant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10010020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02025003v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Majdi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Legorgeu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-785-2019" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01562274v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-445-2018" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01768651v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-12363-2018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01591070v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-2687-2018" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863249v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia-Vivanco" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Real" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-165-2018" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324444v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Benedetti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Reid" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marsham" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Giuseppe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-10615-2018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01826505v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-17-0173.1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01922647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balkanski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garnier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Evangeliou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34228-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863247v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Colette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo Dan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos8120251" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863165v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-1199-2017" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863150v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta G. Vivanco" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cuvelier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Theobald" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Tsyro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.11.042" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863164v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khvorostyanov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrto Valari" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-2397-2017" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01868316v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Petit" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2017.02.012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01762711v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Atti&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clerbaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62165" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863109v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Pirovano" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Mircea" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Cuvelier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Aulinger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-12667-2016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01293204v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Besson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goulet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.2799" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01306702v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent E.P. Lemaire" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-2559-2016" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863110v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-12961-2016" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01258732v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulac" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-455-2016" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854326v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854113v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naseema Beegum" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Gherboudj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naira Chaouch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.01.010" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CMG3RSDM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862555v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Sofiev" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Berger" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marje Prank" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Vira" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arteta" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-8115-2015" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862516v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Terrenoire" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rouil" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tognet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-21-2015" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206614v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menut" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siour" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bessagnet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-6159-2015" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114309v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amato T. Evan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Fiedler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Zhao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeolia.2015.01.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862566v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mar&#233;cal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent-Henri Peuch" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andersson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andersson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-2777-2015" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206626v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rea" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Briant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-8013-2015" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206619v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7897-2015" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01233173v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/57860" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961818v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khvorostyanov" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Blond" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-6-981-2013" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087720v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dupont" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Elias" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-013-9875-1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01083554v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Jacob" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Petersen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Eggert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole B&#248;ssing Christensen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0587-y" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01082605v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anav" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Viovy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maignan" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-587-2014" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963511v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Bossing Christensen" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-013-0499-2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963471v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Coll" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.04.001" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799237v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clarisse" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-8569-2013" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963472v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Om Tripathi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vautard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Flaounas" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-012-1345-9" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9RSBMLTL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961802v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khvorostiyanov" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2012.11.026" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961809v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laval-Szopa" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Rao" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-7451-2013" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961814v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Schucht" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092231v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Yiou" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salameh" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vautard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-012-1626-3" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ND9SZVPP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963460v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Landi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Curci" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carbone" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2013.01.009" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WDP92DSH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963474v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haustein" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50313" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963365v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Goussebaile" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ung" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2011.11.057" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V3DKCSQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963360v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Visconti" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD016302" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961791v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavros Stromatas" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chepfer" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pere" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-1543-2012" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679314v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesandro Anav" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebeaupin Brossier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Samson" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc St&#233;fanon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2012.01.017" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSVFJMDC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961777v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zyryanov" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foret" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Eremenko" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cammas" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-3219-2012" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132269v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chatignoux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3155/1047-3289.61.2.164" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963329v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monge" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/45802" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00589313v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seigneur" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2010.01.027" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35J49XNL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961743v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-28-61-2010" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681690v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chiappini" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2010.09.064" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961933v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Honore" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2008BAMS2390.1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00518382v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Hodzic" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillaume" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10874-009-9129-2" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961939v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Meij" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gzella" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thunis" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-6611-2009" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197734v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chiapello" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010523" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360125v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963183v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011767" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D15EF4A1E36C340B4841A16AC0209EFD7119B621/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963155v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Palomino" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Martin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2008.05.004" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-65P86JGV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963125v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aymoz" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD009541" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963111v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008761" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00227390v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-25-2271-2007" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326117v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pison" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bergametti" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008871" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326028v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JD007766" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVDX53SC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191913v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maidi" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2007.06.056" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJ7NP59X-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161535v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sa&#239;d" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Arteta" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JD007494" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963023v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hauglustaine" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL026080" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327838v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve R. Arnold" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328458v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00962953v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.01.051" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFJQFB0P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329170v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Abonnel" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00585-000-1467-y" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04755465v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colaiuda Valentina" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473409v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jonville" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4556" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04138380v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-10020" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853466v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01660431v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Meynadier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01660704v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863208v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863851v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854712v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854289v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854131v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01306363v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxmi Sushama" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado S. Teufel" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852986v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holland" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Klimont" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971248v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thunis" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971128v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971224v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Szopa" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971240v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971225v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970949v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Clain" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tripathi" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970951v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Messina" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970601v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970598v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Coheur" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hurtmans" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970599v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485500v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hurtmans" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970664v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Alsac" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Biaudet" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970533v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970559v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Debry" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451380v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pommier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970335v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Giorgi" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970430v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pont" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970431v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970180v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970178v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970321v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seigneur" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Pun" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970206v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Salameh" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970155v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00973248v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970163v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970133v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Ivanco" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Palomino Marquez" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970029v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970027v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970028v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970046v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01272473v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Basart" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulac" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Baldasano" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nabat" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24478-5_13" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740581v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stromatas" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5577-2_61" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970179v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-8177(07)06213-4" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184423v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Berthou" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taillefer" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Drobinski" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733728v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palmira Messina" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668530v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116659v2" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-menut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9776-0812" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15228169X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014151v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tuccella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Di Antonio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muzio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Colaiuda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Lidori" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD042674" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429667v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bessagnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Thapa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikra Prasad Bajgai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Sahu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arshini Saikia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-18675-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-05239275v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanhita Ghosh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arineh Cholakian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mailler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Menut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-6273-2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04727831v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Mallios" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Amiridis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-5641-2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195503v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pennel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-7281-2023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195512v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny M. Leung" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper F. Kok" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longlei Li" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory S. Okin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-6487-2023" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04083138v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle de Co&#235;tlogon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Deroubaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Flamant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gaetani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-15507-2023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04107228v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-1119-2023" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993961v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Huneeus" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Couvidat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-1749-2023" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249947v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos14020224" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04195501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-4265-2023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cuesta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Costantino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-4471-2022" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04249954v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubha Verma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rong Wang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abo4093" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03198739v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Knippertz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas H. Fink" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-3251-2022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993970v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JD037395" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993994v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lachatre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Sellitto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-13861-2022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03197709v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12030344" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03750400v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Beauchamp" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pisoni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ac17f7" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280327v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitry Khvorostyanov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Meleux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos12060693" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02441515v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Turquety" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Maille" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hadji-Lazaro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-2981-2020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02976016v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5707-2020" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03011625v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11101128" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02996166v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huneeus" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4681-2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559477v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Journet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-2051-2020" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935808v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140426" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03030470v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.115901" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01981087v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Brito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-473-2019" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02353653v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-18-0002.1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02285945v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-14657-2019" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01979090v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Briant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10010020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02025003v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Majdi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Sartelet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Legorgeu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-785-2019" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01591070v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chazette" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-2687-2018" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01768651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-12363-2018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01562274v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-445-2018" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863249v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia-Vivanco" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Real" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-11-165-2018" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324444v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Benedetti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Reid" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marsham" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Giuseppe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-10615-2018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01826505v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-17-0173.1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01922647v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Balkanski" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garnier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Evangeliou" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34228-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863247v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Colette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo Dan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos8120251" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863165v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-1199-2017" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863150v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta G. Vivanco" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cuvelier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Theobald" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Tsyro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.11.042" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863164v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khvorostyanov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrto Valari" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-2397-2017" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01868316v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Petit" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Amodeo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2017.02.012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7G9SN1DL-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01762711v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Atti&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clerbaux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62165" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01293204v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Besson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caumont" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goulet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.2799" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863109v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Pirovano" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Mircea" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Cuvelier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Aulinger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-12667-2016" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01306702v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent E.P. Lemaire" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-2559-2016" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863110v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-12961-2016" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01258732v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dulac" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Formenti" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nabat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-455-2016" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854326v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854113v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naseema Beegum" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Gherboudj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naira Chaouch" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.01.010" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CMG3RSDM-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114309v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amato T. Evan" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Fiedler" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Zhao" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Schepanski" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeolia.2015.01.001" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206614v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Menut" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bessagnet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-6159-2015" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862516v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Terrenoire" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rouil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tognet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-21-2015" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862555v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Sofiev" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Berger" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marje Prank" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Vira" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arteta" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-8115-2015" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01862566v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mar&#233;cal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent-Henri Peuch" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andersson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andersson" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-8-2777-2015" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206626v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rea" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Briant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-8013-2015" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206619v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7897-2015" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01233173v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/57860" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961818v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Khvorostyanov" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Blond" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-6-981-2013" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087720v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dupont" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Elias" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-013-9875-1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01083554v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Jacob" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Petersen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Eggert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole B&#248;ssing Christensen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-014-0587-y" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01082605v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anav" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Viovy" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maignan" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-7-587-2014" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963511v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Bossing Christensen" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-013-0499-2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963472v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Om Tripathi" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vautard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Flaounas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-012-1345-9" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9RSBMLTL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799237v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Clarisse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-8569-2013" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963471v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Coll" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2013.04.001" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961802v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khvorostiyanov" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2012.11.026" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961809v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laval-Szopa" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Rao" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-13-7451-2013" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963460v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Landi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Curci" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carbone" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosres.2013.01.009" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WDP92DSH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092231v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Yiou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Salameh" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vautard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-012-1626-3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ND9SZVPP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961814v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Schucht" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963474v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perez" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haustein" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrd.50313" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963365v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Goussebaile" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ung" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2011.11.057" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V3DKCSQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963360v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Visconti" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JD016302" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961791v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavros Stromatas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chepfer" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pere" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-1543-2012" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961777v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zyryanov" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foret" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Eremenko" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cammas" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-3219-2012" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679314v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesandro Anav" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebeaupin Brossier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Samson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc St&#233;fanon" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2012.01.017" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CSVFJMDC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132269v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chatignoux" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3155/1047-3289.61.2.164" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963329v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monge" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/45802" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00589313v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seigneur" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2010.01.027" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35J49XNL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961743v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-28-61-2010" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00681690v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chiappini" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2010.09.064" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961939v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Meij" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gzella" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thunis" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-9-6611-2009" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00961933v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Honore" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2008BAMS2390.1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00518382v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Hodzic" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillaume" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10874-009-9129-2" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197734v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chiapello" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008JD010523" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360125v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963183v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD011767" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D15EF4A1E36C340B4841A16AC0209EFD7119B621/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963155v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Palomino" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Martin" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2008.05.004" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-65P86JGV-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963125v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aymoz" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD009541" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963111v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008761" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00227390v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-25-2271-2007" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326117v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pison" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bergametti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008871" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326028v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JD007766" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JVDX53SC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191913v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maidi" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2007.06.056" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJ7NP59X-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161535v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sa&#239;d" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Ancellet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Arteta" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Augustin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JD007494" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327838v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve R. Arnold" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00963023v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hauglustaine" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL026080" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328458v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00962953v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chin" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.01.051" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MFJQFB0P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329170v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Abonnel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00585-000-1467-y" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04755465v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colaiuda Valentina" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04138380v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chaboureau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-10020" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473409v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Jonville" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4556" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01660704v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01660431v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Meynadier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853466v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863208v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863851v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854289v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854712v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854131v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01306363v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxmi Sushama" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado S. Teufel" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852986v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holland" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Klimont" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971224v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Szopa" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971128v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971248v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thunis" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971240v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971225v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970951v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Messina" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970949v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Clain" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tripathi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970601v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970598v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Coheur" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hurtmans" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970599v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485500v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hurtmans" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970664v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Alsac" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Biaudet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970533v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970559v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Debry" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451380v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pommier" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970431v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970430v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pont" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970335v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Giorgi" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970180v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970178v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970321v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seigneur" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Pun" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970206v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Salameh" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970163v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00973248v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malherbe" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970155v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970133v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Ivanco" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Palomino Marquez" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970028v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970027v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970029v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970046v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01272473v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Basart" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulac" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Baldasano" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nabat" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallet" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24478-5_13" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740581v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Stromatas" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5577-2_61" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00970179v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-8177(07)06213-4" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01184423v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Berthou" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Taillefer" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Drobinski" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733728v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palmira Messina" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668530v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116659v2" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>