--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.34482758621px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Mériade </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités en sciences de gestion et du management (Contrôle de gestion public - management universitaire et de la Santé) -  IAE Clermont Auvergne -  Chaire &amp;quot;santé et territoires&amp;quot; - Laboratoire CleRMa - Université Clermont Auvergne - France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-meriade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2656-9866</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">154343463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FONCTIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022- Professeur agrégé des Universités en sciences de gestion - Université Clermont Auvergne - IAE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2022 Maitre de conférences en sciences de gestion- Université Clermont Auvergne - IAE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014-2016 Maitre de conférences en sciences de gestion - Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2014 Professeur agrégé du secondaire (PRAG) Economie/Gestion - Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007-2011 Professeur agrégé du secondaire (PRAG) Economie/Gestion -Institut Universitaire Champollion-Albi</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998-2007 Professeur agrégé du secondaire (PRAG) - Economie/Gestion -Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997-1998 Professeur certifié Economie/Gestion - Lycée du Dauphiné - Romans sur Isère</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIPLÔMES ET FORMATION</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 Concours National d'Agrégation des Universités en Sciences de Gestion (rang 5)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 Habilitation à Diriger des Recherches en sciences de gestion (contrôle de gestion public) Université Montpellier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011 Doctorat en Sciences de gestion (contrôle de gestion public)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2000 Agrégation Économie Gestion option B</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999 DEA « Économie appliquée : Entreprises, compétences et territoires » Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997 CAPET Économie Gestion option B</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1995 DESS Contrôle de gestion Institut d’Administration des Entreprises, Université de Nantes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 Diplôme d’Études Supérieures Comptables et Financières (DESCF) - Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 Diplôme d’Études Comptables et Financières (DECF) - Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL - Articles dans des revues internationales ou nationales avec comité de lecture répertoriées par l'HCERES/FNEGE ou dans des bases de données internationales (Clarivate, Scopus)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2025), « Les processus d’instrumentation des outils de contrôle de gestion : un essai de catégorisation à partir du cas des organisations publiques en France » Comptabilité, Contrôle Audit ; Accounting, Auditing, Control (FNEGE 2, CNRS 2, HCERES A) Tome 31, n° 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2. Chaze M, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , Rochette C, Malartre Sapienza S, Michallet AS (2025), “Systemic and dynamic analysis of access to health care: the example of haematological cancer in France” European Journal of Cancer Care ((IF : 1,9 (Q1), CiteScore : 4,8)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3.Xiao, B.;</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.; Delabarre, L. (2025) Les critères de sélection des valeurs de rendement et des valeurs de croissance : Analyse approfondie des 130 plus grandes capitalisations françaises, La Revue des Sciences de Gestion, n°336 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2024) «How to analyse the practical relevance of costing methods? the example of hospital cost accounting in France », Abacus (FNEGE 2,  HCERES A, IF 2,37 (Q2); CiteScore 2,06) </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://doi.org/10.1111/abac.12338</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5. Hayar S, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2024) « La diffusion des outils et services e-santé auprès de leurs utilisateurs : l’exemple de « Mon Espace Santé » en France», Gestion et Management Public (FNEGE 2, HCERES A)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">6. Chaze M., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. et al. (2024) « Relying on the French territorial offer of thermal spa therapies to build a care pathway for long COVID-19 patients » PloS ONE (IF : 3.75 (Q1), CiteScore : 5,3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Sales, JM (2024), « L’agilité organisationnelle au prisme de la pensée complexe, » in Sur les pas de Jean Louis Le Moigne, Revue Projectique N°37 -2024/1 (FNEGE EM)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. Cassière, F. (2023) « Local implementation of public health  policies revealed by the COVID-19 crisis: the French case »,Implementation Science 18 (1), 25 (FNEGE 4, HCERES B, IF : 8.0 (Q1), CiteScore : 11,4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9. Rochette, C., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.,  Cassière, F. (2023) « A grounded theory-based qualitative approach for examining local implementation of public health policies during crises. »,MethodsX ( IF : 1.9 (Q2), CiteScore : 3,5) A Paraitre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. (2022) « Governance Tensions in the Healthcare Sector: A Contrasting Case Study in France », BMC Health Services research (FNEGE 3, CNRS 3, HCERES B, IF : 2.655 (Q1), CiteScore : 2.753)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11. Verdier, C ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., Talbot, D. (2022) « Les effets des proximités sur la relation entre le degré de décentralisation et la performance – l’exemple d’une université française », Gestion et Management Public, à paraitre (FNEGE 2, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">12. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2022) Le bricolage en gestion des ressources humaines et ses evolutions : L’exemple de la gestion de l’absentéisme de courte duree a l’hopital face a la covid-19, @GRH, n°45. (FNEGE 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., Sales J.M. (2022) « Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français », Management et Avenir, n° 127 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14. Esserdi H., Chaudat P., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2022), Harcèlement moral au travail et culture : Une étude exploratoire dans le secteur social public au Maroc, Questions de Management, n°39, juin (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">15. Bailly, M., Pélissier, L., Coudeyre, E., Evrard, B., Bingula, R., Rochette, C.,</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. ... & Duclos, M. (2022). Systematic Review of COVID-19-Related Physical Activity-Based Rehabilitations: Benefits to Be Confirmed by More Robust Methodological Approaches. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of environmental research and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">(15), 9025. (IF : 4.614 (Q2), CiteScore : 5.059)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16. Bailly, M., Evrard, B., Coudeyre, E., Rochette, C., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Blavignac, C., ... & Thivel, D. (2022). Health management of patients with COVID-19: is there a room for hydrotherapeutic approaches?. International Journal of Biometeorology, 1-8. (IF : 3.787 (Q2), CiteScore : 3.541)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">17. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. (2021) “Integrated care pathway for breast cancer: a relational and geographical approach” Social Science and Medicine, Vol. 270, 113658 </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://doi.org/10.1016/j.socscimed.2020.113658</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (FNEGE 2, CNRS 1, HCERES A, IF : 4.634 (Q1), CiteScore : 2,528)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18. Verdier, C ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Talbot, D. (2021) « Les proximités, un cadre d’analyse de l’environnement de contrôle à l’Université », Gestion et Management Public, Vol. 8 ; n° 3, p. 73 à 95 (FNEGE 2, HCERES B).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">19. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., & Rochette, C. (2021). A relational and geographic method for integrating cancer care pathways. MethodsX, 8, 101279. (IF : 1.9 (Q2) CiteScore : 3,5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20. Chaze, M. ; Langlois, E. ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. ; Rochette, C. (2021) « Intérêts et limites d’une approche cartographique géographique pour le management des parcours de soins en santé : L’exemple de l’Auvergne (France) », Revue Economie Régionale et Urbaine n°3/2021(CNRS 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">21. Xiao, B., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2021) « Les défaillances des PME en zone rurale : une approche descriptive et explicative appliquée aux PME du département du Cantal (France) ». La Revue des Sciences de Gestion, (307-308), p. 81 à 97 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">; El Khamlichi A.; Sabih Eddine A. (2020), « Les valeurs publiques : entre stabilité et dynamisme Une exploration du management public marocain », Management International Vol 24 n°3, p. 175-194 (FNEGE 2, HCERES A, CNRS 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">23. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Sales, J.M. (2020) Le management de l’urgence dans les organisations ? Les réponses apportées par Napoléon Bonaparte. Revue internationale de psychosociologie et de gestion des comportements organisationnels, ESKA, 2020, XXVI (64), pp.165 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">24. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2019), « L’hybridation des instruments de gestion. L’exemple du pilotage de la performance universitaire en France » Management et Avenir, n°108 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">25. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C., Talbot, D. (2019), « Interpersonal trust in a hospital context: a proposed analysis by the studies of proximities », Gestion et Management Public, Vol.7, n°1 (FNEGE 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">26. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette C., Talbot, D. (2019) « Vers un management des tensions de gouvernance publique dans les établissements de santé ? Une proposition de réponse par l’analyse des proximités » Innovations – Revue d'économie et de management de l'innovation, n°60 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27. Lièvre, P., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Talbot, D., Tang, J. (2018), « une relecture du Ba d'Ikijuro Nonaka par l'Ecole de la proximité. Le cas d'un échec de conversion de connaissances entre la France et la Chine » Management International 22(1) (FNEGE 2, HCERES A, CNRS 3).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">28. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2018), « Financement des établissements de santé et territoires : une relation dissymétrique », Revue d’Economie Financière, n°132 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">29. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Nautre, B., Rochette C., Talbot D. (2017) &amp;quot;Les effets de la Proximité sur l’exécution des politiques publiques : L'exemple d'un Centre de Lutte contre le Cancer&amp;quot; politiques et Management public, 34/1 janvier -juin 2017, p. 143-162 (FNEGE 4, HCERES C, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">30. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2017), « L'instrumentation des tensions de gouvernance publique (TGP) : L'exemple des simplifications des indicateurs de performance dans le système universitaire français », Management International (FNEGE 2, HCERES A, CNRS 3). Vol. 21, n°4.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">31. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016), « The characterization of public ethics values: application to territorial public management of Guangxi Province (China) » International Review of Administrative Sciences, n° 189 (FNEGE 3, HCERES B, CNRS 3, IF : 3.094 (Q1), CiteScore : 2,528).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">32. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2016), « Les simplifications instrumentales et processuelles : un dispositif de gestion des tensions de gouvernance publique », Revue Française d’Administration Publique, n°157 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">33. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Yiqiang, L. (2015), « Public values on the public/private boundary: the case of civil servant recruitment examinations in China », International Review of Administrative Sciences, vol. 81, n°2, Sage Journal (FNEGE 3, HCERES B, CNRS 3, IF : 3.094 (Q1), CiteScore : 2,528)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015), « Le rôle de l'Etat dans les stratégies d'expansion régionale des entreprises chinoises en Asie du Sud-Est ? Une approche géoéconomique », Management et Avenir (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">35. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yiquiang, L. (2014), « Le rôle des rites culturels et religieux dans le management public en Chine ? L’exemple de la gestion d’un groupe d’État et de ses filiales dans la province du Guangxi », Revue Internationale de Management, Humanisme et Entreprise (RIMHE), n°15 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">36. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2014), « Innovation frugale et culture chinoise : l'innovation shanzhai » Innovations – Revue d'économie et de management de l'innovation, Vol. 3, n°51 (FNEGE 4, HCERES C, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">37. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2013), « L'appropriation par simplification des logiques d'évaluation du NPM dans les universités francaises », @GRH, revue de l'AGRH, n°9, 2013/4 (FNEGE 3, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">38.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mainetti, N. (2013) « La réfelxivité des acteurs face à la complexité des organisations publiques : un levier interactif du contrôle de la performance universitaire ? », Gestion et Management Public, vol.1, n°3, p.3-23 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">39. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Mainetti, N. (2013), « La spiritualité : Quelles places pour la spiritualité dans les organisations ? L’exemple chinois » Revue Internationale de Psychosociologie et de Gestion des Comportements Organisationnels, n°48 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation processes of management control tools: An attempt at categorization using the case of French public organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (3), pp.105-149. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cca.313.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’instrumentation des outils de contrôle de gestion : un essai de catégorisation à partir du cas des organisations publiques en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (3), pp.105 à 149. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cca.313.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05437630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic and Dynamic Analysis of Access to Health Care: The Example of Hematological Cancer in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Malartre-Sapienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Michallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cancer Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, European Journal of Cancer Care , 2025 (1), </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/ecc/3641026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion des outils et services e-santé auprès de leurs utilisateurs : l’exemple de « Mon espace santé » en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Pub. anticipées (5), pp.1f-21. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.pr1.0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Analyze the Practical Relevance of Costing Methods? The Example of Hospital Cost Accounting in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abacus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/abac.12338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’agilité organisationnelle au prisme de la pensée complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projectics / Proyéctica / Projectique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sur les pas de Jean Louis Le Moigne, n° 37 (1), pp.115-128. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/proj.037.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relying on the French territorial offer of thermal spa therapies to build a care pathway for long COVID-19 patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Bingula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (4), pp.e0302392. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0302392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local implementation of public health policies revealed by the COVID-19 crisis: the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cassière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implementation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13012-023-01277-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A grounded theory-based qualitative approach for examining local implementation of public health policies during crises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cassière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.102439. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2023.102439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des proximités sur la relation entre le degré de décentralisation et la performance : l’exemple d’une université française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.11-31. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.101.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health management of patients with COVID-19: is there a room for hydrotherapeutic approaches?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coudeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meriade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biometeorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 66, pp.1031-1038. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00484-022-02246-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance tensions in the healthcare sector: a contrasting case study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Health Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12913-021-07401-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic Review of COVID-19-Related Physical Activity-Based Rehabilitations: Benefits to Be Confirmed by More Robust Methodological Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coudeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Bingula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (15), pp.9025. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19159025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bricolage en gestion des ressources humaines et ses évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 45 (4), pp.89-114. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh.045.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (1), pp.105-129. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.127.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement moral au travail et culture : une étude exploratoire dans le secteur social public au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (2), pp.91-105. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.219.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La variable culturelle peut-elle jouer un rôle dans la survenance du harcèlement moral au travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liaisons sociales Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43, Vol. 10 (2), pp.2-2. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05438857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défaillances des PME en zone rurale : une approche descriptive et explicative appliquée aux PME du département du Cantal (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 2021/1 (307), p. 81 à 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux (RPS) sur le lieu de travail au Maroc : une revue de littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esserdi Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scientifique du CRADAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03342715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A relational and geographic method for integrating cancer care pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.101279. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2021.101279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 43, Vol. 10 (2), pp.2-2. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts et limites d’une approche cartographique géographique pour le management des parcours de soins en santé : L’exemple de l’Auvergne (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.pr1.0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management de l’urgence dans les organisations ? Les réponses apportées par Napoléon Bonaparte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, XXVI (64), pp.165. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.064.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les proximités, un cadre d’analyse de l’environnement de contrôle à l’Université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (3), pp.73-95. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.083.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated care pathway for breast cancer: a relational and geographical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.113658. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2020.113658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03091385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency management in organisations? The answers provided by Napoleon Bonaparte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, XXVI (64), pp.165-196. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.064.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpersonal trust in a hospital context : a proposed analysis of the effects of proximities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7/n°1 (3), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.071.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hybridation des instruments de gestion. L’exemple du pilotage de la performance universitaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°108 (2), pp.13. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.108.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un management des tensions de gouvernance publique dans les établissements de santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 60 (3), pp.169. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.060.0169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs publiques : entre stabilité et dynamisme. Une exploration du management public marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbari El Khamlichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Sahib Eddine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financement et territorialisation des établissements de santé français : une relation dissymétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (132), pp.197-214. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.132.0197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance interpersonnelle en milieu hospitalier : une proposition de lecture par la Proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7/n°1 (3), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.071.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02327140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relecture du Ba d’Ikujiro Nonaka par l’Ecole de la proximité. Le cas d’un échec de conversion de connaissances entre la France et la Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (1), pp.100-114. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1053691ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'instrumentation des tensions de gouvernance publique (TGP) : L'exemple des simplifications des indicateurs de performance dans le système universitaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (4), pp.12-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de la Proximité sur l'exécution des politiques publiques : L'exemple d'un Centre de Lutte contre le Cancer (CLCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Nautré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (1/2), pp.147-166. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pmp.34.2017.0008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The characterisation of the values of public ethics: application to territorial public management in the province of Guangxi (China)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852316648224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les simplifications instrumentales et processuelles : un dispositif de gestion des tensions de gouvernance publique a l’université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 157 (1), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.157.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation frugale et culture chinoise : le cas de l’innovation shanzhai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (3), </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.051.0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites d'interaction et management en Chine : Le cas de la province du Guangxi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yiqiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (1), </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.015.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de l’État dans les stratégies d’internationalisation des entreprises chinoises ? Une approche géoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (5), </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.079.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public values on the public/private boundary: the case of civil servant recruitment examinations in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yi Qiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), pp.282 - 302. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852314546581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs publiques à la frontière publique/privée : le cas des concours de la fonction publique en Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yi Qiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des sciences administratives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/risa.812.0297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réflexivité des acteurs universitaires : un mode d'appropriation par simplification des logiques d'évaluation du NPM ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh.134.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réflexivité des acteurs face à la complexité des organisations publiques : un levier interactif de contrôle de la performance universitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1/n°3 (1), </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.003.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spiritualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, XIX (48), pp.125-144. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.048.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation, autonomie et normes de gestion : les équipes de direction universitaire face à l’évaluation de la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81, pp.63 - 87. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture des soins intégrés à partir des pratiques et perceptions des médecins : le cas de la prise en charge de l’insuffisance cardiaque dans le haut cantal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cassandra delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Simbelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Blanquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Management public, crises et post-crises : la permanence dans le changement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIRMAP, May 2023, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La proximité : un levier managérial des pratiques de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème journée d'étude en contrôle de gestion : Le contrôle de gestion en période de transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Haute-Alsace, Dec 2023, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des configurations territoriales sur les parcours de soins en cancérologie hématologique. L'exemple du CLCC Léon Bérard à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Michallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Malatre Sapienza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les inégalités socio-territoriales de prise en charge des patient.e.s atteint.e.s de cancer en France (métropole/Outre-mer)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Paris Nord; CENS (UMR 6025, Université de Nantes); SOPHIAPOL (EA3932, Université Paris-Nanterre), Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04155658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of space on the interdependence of management control practices at the University: what avenues for research on temporality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management control as practice workshop: temporal perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSEC Business School, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture organisationnelle de l'intégration des soins en cancérologie : approche ethnographique exploratoire autour du cas d'un centre de lutte contre le cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cassandra delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement moral des travailleurs sociaux : une étude exploratoire dans le contexte culturel du secteur public marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRMAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les proximités, un cadre d’analyse des relations entre les systèmes de contrôle de gestion (MCS) et leur environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Workshop Contrôle de Gestion &amp; Management Public : Les organisations publiques face à leur responsabilité sociétale : quels modes de contrôle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREGO, Mar 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE HARCÈLEMENT MORAL DES TRAVAILLEURS SOCIAUX : UNE ÉTUDE EXPLORATOIRE DANS LE CONTEXTE MAROCAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capital humain, innovations et développement économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DÉTERMINANTS ORGANISATIONNELS ET CONSÉQUENCES DU HARCÈLEMENT MORAL AU TRAVAIL (HMT) AU MAROC : UNE APPROCHE EXPLORATOIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La GRH peut-elle sauver le travail ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défaillances des PME en zones rurales : Un modèle logistique appliqué aux PME du Cantal (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque Interdisciplinaire sur la Défaillance d’Entreprise (CIDE 2019) Université de Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des proximités sur la relation entre le degré de décentralisation et la performance – l’exemple d’une université française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème colloque AIRMAP : Territoires intelligents et management public durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Recherche en Management Public, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES RISQUES PSYCHOSOCIAUX (RPS) SUR LE LIEU DE TRAVAIL AU MAROC : UNE REVUE DE LITTERATURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Institut de l'audit social autour de l homme et de l homme au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, YAOUNDE, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cartographie du parcours patient en cancérologie : éléments liminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la recherche en cancérologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLARA (Cancéropôle Lyon Auvergne-Rhône-Alpes), Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux (RPS) sur le lieu de travail au Maroc : une revue de littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Université d’Eté de l’audit social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRINCIPAUX DÉTERMINANTS DES RISQUES PSYCHOSOCIAUX (RPS) SUR LE LIEU DE TRAVAIL AU MAROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meirade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERIMENTATIONS LOCALES, CONTEXTUALISATION DES SOLUTIONS : Pour aligner une Gestion des Ressources Humaines avec la métamorphose des organisations..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des politiques publiques territorialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des personnels d'encadrement pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance interpersonnelle en milieu hospitalier : une proposition de lecture par la Proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Nautré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème colloque Santé Kedge Business School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils de contrôle et de pilotage par résultats des activités publiques. Le cas du calcul de coût d’un centre de lutte contre le cancer dans un établissement hospitalier public français. In B. Mazouz « la gestion par résultats dans les organisations publiques », PUQ, Montréal, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">la gestion par résultats dans les organisations publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au rugby, comment arbitres et joueurs s’adaptent-ils à la complexité des règles ? The Conversation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://theconversation.com/au-rugby-comment-arbitres-et-joueurs-sadaptent-ils-a-la-complexite-des-regles-214653</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance dans les organisations à l’heure de l’incertitude informationnelle », Regards Croisés, Questions de management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, pp.200-254. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.225.0200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une culture raisonnable et raisonnée du chiffre dans le management public, Regards croisés, Questions de management 10.3917/qdm.219.0147</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une dimension culturelle dans le harcèlement moral au travail ? Le cas du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hôpital : financement au parcours de soins, l’humain avant l’outil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation organisationnelle à l’hôpital : s’appuyer sur l’évolution des fonctions infirmières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Albert-Cromarias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de l’hôpital : la logique reste productiviste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation de la performance des universités françaises : entre simplification de la complexité et complexification de la simplicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de la Nouvelle-Calédonie, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NCAL0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02970707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'instrumentation du contrôle de gestion dans les organisations publiques: entre complexification, simplification, hybridation et autres formes d'assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de Montpellier, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02393401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 43, Vol. 10 (2), pp.2-2, 2021, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03300572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId172"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.34482758621px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Mériade </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités en sciences de gestion et du management (Contrôle de gestion public - management universitaire et de la Santé) -  IAE Clermont Auvergne -  Chaire &amp;quot;santé et territoires&amp;quot; - Laboratoire CleRMa - Université Clermont Auvergne - France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laurent-meriade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2656-9866</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">154343463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FONCTIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022- Professeur agrégé des Universités en sciences de gestion - Université Clermont Auvergne - IAE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2022 Maitre de conférences en sciences de gestion- Université Clermont Auvergne - IAE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014-2016 Maitre de conférences en sciences de gestion - Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012-2014 Professeur agrégé du secondaire (PRAG) Economie/Gestion - Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007-2011 Professeur agrégé du secondaire (PRAG) Economie/Gestion -Institut Universitaire Champollion-Albi</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1998-2007 Professeur agrégé du secondaire (PRAG) - Economie/Gestion -Université Clermont Auvergne - IUT</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997-1998 Professeur certifié Economie/Gestion - Lycée du Dauphiné - Romans sur Isère</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIPLÔMES ET FORMATION</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 Concours National d'Agrégation des Universités en Sciences de Gestion (rang 5)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 Habilitation à Diriger des Recherches en sciences de gestion (contrôle de gestion public) Université Montpellier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011 Doctorat en Sciences de gestion (contrôle de gestion public)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2000 Agrégation Économie Gestion option B</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1999 DEA « Économie appliquée : Entreprises, compétences et territoires » Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1997 CAPET Économie Gestion option B</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1995 DESS Contrôle de gestion Institut d’Administration des Entreprises, Université de Nantes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1994 Diplôme d’Études Supérieures Comptables et Financières (DESCF) - Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1993 Diplôme d’Études Comptables et Financières (DECF) - Université Capitole Toulouse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACL - Articles dans des revues internationales ou nationales avec comité de lecture répertoriées par l'HCERES/FNEGE ou dans des bases de données internationales (Clarivate, Scopus)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2025), « Les processus d’instrumentation des outils de contrôle de gestion : un essai de catégorisation à partir du cas des organisations publiques en France » Comptabilité, Contrôle Audit ; Accounting, Auditing, Control (FNEGE 2, CNRS 2, HCERES A) Tome 31, n° 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2. Chaze M, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> , Rochette C, Malartre Sapienza S, Michallet AS (2025), “Systemic and dynamic analysis of access to health care: the example of haematological cancer in France” European Journal of Cancer Care ((IF : 1,9 (Q1), CiteScore : 4,8)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3.Xiao, B.;</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.; Delabarre, L. (2025) Les critères de sélection des valeurs de rendement et des valeurs de croissance : Analyse approfondie des 130 plus grandes capitalisations françaises, La Revue des Sciences de Gestion, n°336 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2024) «How to analyse the practical relevance of costing methods? the example of hospital cost accounting in France », Abacus (FNEGE 2,  HCERES A, IF 2,37 (Q2); CiteScore 2,06) </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://doi.org/10.1111/abac.12338</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5. Hayar S, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2024) « La diffusion des outils et services e-santé auprès de leurs utilisateurs : l’exemple de « Mon Espace Santé » en France», Gestion et Management Public (FNEGE 2, HCERES A)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">6. Chaze M., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. et al. (2024) « Relying on the French territorial offer of thermal spa therapies to build a care pathway for long COVID-19 patients » PloS ONE (IF : 3.75 (Q1), CiteScore : 5,3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Sales, JM (2024), « L’agilité organisationnelle au prisme de la pensée complexe, » in Sur les pas de Jean Louis Le Moigne, Revue Projectique N°37 -2024/1 (FNEGE EM)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. Cassière, F. (2023) « Local implementation of public health  policies revealed by the COVID-19 crisis: the French case »,Implementation Science 18 (1), 25 (FNEGE 4, HCERES B, IF : 8.0 (Q1), CiteScore : 11,4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9. Rochette, C., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.,  Cassière, F. (2023) « A grounded theory-based qualitative approach for examining local implementation of public health policies during crises. »,MethodsX ( IF : 1.9 (Q2), CiteScore : 3,5) A Paraitre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. (2022) « Governance Tensions in the Healthcare Sector: A Contrasting Case Study in France », BMC Health Services research (FNEGE 3, CNRS 3, HCERES B, IF : 2.655 (Q1), CiteScore : 2.753)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11. Verdier, C ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., Talbot, D. (2022) « Les effets des proximités sur la relation entre le degré de décentralisation et la performance – l’exemple d’une université française », Gestion et Management Public, à paraitre (FNEGE 2, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">12. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2022) Le bricolage en gestion des ressources humaines et ses evolutions : L’exemple de la gestion de l’absentéisme de courte duree a l’hopital face a la covid-19, @GRH, n°45. (FNEGE 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., Sales J.M. (2022) « Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français », Management et Avenir, n° 127 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14. Esserdi H., Chaudat P., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2022), Harcèlement moral au travail et culture : Une étude exploratoire dans le secteur social public au Maroc, Questions de Management, n°39, juin (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">15. Bailly, M., Pélissier, L., Coudeyre, E., Evrard, B., Bingula, R., Rochette, C.,</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. ... & Duclos, M. (2022). Systematic Review of COVID-19-Related Physical Activity-Based Rehabilitations: Benefits to Be Confirmed by More Robust Methodological Approaches. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of environmental research and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">(15), 9025. (IF : 4.614 (Q2), CiteScore : 5.059)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16. Bailly, M., Evrard, B., Coudeyre, E., Rochette, C., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Blavignac, C., ... & Thivel, D. (2022). Health management of patients with COVID-19: is there a room for hydrotherapeutic approaches?. International Journal of Biometeorology, 1-8. (IF : 3.787 (Q2), CiteScore : 3.541)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">17. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C. (2021) “Integrated care pathway for breast cancer: a relational and geographical approach” Social Science and Medicine, Vol. 270, 113658 </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://doi.org/10.1016/j.socscimed.2020.113658</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (FNEGE 2, CNRS 1, HCERES A, IF : 4.634 (Q1), CiteScore : 2,528)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18. Verdier, C ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Talbot, D. (2021) « Les proximités, un cadre d’analyse de l’environnement de contrôle à l’Université », Gestion et Management Public, Vol. 8 ; n° 3, p. 73 à 95 (FNEGE 2, HCERES B).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">19. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L., & Rochette, C. (2021). A relational and geographic method for integrating cancer care pathways. MethodsX, 8, 101279. (IF : 1.9 (Q2) CiteScore : 3,5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20. Chaze, M. ; Langlois, E. ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. ; Rochette, C. (2021) « Intérêts et limites d’une approche cartographique géographique pour le management des parcours de soins en santé : L’exemple de l’Auvergne (France) », Revue Economie Régionale et Urbaine n°3/2021(CNRS 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">21. Xiao, B., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2021) « Les défaillances des PME en zone rurale : une approche descriptive et explicative appliquée aux PME du département du Cantal (France) ». La Revue des Sciences de Gestion, (307-308), p. 81 à 97 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">; El Khamlichi A.; Sabih Eddine A. (2020), « Les valeurs publiques : entre stabilité et dynamisme Une exploration du management public marocain », Management International Vol 24 n°3, p. 175-194 (FNEGE 2, HCERES A, CNRS 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">23. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Sales, J.M. (2020) Le management de l’urgence dans les organisations ? Les réponses apportées par Napoléon Bonaparte. Revue internationale de psychosociologie et de gestion des comportements organisationnels, ESKA, 2020, XXVI (64), pp.165 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">24. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2019), « L’hybridation des instruments de gestion. L’exemple du pilotage de la performance universitaire en France » Management et Avenir, n°108 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">25. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette, C., Talbot, D. (2019), « Interpersonal trust in a hospital context: a proposed analysis by the studies of proximities », Gestion et Management Public, Vol.7, n°1 (FNEGE 3, HCERES B)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">26. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Rochette C., Talbot, D. (2019) « Vers un management des tensions de gouvernance publique dans les établissements de santé ? Une proposition de réponse par l’analyse des proximités » Innovations – Revue d'économie et de management de l'innovation, n°60 (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27. Lièvre, P., </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Talbot, D., Tang, J. (2018), « une relecture du Ba d'Ikijuro Nonaka par l'Ecole de la proximité. Le cas d'un échec de conversion de connaissances entre la France et la Chine » Management International 22(1) (FNEGE 2, HCERES A, CNRS 3).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">28. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2018), « Financement des établissements de santé et territoires : une relation dissymétrique », Revue d’Economie Financière, n°132 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">29. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Nautre, B., Rochette C., Talbot D. (2017) &amp;quot;Les effets de la Proximité sur l’exécution des politiques publiques : L'exemple d'un Centre de Lutte contre le Cancer&amp;quot; politiques et Management public, 34/1 janvier -juin 2017, p. 143-162 (FNEGE 4, HCERES C, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">30. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2017), « L'instrumentation des tensions de gouvernance publique (TGP) : L'exemple des simplifications des indicateurs de performance dans le système universitaire français », Management International (FNEGE 2, HCERES A, CNRS 3). Vol. 21, n°4.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">31. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016), « The characterization of public ethics values: application to territorial public management of Guangxi Province (China) » International Review of Administrative Sciences, n° 189 (FNEGE 3, HCERES B, CNRS 3, IF : 3.094 (Q1), CiteScore : 2,528).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">32. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2016), « Les simplifications instrumentales et processuelles : un dispositif de gestion des tensions de gouvernance publique », Revue Française d’Administration Publique, n°157 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">33. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Yiqiang, L. (2015), « Public values on the public/private boundary: the case of civil servant recruitment examinations in China », International Review of Administrative Sciences, vol. 81, n°2, Sage Journal (FNEGE 3, HCERES B, CNRS 3, IF : 3.094 (Q1), CiteScore : 2,528)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015), « Le rôle de l'Etat dans les stratégies d'expansion régionale des entreprises chinoises en Asie du Sud-Est ? Une approche géoéconomique », Management et Avenir (FNEGE 3, HCERES B, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">35. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yiquiang, L. (2014), « Le rôle des rites culturels et religieux dans le management public en Chine ? L’exemple de la gestion d’un groupe d’État et de ses filiales dans la province du Guangxi », Revue Internationale de Management, Humanisme et Entreprise (RIMHE), n°15 (FNEGE 4, HCERES C, CNRS 4).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">36. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2014), « Innovation frugale et culture chinoise : l'innovation shanzhai » Innovations – Revue d'économie et de management de l'innovation, Vol. 3, n°51 (FNEGE 4, HCERES C, CNRS 4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">37. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. (2013), « L'appropriation par simplification des logiques d'évaluation du NPM dans les universités francaises », @GRH, revue de l'AGRH, n°9, 2013/4 (FNEGE 3, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">38.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mainetti, N. (2013) « La réfelxivité des acteurs face à la complexité des organisations publiques : un levier interactif du contrôle de la performance universitaire ? », Gestion et Management Public, vol.1, n°3, p.3-23 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">39. </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mériade, L</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">., Mainetti, N. (2013), « La spiritualité : Quelles places pour la spiritualité dans les organisations ? L’exemple chinois » Revue Internationale de Psychosociologie et de Gestion des Comportements Organisationnels, n°48 (FNEGE 4, HCERES C)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation processes of management control tools: An attempt at categorization using the case of French public organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (3), pp.105-149. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cca.313.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’instrumentation des outils de contrôle de gestion : un essai de catégorisation à partir du cas des organisations publiques en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (3), pp.105 à 149. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/cca.313.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05437630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic and Dynamic Analysis of Access to Health Care: The Example of Hematological Cancer in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Malartre-Sapienza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sophie Michallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cancer Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, European Journal of Cancer Care , 2025 (1), </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/ecc/3641026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion des outils et services e-santé auprès de leurs utilisateurs : l’exemple de « Mon espace santé » en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hayar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Pub. anticipées (5), pp.1f-21. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.pr1.0012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Analyze the Practical Relevance of Costing Methods? The Example of Hospital Cost Accounting in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abacus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/abac.12338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’agilité organisationnelle au prisme de la pensée complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projectics / Proyéctica / Projectique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sur les pas de Jean Louis Le Moigne, n° 37 (1), pp.115-128. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/proj.037.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relying on the French territorial offer of thermal spa therapies to build a care pathway for long COVID-19 patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Bingula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (4), pp.e0302392. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0302392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local implementation of public health policies revealed by the COVID-19 crisis: the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cassière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implementation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13012-023-01277-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A grounded theory-based qualitative approach for examining local implementation of public health policies during crises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cassière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.102439. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2023.102439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement moral au travail et culture : une étude exploratoire dans le secteur social public au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (2), pp.91-105. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.219.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La variable culturelle peut-elle jouer un rôle dans la survenance du harcèlement moral au travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liaisons sociales Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des proximités sur la relation entre le degré de décentralisation et la performance : l’exemple d’une université française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.11-31. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.101.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health management of patients with COVID-19: is there a room for hydrotherapeutic approaches?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coudeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meriade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biometeorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 66, pp.1031-1038. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00484-022-02246-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance tensions in the healthcare sector: a contrasting case study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Health Services Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12913-021-07401-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic Review of COVID-19-Related Physical Activity-Based Rehabilitations: Benefits to Be Confirmed by More Robust Methodological Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélina Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léna Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Coudeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rea Bingula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (15), pp.9025. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19159025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03828630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bricolage en gestion des ressources humaines et ses évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 45 (4), pp.89-114. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh.045.0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (1), pp.105-129. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.127.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts et limites d’une approche cartographique géographique pour le management des parcours de soins en santé : L’exemple de l’Auvergne (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.pr1.0027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 43, Vol. 10 (2), pp.2-2. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05438857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défaillances des PME en zone rurale : une approche descriptive et explicative appliquée aux PME du département du Cantal (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, 2021/1 (307), p. 81 à 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux (RPS) sur le lieu de travail au Maroc : une revue de littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esserdi Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue scientifique du CRADAT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une exploration des valeurs individuelles au travail dans un Service Départemental d’Incendie et de Secours (SDIS) français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03342715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A relational and geographic method for integrating cancer care pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MethodsX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.101279. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mex.2021.101279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03153169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 43, Vol. 10 (2), pp.2-2. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergency management in organisations? The answers provided by Napoleon Bonaparte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, XXVI (64), pp.165-196. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.064.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05355544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les proximités, un cadre d’analyse de l’environnement de contrôle à l’Université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (3), pp.73-95. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.083.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management de l’urgence dans les organisations ? Les réponses apportées par Napoléon Bonaparte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, XXVI (64), pp.165. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.064.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated care pathway for breast cancer: a relational and geographical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science &amp; Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.113658. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2020.113658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03091385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpersonal trust in a hospital context : a proposed analysis of the effects of proximities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7/n°1 (3), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.071.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hybridation des instruments de gestion. L’exemple du pilotage de la performance universitaire en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°108 (2), pp.13. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.108.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un management des tensions de gouvernance publique dans les établissements de santé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 60 (3), pp.169. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.060.0169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs publiques : entre stabilité et dynamisme. Une exploration du management public marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelbari El Khamlichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Sahib Eddine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financement et territorialisation des établissements de santé français : une relation dissymétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (132), pp.197-214. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.132.0197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance interpersonnelle en milieu hospitalier : une proposition de lecture par la Proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7/n°1 (3), pp.31. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.071.0031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02327140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets de la Proximité sur l'exécution des politiques publiques : L'exemple d'un Centre de Lutte contre le Cancer (CLCC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Nautré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 34 (1/2), pp.147-166. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pmp.34.2017.0008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'instrumentation des tensions de gouvernance publique (TGP) : L'exemple des simplifications des indicateurs de performance dans le système universitaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (4), pp.12-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relecture du Ba d’Ikujiro Nonaka par l’Ecole de la proximité. Le cas d’un échec de conversion de connaissances entre la France et la Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Tang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22 (1), pp.100-114. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1053691ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The characterisation of the values of public ethics: application to territorial public management in the province of Guangxi (China)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852316648224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les simplifications instrumentales et processuelles : un dispositif de gestion des tensions de gouvernance publique a l’université</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française d’administration publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 157 (1), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfap.157.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation frugale et culture chinoise : le cas de l’innovation shanzhai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (3), </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.051.0047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites d'interaction et management en Chine : Le cas de la province du Guangxi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yiqiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (1), </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.015.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle de l’État dans les stratégies d’internationalisation des entreprises chinoises ? Une approche géoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (5), </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.079.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Public values on the public/private boundary: the case of civil servant recruitment examinations in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yi Qiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), pp.282 - 302. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852314546581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs publiques à la frontière publique/privée : le cas des concours de la fonction publique en Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Yi Qiang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale des sciences administratives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/risa.812.0297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spiritualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, XIX (48), pp.125-144. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rips1.048.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réflexivité des acteurs universitaires : un mode d'appropriation par simplification des logiques d'évaluation du NPM ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (4), </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh.134.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réflexivité des acteurs face à la complexité des organisations publiques : un levier interactif de contrôle de la performance universitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mainetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1/n°3 (1), </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.003.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation, autonomie et normes de gestion : les équipes de direction universitaire face à l’évaluation de la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 81, pp.63 - 87. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sds.849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01507588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle influence du leader dans la réflexivité d'équipe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terramorsi Patrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement des talents par le leadership bienveillant et l’IA coaching : Quelles perspectives théoriques et pratiques pour 2030 ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE Nice; Groupe de Rercheche en Management, Mar 2026, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05541291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture des soins intégrés à partir des pratiques et perceptions des médecins : le cas de la prise en charge de l’insuffisance cardiaque dans le haut cantal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cassandra delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Simbelie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Blanquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Management public, crises et post-crises : la permanence dans le changement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIRMAP, May 2023, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La proximité : un levier managérial des pratiques de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème journée d'étude en contrôle de gestion : Le contrôle de gestion en période de transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Haute-Alsace, Dec 2023, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04543033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des configurations territoriales sur les parcours de soins en cancérologie hématologique. L'exemple du CLCC Léon Bérard à Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Michallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Malatre Sapienza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les inégalités socio-territoriales de prise en charge des patient.e.s atteint.e.s de cancer en France (métropole/Outre-mer)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Paris Nord; CENS (UMR 6025, Université de Nantes); SOPHIAPOL (EA3932, Université Paris-Nanterre), Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04155658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effects of space on the interdependence of management control practices at the University: what avenues for research on temporality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management control as practice workshop: temporal perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSEC Business School, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harcèlement moral des travailleurs sociaux : une étude exploratoire dans le contexte culturel du secteur public marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRMAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture organisationnelle de l'intégration des soins en cancérologie : approche ethnographique exploratoire autour du cas d'un centre de lutte contre le cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cassandra delorme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les proximités, un cadre d’analyse des relations entre les systèmes de contrôle de gestion (MCS) et leur environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Workshop Contrôle de Gestion &amp; Management Public : Les organisations publiques face à leur responsabilité sociétale : quels modes de contrôle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREGO, Mar 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE HARCÈLEMENT MORAL DES TRAVAILLEURS SOCIAUX : UNE ÉTUDE EXPLORATOIRE DANS LE CONTEXTE MAROCAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capital humain, innovations et développement économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DÉTERMINANTS ORGANISATIONNELS ET CONSÉQUENCES DU HARCÈLEMENT MORAL AU TRAVAIL (HMT) AU MAROC : UNE APPROCHE EXPLORATOIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La GRH peut-elle sauver le travail ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défaillances des PME en zones rurales : Un modèle logistique appliqué aux PME du Cantal (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bing Xiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Colloque Interdisciplinaire sur la Défaillance d’Entreprise (CIDE 2019) Université de Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets des proximités sur la relation entre le degré de décentralisation et la performance – l’exemple d’une université française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème colloque AIRMAP : Territoires intelligents et management public durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Recherche en Management Public, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LES RISQUES PSYCHOSOCIAUX (RPS) SUR LE LIEU DE TRAVAIL AU MAROC : UNE REVUE DE LITTERATURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Institut de l'audit social autour de l homme et de l homme au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, YAOUNDE, Cameroun</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02457732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cartographie du parcours patient en cancérologie : éléments liminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milhan Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la recherche en cancérologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLARA (Cancéropôle Lyon Auvergne-Rhône-Alpes), Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02522263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRINCIPAUX DÉTERMINANTS DES RISQUES PSYCHOSOCIAUX (RPS) SUR LE LIEU DE TRAVAIL AU MAROC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meirade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERIMENTATIONS LOCALES, CONTEXTUALISATION DES SOLUTIONS : Pour aligner une Gestion des Ressources Humaines avec la métamorphose des organisations..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les risques psychosociaux (RPS) sur le lieu de travail au Maroc : une revue de littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Université d’Eté de l’audit social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dakar, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des politiques publiques territorialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des personnels d'encadrement pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance interpersonnelle en milieu hospitalier : une proposition de lecture par la Proximité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Nautré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème colloque Santé Kedge Business School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils de contrôle et de pilotage par résultats des activités publiques. Le cas du calcul de coût d’un centre de lutte contre le cancer dans un établissement hospitalier public français. In B. Mazouz « la gestion par résultats dans les organisations publiques », PUQ, Montréal, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">la gestion par résultats dans les organisations publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au rugby, comment arbitres et joueurs s’adaptent-ils à la complexité des règles ? The Conversation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Sales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://theconversation.com/au-rugby-comment-arbitres-et-joueurs-sadaptent-ils-a-la-complexite-des-regles-214653</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance dans les organisations à l’heure de l’incertitude informationnelle », Regards Croisés, Questions de management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, pp.200-254. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.225.0200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une culture raisonnable et raisonnée du chiffre dans le management public, Regards croisés, Questions de management 10.3917/qdm.219.0147</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une dimension culturelle dans le harcèlement moral au travail ? Le cas du Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Esserdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chaudat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hôpital : financement au parcours de soins, l’humain avant l’outil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation organisationnelle à l’hôpital : s’appuyer sur l’évolution des fonctions infirmières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Albert-Cromarias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Rochette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réforme de l’hôpital : la logique reste productiviste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02007398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation de la performance des universités françaises : entre simplification de la complexité et complexification de la simplicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de la Nouvelle-Calédonie, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NCAL0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02970707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'instrumentation du contrôle de gestion dans les organisations publiques: entre complexification, simplification, hybridation et autres formes d'assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. Université de Montpellier, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02393401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonne instrumentation et bons usages : comment éviter l’instrumentalisation dans le développement des pratiques de gestion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Brasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mazars-Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mériade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, n° 43, Vol. 10 (2), pp.2-2, 2021, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.043.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03300572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1E4C24EF"/>
+    <w:nsid w:val="C9F634D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F2216200"/>
+    <w:nsid w:val="D55C3DEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="D22B1D0A"/>
+    <w:nsid w:val="04318303"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-meriade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2656-9866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154343463" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.socscimed.2020.113658" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;riade" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.313.0105" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437630v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292700v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milhan Chaze" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Malartre-Sapienza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Michallet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ecc/3641026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hayar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.pr1.0012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690082v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536520v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sales" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0115" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04564780v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302392" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139805v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cassi&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13012-023-01277-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04238328v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2023.102439" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823446v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Verdier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Talbot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.101.0011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682138v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meriade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-022-02246-w" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516559v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07401-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828630v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na P&#233;lissier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886137v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.045.0089" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779855v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sales" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0105" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779854v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Esserdi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaudat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.219.0091" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438857v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Brasseur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mazars-Chapelon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.043.0002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123893v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Xiao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03025162v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esserdi Hamid" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342715v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153169v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101279" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616212v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123815v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.pr1.0027" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.064.0165" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345467v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.083.0073" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091385v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2020.113658" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355544v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.071.0031" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.108.0013" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289309v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.060.0169" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276771v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbari El Khamlichi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Sahib Eddine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007377v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.132.0197" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02327140v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329478v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053691ar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653242v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02327098v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Nautr&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.34.2017.0008" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507546v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;riade" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852316648224" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507552v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0131" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.051.0047" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507566v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yiqiang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.015.0003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507563v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.079.0051" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507473v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yi Qiang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852314546581" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507590v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.812.0297" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507569v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.134.0067" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507587v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mainetti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.003.0003" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507571v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.048.0125" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507588v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.849" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189788v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=cassandra delorme" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simbelie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Blanquet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543033v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04155658v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Michallet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malatre Sapienza" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823436v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808938v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428052v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347746v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334620v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334621v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02651621v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347708v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457732v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02522263v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177204v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334619v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meirade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655855v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656237v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163537v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263452v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263461v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.225.0200" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970702v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01903525v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007271v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Albert-Cromarias" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine dos Santos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007398v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/tel-02970707v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NCAL0035" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02393401v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300572v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-meriade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2656-9866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154343463" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/share/author/RDB2MWWJWJ4MUMI2HKGM?target=10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.socscimed.2020.113658" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437633v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;riade" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.313.0105" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437630v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292700v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milhan Chaze" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Malartre-Sapienza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Michallet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ecc/3641026" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hayar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.pr1.0012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690082v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/abac.12338" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536520v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sales" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.037.0115" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04564780v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302392" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139805v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cassi&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13012-023-01277-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04238328v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2023.102439" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779854v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Esserdi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaudat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.219.0091" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789303v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823446v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Verdier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Talbot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.101.0011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682138v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meriade" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-022-02246-w" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516559v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07401-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828630v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na P&#233;lissier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886137v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.045.0089" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779855v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0105" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123815v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.pr1.0027" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Brasseur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mazars-Chapelon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.043.0002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123893v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Xiao" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03025162v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esserdi Hamid" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342715v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153169v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101279" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616212v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355544v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.064.0165" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345467v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.083.0073" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934237v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091385v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2020.113658" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.071.0031" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.108.0013" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289309v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.060.0169" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276771v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbari El Khamlichi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Sahib Eddine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007377v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.132.0197" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02327140v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02327098v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Nautr&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.34.2017.0008" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653242v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329478v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Li&#232;vre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Tang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053691ar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507546v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;riade" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852316648224" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507552v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0131" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.051.0047" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507566v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yiqiang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.015.0003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507563v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.079.0051" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507473v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Yi Qiang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852314546581" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507590v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.812.0297" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507571v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mainetti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips1.048.0125" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507569v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.134.0067" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507587v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.003.0003" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507588v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.849" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541291v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terramorsi Patrice" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189788v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=cassandra delorme" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Simbelie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Blanquet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543033v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04155658v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Michallet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malatre Sapienza" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823436v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428052v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808938v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347746v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334620v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334621v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02651621v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347708v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457732v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02522263v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02334619v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meirade" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177204v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655855v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656237v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163537v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263452v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263461v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.225.0200" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970702v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160973v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01903525v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007271v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Albert-Cromarias" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine dos Santos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007398v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/tel-02970707v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NCAL0035" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02393401v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300572v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>