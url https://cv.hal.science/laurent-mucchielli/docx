--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -840,1972 +840,1972 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03770861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vaccination à l'épreuve des faits. 1ère partie : les chiffres de l'épidémie</w:t>
+                <w:t xml:space="preserve">Sociologues ou gardiens de la doxa ? Qui entache la réputation de notre discipline ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.345-356, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.511-520, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03770842v1</w:t>
+                <w:t xml:space="preserve">halshs-03770889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle religion vaccinale est née en Occident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Toubiana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Eoliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.535-544, 2022, 978-2-37672-042-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chi sono i ragazzi delinquenti ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibard Daphné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrizia Pacini Volpe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Il tempo del carcere. Aspetti criminologici e sociologici della prigione attuale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pisa University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.411-438, 2022, 978-88-3339-669-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pisa University Press</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.411-438, 2022, 978-88-3339-669-9</w:t>
+                <w:t xml:space="preserve">halshs-03767051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Dumont. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COVID-19 : betrouwbare experten en ministers ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medicatrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-16, 2022, 978-2-87211-187-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une nouvelle religion vaccinale est née en Occident</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03813818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement du Covid-19 et protocole Raoult : bilan provisoire des recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Dr Ghaleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dr Maudrux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.535-544, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.61-68, 2022, 978-3-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...106 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...25 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crise du Covid et querelle de la méthode. Entretien avec le professeur Jean Roudier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roudier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.511-520, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.47-50, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...72 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vaccination à l'épreuve des faits. 1ère partie : les chiffres de l'épidémie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.61-68, 2022, 978-3-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.345-356, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...47 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Roudier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">halshs-03770842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Dumont. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COVID-19 Des experts et des ministres dignes de confiance ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Marco Pietteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-16, 2022, 978-2-87211-185-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03765835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doxa anti-raoultiste et police de la pensée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.47-50, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.499-510, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...106 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La crise sanitaire a révélé l'inquiétant déclin du journalisme</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mais que viens-je faire dans cette galère ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.239-272, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.489-498, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'épidémie de Covid-19 a eu un impact relativement limité sur la mortalité en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Toubiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Eoliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.435-442, 2022, 978-2-37672-042-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pensée confinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Chapon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le confinement. Genèse, impacts et controverses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.79-102, 2022, 9791032003558</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03841122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaillot</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crise sanitaire a révélé l'inquiétant déclin du journalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.435-442, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.239-272, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Doxa anti-raoultiste et police de la pensée</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'épidémie de coronavirus a probablement pour origine un accident de laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.499-510, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.223-238, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mais que viens-je faire dans cette galère ?</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fin de partie&amp;quot; pour l'hydroxychloroquine ? Une escroquerie intellecetuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.489-498, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.99-110, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid-19, vaccins expérimentaux et stratégie vaccinale : entretien avec Christian Velot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion poitico-sanitaire de la crise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Eoliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.327-344, 2022, 978-2-37672-042-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Épidémiologie du Covid-19. Entretien avec Laurent Toubiana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Toubiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.223-238, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.387-414, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Fin de partie&amp;quot; pour l'hydroxychloroquine ? Une escroquerie intellecetuelle</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dangerosité de l'hydroxychloroquine : une fable médiatico-politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.99-110, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La naissance de la sociologie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Lepeltier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion poitico-sanitaire de la crise</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.327-344, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">Histoire et philosophie des sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Sciences Humaines, pp.83-90, 2022, 978-2-36106-752-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Épidémiologie du Covid-19. Entretien avec Laurent Toubiana</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03789793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La guerre des méthodes n'aura pas lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Lepeltier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire et philosophie des sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Sciences Humaines, pp.267-275, 2022, 978-2-36106-752-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03789800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid : les mesures restrictives de liberté ne résistent pas au test de proportionnalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L Toubiana</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Carpentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.387-414, 2022, 978-2-37672-042-3</w:t>
+              <w:t xml:space="preserve">, pp.457-460, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La dangerosité de l'hydroxychloroquine : une fable médiatico-politique</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03770876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le complotisme pour les nuls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Mucchielli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Doxa du Covid. Tome 2 : Enquête sur la gestion politico-sanitaire de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...329 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Eoliennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.161-172, 2022, 978-2-37672-042-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
@@ -3922,877 +3922,877 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02514238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La Provence, terre de violence ? Les présupposés culturalistes à l’épreuve de l’analyse statistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Raquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saladino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli; Émilie Raquet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Délinquances, police, justice. Recherches à Marseille et en région Paca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.65-88, 2016, 9791032000557</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02514267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Idéologie sécuritaire, pratiques policières et judiciaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monde qui vient. Entre périls et promesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, 2016, 9782707188434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tueurs en série. L’invention d’une catégorie criminelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 978-2-7535-5059-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zone de non-droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mots (et les actes) pour vivre ensemble</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cherche Midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9782749150246</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unruhen in der aktuellen französischen Gesellschaft. Eine elementare Form politischer Aushandlungsprozesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fraktale Metropolen, Hybride Metropolen. Stadtentwicklung zwischen Devianz, Polarisierung und Hybridisierung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer VS, 2016, 978-3-658-11492-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-658-11492-3_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victimation et sentiment d'insécurité dans trois villes de l'agglomération marseillaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01631150v1</w:t>
-[...47 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emilie Raquet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Laurent Mucchielli; Émilie Raquet. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Mucchielli, Émilie Raquet,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Délinquances, police, justice. Recherches à Marseille et en région Paca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.65-88, 2016, 9791032000557</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Provence, 2016, Sociétés contemporaines, 979-10-320-0055-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Zone de non-droit</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marseille, capitale du crime ? Le récit du crime dans les discours politico-médiatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mots (et les actes) pour vivre ensemble</w:t>
+              <w:t xml:space="preserve">Le récit de crime. Retour sur un séminaire universitaire en milieu carcéral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9782749150246</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires d'Aix-Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9782731410426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation d’une politique de sécurité. La ‘méthode globale’ des zones de sécurité prioritaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Allaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Olivier Weiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fraktale Metropolen, Hybride Metropolen. Stadtentwicklung zwischen Devianz, Polarisierung und Hybridisierung</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Délinquances, police, justice. Enquêtes à Marseille et en région PACA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-188, 2016, 9791032000557</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Victimation et sentiment d'insécurité dans trois villes de l'agglomération marseillaise</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02508079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délinquances et contextes sociaux en région PACA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Raquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saladino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Délinquances, police, justice. Recherches à Marseille et en région Paca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de Provence, 2016, Sociétés contemporaines, 979-10-320-0055-7</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de Provence, 2016, 979-10-320-0055-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...123 lines deleted...]
-                <w:t xml:space="preserve">Camille Allaria</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02514264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les agressions comparées aux accidents de la vie quotidienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...202 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Raquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Délinquances, police, justice. Recherches à Marseille et en région Paca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Provence, 2016, 979-10-320-0055-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6611,325 +6611,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Covid, état d'urgence et libertés publiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Schouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Futuribles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 449 (4), pp.73-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03739635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dietro l'ideologia della vaccinazione integrale : traffici d'influenza e fenomeni di corte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rivista dell'Osservatorio contro la sorveglianza di stato</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Marzo, pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03593523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quoi sert la vidéosurveillance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futuribles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VST - Vie sociale et traitements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 154 (2), pp.23-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vst.154.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03704550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de psychologie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 40 (janvier)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03603673v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-03704550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delinquency and immigration in France: A sociological perspective</w:t>
               </w:r>
@@ -7056,3273 +7056,3273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03503307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;violence&amp;quot;, son instrumentalisation politico-médiatique et sa problématisation sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Politique et Parlementaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1100, pp.74-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03381374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La doxa du Covid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du CEDIMES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (Hors-Série), pp.138-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03146987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La &amp;quot;violence&amp;quot;, son instrumentalisation politico-médiatique et sa problématisation sociologique</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿Cuál es el propósito de la videovigilancia? Lecciones de la experiencia francesa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Politique et Parlementaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Obets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (1), pp.175-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14198/OBETS2021.16.1.11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03126359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trafic d'influence : le rôle de l'industrie pharmaceutique dans la controverse sur le traitement médical de la Covid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du CEDIMES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (Hors-Série), pp.76-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03146976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La doxa du Covid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quinzaines : Lettres, arts et idées </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1240, pp.3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03446568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser la violence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhizome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 80-81, pp.10-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03577060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La doxa du Covid</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délinquance et justice des mineurs en France : la construction juridique et statistique d’un problème social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quinzaines : Lettres, arts et idées </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1240, pp.3-4</w:t>
+              <w:t xml:space="preserve">Insaniyat/إنسانيات Revue algérienne d'anthropologie et de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2019 - XXIII (1-2), pp.25-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...167 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02504245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La videosorveglianza riduce la criminalità ? Lezioni dall’esperienza francese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studi sulla questione criminale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15 (3), pp.7-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03120191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une sociologie de la criminalité environnementale. Le cas des pesticides en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bahitoune. Revue marocaine des sciences sociales et humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10, pp.9-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03049394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behind the French controversy over the medical treatment of Covid-19: The role of the drug industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Australian and New Zealand journal of sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1440783320936740⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02872021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mortalité du Covid en France : ce que nous apprennent les chiffres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Toubiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal International de Médecine (en ligne : jim.fr)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03008139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que révèle la polémique Raoult ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques. Les Cahiers de la médecine utopique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 90, p. 76-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02932482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿Quiénes son los delincuentes adolescentes? estudio de los expedientes de 500 jóvenes acogidos por los tribunales de Marsella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Bibard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">revista de derechos penal y criminologia </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.151-166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02497579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui sont les adolescents délinquants ? Étude des dossiers de jeunes pris en charge par la justice à Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Bibard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insaniyat/إنسانيات Revue algérienne d'anthropologie et de sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2019 - XXIII (1-2), pp.25-42</w:t>
+              <w:t xml:space="preserve">, 2020, 2019 - XXIII (1-2), pp.43-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Behind the French controversy over the medical treatment of Covid-19: The role of the drug industry</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02504262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Para uma sociologia dos crimes ambientais. Reflexões sobre o caso dos pesticidas em França</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Australian and New Zealand journal of sociology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Forum Sociologico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (1), pp.19-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Toussaint</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03087654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au coeur de la crise du Covid: un service hospitalier d'urgence dans le Haut-Rhin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal International de Médecine (en ligne : jim.fr)</w:t>
+              <w:t xml:space="preserve">Mediapart</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Que révèle la polémique Raoult ?</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dégradation des relations entre les habitants des quartiers pauvres et la police se lit aussi dans les chiffres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques. Les Cahiers de la médecine utopique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 90, p. 76-79</w:t>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Daphné Bibard</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02871090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La criminalité environnementale : état des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La criminalité environnementale, 43 (4), pp.469-479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ds.434.0469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02508070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La répression des trafics de cigarettes dans la région marseillaise : limites de l’action publique et inégalités sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue algérienne des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (5), pp.73-112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956286v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’état d’urgence, quelles conséquences sur les politiques publiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociology of Deviance and Criminology in France: History and Controversies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Sociologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12108-017-9340-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le développement de l’idéologie sécuritaire et ses conséquences en France des années 1970 à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards croisés sur l'économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rce.020.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évolution des polices municipales en France : une imitation des polices d’État vouée à l’échec ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ds.412.0239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À quoi sert la vidéosurveillance de l’espace public ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (1), pp.25-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ds.401.0025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mineurs incarcérés à Marseille : pas plus violents, mais plus fragiles socialement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.157-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01311630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la vidéosurveillance à la vidéoverbalisation : usages réels et fantasmés d’une technologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de politique criminelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mineurs délinquants suivis par la Protection Judiciaire de la Jeunesse dans les Bouches du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibard Daphné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire-Savoirs: Sciences de l'Homme et de la Société en Provence-Alpes-Côte d'Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.69-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les comparutions immédiates au TGI de Nice : la prison comme unique réponse à une délinquance de misère ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.207-226</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Provence, terre de violence ? Les présupposés culturalistes à l'épreuve de l'analyse statistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 38 (2), https://www.cairn.info/revue-deviance-et-societe.htm</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victimation et sentiment d'insécurité à Marseille : premiers résultats d'une enquête inédite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Raquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire-Savoirs: Sciences de l'Homme et de la Société en Provence-Alpes-Côte d'Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.81-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La longue histoire du banditisme et des trafics de drogue à Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire-Savoirs: Sciences de l'Homme et de la Société en Provence-Alpes-Côte d'Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.19-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sens-Dessous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11, pp.4-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matériaux pour une étude des délinquances en Guyane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Études et travaux de l'ORDCS / Études et travaux de l'Observatoire régional de la délinquance et des contextes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6, pp.1-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delincuencia de pobres versus delincuencia de ricos : une desigualdad que perdura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">revista de derechos penal y criminologia </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.151-166</w:t>
+              <w:t xml:space="preserve">, 2013, pp.81-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Daphné Bibard</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victimation et sentiment d'insécurité dans une petite de l'agglomération marseillaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insaniyat/إنسانيات Revue algérienne d'anthropologie et de sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2019 - XXIII (1-2), pp.43-66</w:t>
+              <w:t xml:space="preserve"> Études et travaux de l'ORDCS / Études et travaux de l'Observatoire régional de la délinquance et des contextes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.1-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des &amp;quot;victimations sensibles&amp;quot; en région PACA. Violences commises au sein du ménage ou en dehors du ménage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Raquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saladino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Sociologico</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 37 (1), pp.19-26</w:t>
+              <w:t xml:space="preserve"> Études et travaux de l'ORDCS / Études et travaux de l'Observatoire régional de la délinquance et des contextes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5, pp.1-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Au coeur de la crise du Covid: un service hospitalier d'urgence dans le Haut-Rhin</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violence : de quoi parle-t-on ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediapart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 247, pp.32-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">La dégradation des relations entre les habitants des quartiers pauvres et la police se lit aussi dans les chiffres</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délinquance : une grande peur en trompe l'oeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Alternatives Economiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, hors-série 60, pp.110-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La criminalité environnementale : état des lieux et perspectives</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Délinquance et contextes sociaux en région PACA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégory Salle</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Raquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saladino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déviance et Société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Études et travaux de l'ORDCS / Études et travaux de l'Observatoire régional de la délinquance et des contextes sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La répression des trafics de cigarettes dans la région marseillaise : limites de l’action publique et inégalités sociales</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sortir de la délinquance : une question fondamentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue algérienne des sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5 (5), pp.73-112</w:t>
+              <w:t xml:space="preserve">Point de vue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sociology of Deviance and Criminology in France: History and Controversies</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprendre les émeutes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Sociologist</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 167, pp.66-70</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...254 lines deleted...]
-                <w:t xml:space="preserve">Les mineurs incarcérés à Marseille : pas plus violents, mais plus fragiles socialement ?</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'observatoire régional de la délinquance et des contextes sociaux : contextes et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1, pp.157-162</w:t>
+              <w:t xml:space="preserve">, 2012, 2, p 45-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">À quoi sert la vidéosurveillance de l’espace public ?</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La evolucion de la delincuencia de menores en Francia : entre criminalizacion, judicializacion y guetizacion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Déviance et Société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">revista estudios socio-juridicos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14 (1), pp.59-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...1271 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une activité délinquante à défaut d'emploi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chroniques du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2, pp.214-229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170559v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01170539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immigration et délinquance : réalités, amalgames et racismes</w:t>
               </w:r>
@@ -12922,51 +12922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Délinquances, police, justice. Enquêtes à Marseille et en région PACA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9791032000557</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13108,169 +13108,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La délinquance des jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mucchielli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La documentation française</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Criminologie et lobby sécuritaire : une controverse française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dispute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170212v1</w:t>
-              </w:r>
-[...69 lines deleted...]
-                <w:t xml:space="preserve">hal-01170237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Délinquance, criminalité et banditisme dans la région marseillaise</w:t>
               </w:r>
@@ -14324,51 +14324,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victimation et sentiment d'insécurité. Résultats de l'enquête Marseille 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Raquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 10, Aix-Marseille Universite; CNRS UMR 7305. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -14469,51 +14469,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La délinquance des mineurs à Marseille. 500 jeunes suivis par la Protection Judiciaire de la Jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibard Daphné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 9, Observatoire Régional de la Délinquance et des Contextes Sociaux. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -14548,64 +14548,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des « victimations sensibles » en région PACA : violences commises au sein du ménage ou en dehors du ménage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mucchielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Raquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Saladino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 5, Aix-Marseille Université (AMU); MMSH. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -14717,51 +14717,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AFB7D5D5"/>
+    <w:nsid w:val="8B06FB41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14948,51 +14948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-mucchielli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033973938" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511009v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mucchielli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/avoir-question-a-tout/81859" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05373972v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champsocial.com/book-emeutes_revoltes_urbaines_et_reactions_sociales,1391.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459471v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meltemieditore.it/catalogo/critica-della-ragione-pandemica/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459776v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-violence-au-senegal/78569" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665134v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04543711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdemilune.com/collection-resistances/63-un-autre-regard-sur-le-covid-19.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04122910v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.helbing.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770861v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/livre-171-la-doxa-du-covid-tome-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770842v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03767051v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibard Daphn&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pisauniversitypress.it" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770892v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Toubiana" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813818v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmarcopietteur.com/medicatrix/333-covid-19-betrouwbare-experten-en-ministers--9782872111879.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770889v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770778v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dr Ghaleb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dr Maudrux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770741v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roudier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmarcopietteur.com/medicatrix/330-covid-19-des-experts-et-ministres-dignes-de-confiance-9782872111855.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770819v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03841122v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/confinement" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770872v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Toubiana" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaillot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770885v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770881v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770812v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770867v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770786v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03789793v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03789800v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Carpentier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770806v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03336243v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://champsocial.com/book-l_enseignement_universitaire_en_milieu_carceral_experiences_comparees_entre_la_france_et_l_italie,1195.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02553014v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bibard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://champsocial.com/book-quand_l_ado_nous_questionne_approches_historique_clinique_et_sociologique,1127.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475031v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/bandits-contre-bandits-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514230v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03059776v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03059773v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02422489v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/gateway/chapter/241476" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-7998-1286-9.ch016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072758v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960913v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960895v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956289v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/qu-est-ce-qu-une-discipline-juridique-9782275046723.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-croquant.org/component/mijoshop/product/392-paniques-identitaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631139v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514238v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631131v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631150v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4252" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514267v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Raquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saladino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Raffin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/delinquances-police-justice" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631135v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cherche-midi.com/livres/les-mots-et-les-actes-pour-vivre-ensemble" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631148v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-658-11492-3_7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311620v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/recit-crime" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Allaria" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Weiss" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514264v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Raquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514270v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631129v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsladecouverte.fr/catalogue/index-Vers_la_guerre_des_identit__s__-9782707188120.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311625v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631154v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegalites.fr/Que-faire-contre-les-inegalites-30-experts-s-engagent-un-ouvrage-pour-agir?id_theme=" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170537v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170525v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170523v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170534v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170528v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170507v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170516v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170503v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439696v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05171357v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05385219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003326v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69611/cahiers20-1-08" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05460759v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05199488v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05220328v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04758442v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860680v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04669519v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04760834v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04176672v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169807v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593523v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03739635v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Schouler" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603673v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03704550v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vst.154.0023" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821546v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092583ar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03503307v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146987v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381374v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577060v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446568v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03126359v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14198/OBETS2021.16.1.11" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146976v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03120191v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03049394v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504245v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872021v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1440783320936740" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03008139v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02932482v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497579v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504262v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087654v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083820v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02871090v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508070v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Salle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.434.0469" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956286v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631146v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12108-017-9340-6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948431v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.020.0111" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631109v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.412.0239" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311630v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311614v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.401.0025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631112v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170497v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170480v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170297v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170487v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170483v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170561v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170570v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170571v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170543v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170566v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170565v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170564v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170290v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170550v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170557v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170548v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170559v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170539v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170555v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170553v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170261v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130224v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Renneville" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ds.1998.1647" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665125v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Delobel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665124v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03503192v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02521701v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497743v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02880344v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508107v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02089716v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508105v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508100v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508101v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508087v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508112v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631115v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508117v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05168317v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04543324v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715047v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665119v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705044v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04367421v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083832v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095080v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083829v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083813v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083825v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095056v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577043v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/livre-166-la-doxa-du-covid" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603643v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474852v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayard.fr/documents-temoignages/la-france-telle-quelle-est-9782213716800" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494718v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kletzen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.50550" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474830v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/sociologie-de-la-delinquance-2e-ed-9782200621155" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474797v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475539v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Giuriati" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631125v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311618v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170253v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.puam.univ-cezanne.fr" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170212v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ladispute.atheles.org/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170237v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ladocumentationfrancaise.fr" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170232v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amares.org" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170218v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170207v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jean-jaures.org/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169832v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champsocial.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550183v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Palidda" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brion" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-J&#246;rg Albrecht" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; &#193;ngel Brandariz Garcia" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Dal Lago" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01523219v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Baroni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Bosworth" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549945v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatorre Palidda" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aebi Marcelo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Bazzaco" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504311v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Mokkedem" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03612257v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grondeau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Veltz" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041060v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02178394v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398829v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398828v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631160v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398832v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-mucchielli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033973938" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05511009v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mucchielli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/avoir-question-a-tout/81859" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05373972v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champsocial.com/book-emeutes_revoltes_urbaines_et_reactions_sociales,1391.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459471v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meltemieditore.it/catalogo/critica-della-ragione-pandemica/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459776v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-violence-au-senegal/78569" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665134v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04543711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdemilune.com/collection-resistances/63-un-autre-regard-sur-le-covid-19.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04122910v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.helbing.ch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770861v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/livre-171-la-doxa-du-covid-tome-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770889v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770892v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Toubiana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03767051v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibard Daphn&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pisauniversitypress.it" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813818v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmarcopietteur.com/medicatrix/333-covid-19-betrouwbare-experten-en-ministers--9782872111879.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770778v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dr Ghaleb" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dr Maudrux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roudier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770842v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03765835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsmarcopietteur.com/medicatrix/330-covid-19-des-experts-et-ministres-dignes-de-confiance-9782872111855.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770881v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770872v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Toubiana" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaillot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03841122v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/confinement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770819v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770812v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770867v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770786v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03789793v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03789800v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Carpentier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770806v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03336243v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://champsocial.com/book-l_enseignement_universitaire_en_milieu_carceral_experiences_comparees_entre_la_france_et_l_italie,1195.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02553014v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bibard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://champsocial.com/book-quand_l_ado_nous_questionne_approches_historique_clinique_et_sociologique,1127.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02475031v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/bandits-contre-bandits-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514230v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03059776v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03059773v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02422489v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.igi-global.com/gateway/chapter/241476" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-7998-1286-9.ch016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072758v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960913v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960895v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956289v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/qu-est-ce-qu-une-discipline-juridique-9782275046723.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-croquant.org/component/mijoshop/product/392-paniques-identitaires" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631139v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514238v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514267v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Raquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saladino" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Raffin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/delinquances-police-justice" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631131v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631150v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4252" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631135v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cherche-midi.com/livres/les-mots-et-les-actes-pour-vivre-ensemble" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631148v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-658-11492-3_7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311620v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/recit-crime" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Allaria" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Weiss" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514264v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Raquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514270v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631129v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsladecouverte.fr/catalogue/index-Vers_la_guerre_des_identit__s__-9782707188120.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311625v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631154v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegalites.fr/Que-faire-contre-les-inegalites-30-experts-s-engagent-un-ouvrage-pour-agir?id_theme=" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170537v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170525v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170523v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170534v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170528v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170507v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170516v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170503v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439696v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05171357v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05385219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003326v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69611/cahiers20-1-08" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05460759v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05199488v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05220328v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04758442v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04860680v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04669519v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04760834v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04176672v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169807v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03739635v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Schouler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593523v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03704550v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vst.154.0023" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603673v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03821546v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092583ar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03503307v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381374v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146987v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03126359v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14198/OBETS2021.16.1.11" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146976v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03446568v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577060v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504245v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03120191v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03049394v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872021v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1440783320936740" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03008139v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Toussaint" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02932482v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497579v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504262v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087654v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083820v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02871090v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508070v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Salle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.434.0469" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956286v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948431v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631146v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12108-017-9340-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.020.0111" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631109v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.412.0239" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311614v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.401.0025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311630v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631112v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170497v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170480v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170297v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170487v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170483v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170561v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170570v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170543v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170571v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170566v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170565v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170564v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170548v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170557v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170550v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170290v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170539v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170559v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170555v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170553v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170261v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130224v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Renneville" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ds.1998.1647" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665125v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Delobel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665124v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03503192v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02521701v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02497743v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02880344v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508107v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02089716v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508105v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508100v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508101v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508087v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508112v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631115v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02508117v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05168317v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04543324v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04715047v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04665119v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705044v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04367421v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083832v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095080v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083829v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083813v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083825v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095056v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03577043v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionseoliennes.fr/livre-166-la-doxa-du-covid" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03603643v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474852v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayard.fr/documents-temoignages/la-france-telle-quelle-est-9782213716800" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494718v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kletzen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.50550" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474830v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/sociologie-de-la-delinquance-2e-ed-9782200621155" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02474797v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475539v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Giuriati" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631125v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311618v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170253v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.puam.univ-cezanne.fr" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170237v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ladocumentationfrancaise.fr" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170212v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ladispute.atheles.org/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170232v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amares.org" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170218v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170207v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jean-jaures.org/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169832v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champsocial.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550183v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Palidda" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brion" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-J&#246;rg Albrecht" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; &#193;ngel Brandariz Garcia" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Dal Lago" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01523219v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Baroni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Bosworth" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549945v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatorre Palidda" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aebi Marcelo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Bazzaco" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02504311v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Mokkedem" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03612257v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grondeau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Veltz" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03041060v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02178394v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398829v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398828v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631160v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398832v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>