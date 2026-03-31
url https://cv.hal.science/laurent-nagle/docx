--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -368,476 +368,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01478459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des cui-cui très parlants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Condition-Dependent Choosiness For Highly Attractive Songs In Female Canaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Rat-Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le journal du Dimanche</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 119 (1), pp.58-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eth.12037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478470v1</w:t>
+                <w:t xml:space="preserve">hal-01478472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condition-Dependent Choosiness For Highly Attractive Songs In Female Canaries</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des cui-cui très parlants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le journal du Dimanche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01478472v1</w:t>
+                <w:t xml:space="preserve">hal-01478470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying Female Reproductive Activities in Relation to Male Song: The Domestic Canary as a Model</w:t>
+                <w:t xml:space="preserve">Context-Related Vocalizations in African Grey Parrots (Psittacus Erithacus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Leboucher</w:t>
+                <w:t xml:space="preserve">Nicolas Giret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Marie Vallet</w:t>
+                <w:t xml:space="preserve">Aurélie Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Béguin</w:t>
+                <w:t xml:space="preserve">Michel Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in the Study of Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44, </w:t>
+              <w:t xml:space="preserve">acta ethologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (1), pp.39-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-394288-3.00005-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10211-011-0106-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478494v1</w:t>
+                <w:t xml:space="preserve">hal-01478496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-Related Vocalizations in African Grey Parrots (Psittacus Erithacus)</w:t>
+                <w:t xml:space="preserve">Studying Female Reproductive Activities in Relation to Male Song: The Domestic Canary as a Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Giret</w:t>
+                <w:t xml:space="preserve">Gérard Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Albert</w:t>
+                <w:t xml:space="preserve">Eric Marie Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Kreutzer</w:t>
+                <w:t xml:space="preserve">Nathalie Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">acta ethologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 15 (1), pp.39-46. </w:t>
+              <w:t xml:space="preserve">Advances in the Study of Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10211-011-0106-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-394288-3.00005-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478496v1</w:t>
+                <w:t xml:space="preserve">hal-01478494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do African grey parrots (Psittacus erithacus) know what a human experimenter does and does not see?</w:t>
               </w:r>
@@ -925,436 +925,436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closed-loop bird-computer interactions: a new method to study the role of bird callings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cooperative problem solving in African grey parrots (Psittacus erithacus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lerch</w:t>
+                <w:t xml:space="preserve">Lauriane Rat-Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Roy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francois Pachet</w:t>
+                <w:t xml:space="preserve">Mathilde Lalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 14, pp.545-553</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10071-011-0389-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01696512v1</w:t>
+                <w:t xml:space="preserve">hal-01478817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phonological-dependent territorial responses in yellowhammers (Emberiza citrinella)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Nitsch</w:t>
+                <w:t xml:space="preserve">Closed-loop bird-computer interactions: a new method to study the role of bird callings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Pachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Processes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Animal Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14, pp.545-553</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01696472v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative problem solving in African grey parrots (Psittacus erithacus)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lauriane Rat-Fischer</w:t>
+                <w:t xml:space="preserve">Phonological-dependent territorial responses in yellowhammers (Emberiza citrinella)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Giret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Lalot</w:t>
+                <w:t xml:space="preserve">A Nitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, </w:t>
+              <w:t xml:space="preserve">Behavioural Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 88 (88), pp.67-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10071-011-0389-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.beproc.2011.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478817v1</w:t>
+                <w:t xml:space="preserve">hal-01696472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet quality affects male choice in domestic female canary Serinus canaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Rat-Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1399,345 +1399,345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Referential learning of French and Czech labels in African grey parrots (Psittacus erithacus): Different methods yield contrasting results</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Territorial reactions of male Yellowhammers () toward a specific song structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jitka Lindová</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lenka Tichotová</w:t>
+                <w:t xml:space="preserve">Thibaud Gruber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Processes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal für Ornithologie = Journal of Ornithology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 151 (3), pp.645-654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10336-010-0502-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.beproc.2010.06.010⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02159807v1</w:t>
+                <w:t xml:space="preserve">hal-00573486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorial reactions of male Yellowhammers () toward a specific song structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Referential learning of French and Czech labels in African grey parrots (Psittacus erithacus): Different methods yield contrasting results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Giret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jitka Lindová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Gruber</w:t>
+                <w:t xml:space="preserve">Lenka Tichotová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal für Ornithologie = Journal of Ornithology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 151 (3), pp.645-654. </w:t>
+              <w:t xml:space="preserve">Behavioural Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 85 (2), pp.90-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10336-010-0502-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.beproc.2010.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573486v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02159807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous categorization of vocal imitations in African grey parrots (Psittacus erithacus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Giret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1835,51 +1835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Musseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 71 (5), pp.1039-1046. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1964,51 +1964,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Musseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 142 (11-12), pp.1495-1514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3086,73 +3086,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Workshop de l’Université Franco-Allemande: « vocal communication »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Seewiesen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689949v1</w:t>
+                <w:t xml:space="preserve">hal-01689895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultural evolution of birdsong in the laboratory</w:t>
               </w:r>
@@ -3194,97 +3194,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop de l’Université Franco-Allemande: « vocal communication »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Seewiesen, Germany</w:t>
+              <w:t xml:space="preserve">44ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689895v1</w:t>
+                <w:t xml:space="preserve">hal-01689949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban noise affects the eggs investment in female domestic canaries Serinus canaria</w:t>
+                <w:t xml:space="preserve">Chants attractifs et investissement maternel en contexte de bruit urbain chez le canari domestique Serinus canaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Huet Des Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Grenna</w:t>
@@ -3319,97 +3319,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université Franco-Allemande (UFA-DFH) 'Interactions, communications and learning: from invertebrates to human' symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01696839v1</w:t>
+                <w:t xml:space="preserve">hal-01696798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chants attractifs et investissement maternel en contexte de bruit urbain chez le canari domestique Serinus canaria</w:t>
+                <w:t xml:space="preserve">Urban noise affects the eggs investment in female domestic canaries Serinus canaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Huet Des Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Grenna</w:t>
@@ -3444,73 +3444,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nagle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">Université Franco-Allemande (UFA-DFH) 'Interactions, communications and learning: from invertebrates to human' symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01696798v1</w:t>
+                <w:t xml:space="preserve">hal-01696839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4621,64 +4621,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying Female Reproductive Activities in Relation to Male Song: The Domestic Canary as a Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4704,51 +4704,51 @@
                 <w:t xml:space="preserve">Dalila Bovet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Jane Brockmann, Timothy J. Roper, Marc Naguib, John C. Mitani and Leigh W. Simmons. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in the study of behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 44, Elsevier, pp.183-223, 2012, 978-0-12-394288-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-394288-3.00005-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01704411v1</w:t>
@@ -4928,51 +4928,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604274v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Huet Des Aunay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grenna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Slabbekoorn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nagle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12659" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Passas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2013.10.010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478470v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478472v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lerch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rat-Fischer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12037" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3GJMQKKK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478494v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marie Vallet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie B&#233;guin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-394288-3.00005-8" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Albert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kreutzer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10211-011-0106-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696523v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;ron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Chardard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696512v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pachet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696472v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nitsch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2011.07.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDSKXQZF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478817v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lalot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-011-0389-2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-17DVV0QJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159807v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Lindov&#225;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Tichotov&#225;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2010.06.010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5N0W0FN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573486v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Gruber" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-010-0502-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F5FBA1AEF170D407B90C7944B81D67450D7B3065/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2009.07.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FNRXJPR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor-Ion Draganoiu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Musseau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2005.06.022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TMZ21BDF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495650v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156853905774831828" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-HLHT2KK3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087299v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Z. Garamszegi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten J. S. Balsby" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben D. Bell" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Borowiec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce E. Byers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-004-0866-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WQFQMD85-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462018v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462029v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462061v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696780v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Ion Draganoiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689933v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Geberzahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Le Maguer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Zseb&#246;k" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689688v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696553v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peckre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Marin-Cudraz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathez-Lo&#239;c" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689949v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689895v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696839v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696798v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366842v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bosca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Jacquin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloris Maury" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Bakker" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Gahr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708660v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699848v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479342v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Valomy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Streri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479362v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479385v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colleony" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Li&#233;vin-Bazin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Malassis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dolion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479384v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704411v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vallet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604274v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Huet Des Aunay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grenna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Slabbekoorn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nagle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12659" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478459v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Passas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2013.10.010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478472v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lerch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Rat-Fischer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12037" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3GJMQKKK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478470v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478496v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Albert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kreutzer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10211-011-0106-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478494v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marie Vallet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie B&#233;guin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-394288-3.00005-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696523v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;ron" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Chardard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478817v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lalot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-011-0389-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-17DVV0QJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696512v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pachet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696472v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Nitsch" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2011.07.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NDSKXQZF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573486v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Gruber" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-010-0502-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F5FBA1AEF170D407B90C7944B81D67450D7B3065/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Lindov&#225;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Tichotov&#225;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2010.06.010" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5N0W0FN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2009.07.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7FNRXJPR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor-Ion Draganoiu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Musseau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2005.06.022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TMZ21BDF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495650v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156853905774831828" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-HLHT2KK3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00087299v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Z. Garamszegi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten J. S. Balsby" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben D. Bell" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Borowiec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce E. Byers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-004-0866-6" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WQFQMD85-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462018v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462029v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462061v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696780v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Ion Draganoiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689933v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Geberzahn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Le Maguer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Zseb&#246;k" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689688v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696553v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peckre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Marin-Cudraz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathez-Lo&#239;c" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689895v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689949v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696798v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01696839v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366842v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bosca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Jacquin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloris Maury" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Bakker" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Gahr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708660v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699848v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479342v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Valomy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Streri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479362v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479385v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colleony" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Li&#233;vin-Bazin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Malassis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dolion" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479384v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01704411v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vallet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>