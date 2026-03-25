--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Picot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-CO, an oligosaccharide with anti-inflammatory properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 195, pp.118954. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ximenia americana L. From Popular Use to Anti‐Inflammatory Activities: A Comprehensive Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Anderson F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gabriely de Lima Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Yure S. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Torres Pessoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 7 (2), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fft2.70228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New bis-norditerpene by biotransformation of favelines from Cnidoscolus quercifolius using Umbelopsis isabellina as biocatalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannychloé Nai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaslonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Krystyańczuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Amand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 184, pp.106605. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2025.106605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic Potential of Pistacia Extracts in the Prevention and Treatment of Oxidative Stress-Related Diseases: The Role of Nanotechnology in Improving Bioavailability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Piekarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henoc del Rosario Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Reviews International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-61. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/87559129.2025.2544967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxy−/polyacetyl-flavones cytotoxicity towards colorectal and prostate Cancer cell lines: SAR, mechanisms of action and evaluation as potential adjuvants in chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Tenta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katerina Gioti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dumontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Grougnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.130404. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmcl.2025.130404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brazilian propolis: Chemical composition, regional variability, and bioactive potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabela Motta Felício</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexya Mikelle Teixeira Cavalcanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 185, pp.106687. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2025.106687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Botany, Ethnomedicinal Uses, Biological Activities, Phytochemistry, and Technological Applications of Morinda citrifolia Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mairim Russo Serafini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (18), pp.3831. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules30183831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overexpression of the DXP reductoisomerase (DXR) gene increases the production of valuable biologically-active compounds in the transgenic hairy roots of Plectranthus venteri (van Jaarsv. &amp; Hankey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wirginia Kukula-Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 237, pp.122188. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer Activity of the Marine-Derived Compound Bryostatin 1: Preclinical and Clinical Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Staszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Markowicz-Piasecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catarina Amaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (16), pp.7765. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms26167765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05207685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chemopreventive and Antitumor Potential of Cranberry ( Vaccinium Macrocarpon Aiton) in Gastrointestinal Cancers: A Review of Molecular Mechanisms, Preclinical Evidence, and Commercial Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Gładys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Osicka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malwina Dudzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Reviews International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-29. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/87559129.2025.2597422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial applications of Cannabis sativa (L.): Exploring its biological and nanotechnological potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Górski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Gładys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Glica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martyna Muskała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 225, pp.120566. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.120566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of farnesol complexed in β- and hydroxypropyl-β-cyclodextrin and their antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edileuza Marcelo Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jemmyson Romário de Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 550, pp.109406. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2025.109406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green synthesis of antimicrobial nanotechnology using flavonoids: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microencapsulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02652048.2025.2487033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spondias tuberosa Arruda (Anacardiaceae) ethanolic leaf extract as a source of natural products inhibiting quorum sensing and pyocyanin production in planktonic Pseudomonas aeruginosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Tareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.R. Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 70, pp.104078. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytol.2025.104078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single‐Step Isolation of Phyllacanthone From Cnidoscolus quercifolius Using Centrifugal Partition Chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannychloé Nai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaslonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Separation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 48 (2), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jssc.70094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phototoxicity of the Ethanolic Extract of Skeletonema marinoi for the Dermocosmetic Improvement of Acne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan-Sothea Ouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Lefoulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22 (8), pp.343. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md22080343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The protective effects of naringenin, a citrus flavonoid, non-complexed or complexed with hydroxypropyl-β-cyclodextrin against multiorgan damage caused by neonatal endotoxemia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katielen Silvana dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Souza Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Karoline de Souza Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Douglas M. Coutinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 264, pp.130500. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.130500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro antiherpetic activity of compounds extracted from Sargassum fluitans (Børgesen) Børgesen. Identification and in silico evaluation of potential antiviral molecules in a hydroalcoholic extract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liena de Regla Ponce Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Colina Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Resik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Phycology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10811-024-03202-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Precious Potential of the Sacred Tree Chamaecyparis obtusa (Siebold & Zucc.) Endl. as a Source of Secondary Metabolites with Broad Biological Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Maksymilian Górski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Ghorbanpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (5), pp.2723. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms25052723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavonoids and their derivatives as DNA topoisomerase inhibitors with anti-cancer activity in various cell models: Exploring a novel mode of action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malwina Dudzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natasza Wiertek-Płoszaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209 (9), pp.107457. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phrs.2024.107457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Therapeutic Potential of Theobroma cacao L.: Insights from In Vitro, In Vivo, and Nanoparticle Studies on Anti-Inflammatory and Anticancer Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Osicka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Śpiewak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (11), pp.1376. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13111376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The antiproliferative activity of Varronia dardani (Taroda) J.S. Mill. roots against human melanoma cells and the isolation of a new hydroanthraquinone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arthur Gouveia Veloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Augusto Gonçalves Dantas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Carlos de Oliveira Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 59, pp.45-52. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytol.2023.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Inflammatory and Anticancer Effects of Anthocyanins in In Vitro and In Vivo Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martyna Muskała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Natural Products: Biological, Antioxidant Properties and Health Effects—3rd Edition), 13 (9), pp.1143. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13091143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deprotonative Metallation of Benzofuran and Benzothiophene Derivatives for the Formation of Tetracyclic and Pentacyclic Heteroaromatic Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Elmir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Hurvois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (27), </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202400374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Identification of Peptide Inhibitors of the Coronavirus 3CL Protease from a Fucus ceranoides L. Hydroalcoholic Extract Using a Ligand-Fishing Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cintia Emi Yanaguibashi Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22 (6), pp.244. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md22060244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04592145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the therapeutic potential and chemical properties of trans-chalcone: a comprehensive review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Vitoria Silva Cezar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17568919.2024.2424148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxyflavones from Gardenia oudiepe and semi-synthetic derivatives reduce nociception in mice: Evidence for the involvement of the MAPK pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Gama E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammya Yasmin Evangelista Mendes de Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 182, pp.117742. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2024.117742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligand fishing as a tool to screen natural products with anticancer potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamella Christina Ortega de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cíntia Emi Yanaguibashi Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Cristina de Moraes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Separation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46 (12), pp.2200964. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jssc.202200964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological effect of natural chitosan nanoparticles with transformed roots extract of Leonotis nepetifolia (L.) R.Br. in an in vitro model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Owczarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Śliwiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203, pp.117135. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2023.117135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From benzofuro-, benzothieno- and 10-methylindolo-[2,3-b]-fused benzothiopyrano[4,3,2-de]quinolines to the corresponding benzothiopyrano[4,3,2-de]1,8-naphthyridines: synthesis and properties of these hexacyclic heteroaromatic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nauton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (1), pp.258-283. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2NJ04567B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-melanoma potential of inclusion complexes containing phyllacanthone in β-cyclodextrin and sulfobutyl-ether-β-cyclodextrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane dos Santos Cerqueira Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuri Kelvin Silva Camacho Tavares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Urias Menezes Novaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victória Laysna dos Anjos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 89, pp.105020. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jddst.2023.105020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of phototoxic plants, their phototoxic metabolites, and possible developments as photosensitizers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Izambart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry and Biodiversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbdv.202300494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaea Carotenoids: Natural Pigments with Unexplored Innovative Potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Goubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Miranda de Souza Duarte Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Marine Pigments, 20 (8), pp.524. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20080524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food plant with antioxidant, tyrosinase inhibitory and antimelanoma activity: Prunus mahaleb L</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zühal Bayrakçeken Güven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynep Dogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iclal Saracoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent CD Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akito Nagatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48, pp.101804. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fbio.2022.101804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Franco-Brazilian network on natural products (FB2NP): a new network promoting cooperation and exchanges in natural products research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucindo Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Feuilloley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Química Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45, pp.1-3. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/0100-4042.20170847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carotenoids from Marine Microalgae as Antimelanoma Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (10), pp.618. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20100618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Manipulation and Bioreactor Culture of Plants as a Tool for Industry and Its Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irena Brčić Karačonji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wieczfinska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (3), pp.795. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27030795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisphosphonylallenes as Suitable Scaffolds for Unprecedented 4,5-Diphosphonyldihydropyridazines and 3,4-Diphosphonylpyrroles Displaying Antimelanoma Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kmar Abaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (43), pp.38894-38901. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.2c04619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fucoxanthin from Algae to Human, an Extraordinary BioreSource: Insights and Advances in up and Downstream Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gia Hao Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (4), pp.222. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20040222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis-nor-diterpene from Cnidoscolus quercifolius (Euphorbiaceae) induces tubulin depolymerization-mediated apoptosis in BRAFmutated melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemico-Biological Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 355, pp.109849. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbi.2022.109849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer Properties of Plectranthus ornatus-Derived Phytochemicals Inducing Apoptosis via Mitochondrial Pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bangay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Śliwiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (19), pp.11653. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms231911653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiazolo[5,4- &amp;lt;i&amp;gt;f&amp;lt;/i&amp;gt; ]quinoxalines, Oxazolo[5,4- &amp;lt;i&amp;gt;f&amp;lt;/i&amp;gt; ]quinoxalines and Pyrazino[ &amp;lt;i&amp;gt;b,e&amp;lt;/i&amp;gt; ]isatins: Synthesis from 6-Aminoquinoxalines and Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Sims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Richy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021 (19), pp.2756-2763. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202100362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of peripheral and central sensitization in the anti-hyperalgesic effect of hecogenin acetate, an acetylated sapogenin, complexed with β-cyclodextrin: Involvement of NFκB and p38 MAPK pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiolla Rocha Santos Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik W.M. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmim Maria Barbosa Gomes de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 186, pp.108395. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropharm.2020.108395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Microalgae Research and Marketing in the European Atlantic Area: Analysis of Major Gaps and Barriers Limiting Sector Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (6), pp.319. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md19060319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodothiophenes and Related Compounds as Coupling Partners in Copper-Mediated N-Arylation of Anilines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (07), pp.1271-1284. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0040-1706542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Phytochemical Analysis and Evaluation of the Biological Activity of Leonotis nepetifolia (L.) R. Br Transformed Roots Extracts Obtained through Rhizobium rhizogenes-Mediated Transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera M S Isca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (5), pp.1242. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells10051242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer activity of limonene: A systematic review of target signaling pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Gomes De Araújo‐filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jucilene Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaella Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotherapy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ptr.7125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical composition and biological potential of a chloroform fraction from the leaves of marine plant Syringodium filiforme Kützing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kethia Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Marrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasnay Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulexi Acosta Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Gutiérrez Cuesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacognosy Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (72), pp.750-756. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4103/pm.pm_24_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxyflavones from Gardenia oudiepe (Rubiaceae) induce cytoskeleton disruption-mediated apoptosis and sensitize BRAF-mutated melanoma cells to chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Marcoult-Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemico-Biological Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 325, pp.109109. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbi.2020.109109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carotenoids from Rhodomonas salina Induce Apoptosis and Sensitize A2058 Melanoma Cells to Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Farmacognosia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (2), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43450-020-00036-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updated pigment composition of Tisochrysis lutea and purification of fucoxanthin using centrifugal partition chromatography coupled to flash chromatography for the chemosensitization of melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.102035. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.algal.2020.102035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexation with β-cyclodextrin enhances apoptosis-mediated cytotoxic effect of harman in chemoresistant BRAF-mutated melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.105353. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejps.2020.105353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytol, a Chlorophyll Component, Produces Antihyperalgesic, Anti-inflammatory, and Antiarthritic Effects: Possible NFκB Pathway Involvement and Reduced Levels of the Proinflammatory Cytokines TNF-α and IL-6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Willyame Menezes Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrício Santana Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irwin Menezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83 (4), pp.1107-1117. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jnatprod.9b01116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limonene, a food additive, and its active metabolite perillyl alcohol improve regeneration and attenuate neuropathic pain after peripheral nerve injury: Evidence for IL-1β, TNF-α, GAP, NGF and ERK involvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Araújo-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik W.M. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Souza Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiolla Rocha Santos Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Immunopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86, pp.106766. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.intimp.2020.106766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2-Aminobenzaldehyde, a common precursor to acridines and acridones endowed with bioactivities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Zeghada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (38), pp.131435. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2020.131435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03302141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Scientific Research Driving Microalgae Market Opportunities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes-Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (5), pp.264. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md18050264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Extract of Transgenic Senna obtusifolia L. hairy roots with Overexpression of PgSS1 Gene in Combination with Chemotherapeutic Agent Induces Apoptosis in the Leukemia Cell Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Toma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marzena Wielanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (4), pp.510. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom10040510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionalization of 9-thioxanthone at the 1-position: From arylamino derivatives to [1]benzo(thio)pyrano[4,3,2-de]benzothieno[2,3-b]quinolines of biological interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahida Mokhtari Brikci-Nigassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nauton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael E Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.103347. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bioorg.2019.103347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bibliometric Analysis of Microalgae Research in the World, Europe, and the European Atlantic Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes-Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin J. Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (2), pp.79. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md18020079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpenes as possible drugs for the mitigation of arthritic symptoms - a systematic review.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra M.S. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klécia Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Gibara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57, pp.137-147. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phymed.2018.10.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bixin, an apocarotenoid isolated from Bixa orellana L., sensitizes human melanoma cells to dacarbazine-induced apoptosis through ROS-mediated cytotoxicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Braconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 125, pp.549-561. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2019.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From ecological relevance of the ecosystem services concept to its socio-political use. The case study of intertidal bare mudflats in the Marennes-Oléron Bay, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rivaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean and Coastal Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 172, pp.41-54. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.01.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Structure of 6,7-Dihydro-5a,7a,13,14-tetraaza-pentaphene-5,8-dione</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria de Fatima Pereira-Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X-Ray Structure Analysis Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (10), pp.57-59. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2116/xraystruct.35.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical constituents of non-polar fractions obtained from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant native to Caatinga biome Chemical constituents of non-polar fractions obtained from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant native to Caatinga biome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo G. de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly A. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marcos T. de Alencar-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia C. C. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Virtual de Química</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), pp.498-516. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/1984-6835.20190038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02432190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-clinical investigations of β-carboline alkaloids as antidepressant agents: A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xirley Pereira Nunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 137, pp.104196. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2019.104196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monoterpenes modulating cytokines - A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jullyana S.S. Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Shanmugam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Antunes S. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson R.G.da S. Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123, pp.233-257. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2018.10.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citronellol, a monoterpene alcohol with promising pharmacological activities - A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Pedro S.C.F. Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson R.G.S. Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jullyana S.S. Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123, pp.459-469. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2018.11.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient plant regeneration from Rhaponticum carthamoides transformed roots, enhanced caffeoylquinic acid derivatives production in pRi-transformed plants and their biological activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewa Skała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Szemraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, pp.327-338. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2018.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of Leonurus sibiricus L. roots with over-expression of AtPAP1 transcriptional factor in closed bioreactor, production of bioactive phenolic compounds and evaluation of their biological activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Michalska-Hejduk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122, pp.732 - 739. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2018.06.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibacterial activity of terpenoids isolated from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant from Caatinga biome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alvez Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Cruz Pontes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noelly Bastos Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Integrative Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24, pp.30-34. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eujim.2018.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Quinoxaline, Pyrido[2,3-b]pyrazine and Pyrido[3,4-b]pyrazine to Pyrazino-Fused Carbazoles and Carbolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Caytan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Limanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (11), pp.2961. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23112961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitization of tumor cells to chemotherapy by natural products: a systematic review of preclinical data and molecular mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphäel Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129, pp.383-400. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2018.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnhanceMicroalgae: An European Interregional Project Stimulating Research, Innovation, Industrial Development and Transnational Cooperation within the Atlantic Area Microalgae Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Oceanography and Marine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.1000182. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2572-3103.1000182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2-Aminophenones, a common precursor to N-aryl isatins and acridines endowed with bioactivities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahida Mokhtari Brikci-Nigassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 74 (15), pp.1785-1801. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2018.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeaxanthin from Porphyridium purpureum induces apoptosis in human melanoma cells expressing the oncogenic BRAF V600E mutation and sensitizes them to the BRAF inhibitor vemurafenib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Oudinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lior Pytowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Farmacognosia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.457-467. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bjp.2018.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytochemical and pharmacological aspects of Cnidoscolus Pohl species: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Souza Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Layanne Feitosa da Silva Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phymed.2017.08.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community analysis of pigment patterns from 37 microalgae strains reveals new carotenoids and porphyrins characteristic of distinct strains and taxonomic groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Serive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Kaas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (2), </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0171872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antimelanoma activity of Heterocapsa triquetra pigments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Haguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Goldberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Joguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25, pp.207 - 215. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.algal.2017.04.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of N-pyridyl azoles using a deprotometalation-iodolysis-N-arylation sequence and evaluation of their antiproliferative activity in melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72 (41), pp.6467--6476. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2016.08.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Could Fucoxanthin Interaction with Lipid Rafts Mediate its Cytotoxicity in Cancer Cells?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves Oliveira-Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Chevanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Oceanography and Marine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.1000144. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/jomr.1000144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UPLC-MSE Profiling of Phytoplankton Metabolites: Application to the Identification of Pigments and Structural Analysis of Metabolites in Porphyridium purpureum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devillers, Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (4), pp.1541-2558. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md13042541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deproto-metallation of N-arylated pyrroles and indoles using a mixed lithium–zinc base and regioselectivity-computed CH acidity relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Ameur Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madani Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.1475-1485. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjoc.11.160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-Assisted Extraction of Phycobiliproteins from Porphyridium purpureum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-René Chérouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12010-014-1250-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azine and Diazine Functionalization Using 2,2,6,6-Tetramethylpiperidino-Based Lithium–Metal Combinations: Application to the Synthesis of 5,9-Disubstituted Pyrido[3′,2′:4,5]pyrrolo[1,2-c] pyrimidines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nada Marquise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Tai Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYNLETT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (20), pp.2811-2816. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0035-1560496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of C,N'-linked bis-heterocycles using a deprotometalation-iodination-N-arylation sequence and evaluation of their antiproliferative activity in melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madani Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aicha Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dorcet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (13), pp.3498-3507. </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2014.04.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutter contre les cancers grâce aux pigments de microalgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Cyanophora paradoxa Pigments in Melanoma, Breast and Lung Cancer Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Hubert Baudelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (11), pp.4390-4406. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md11114390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of azafluorenones and related compounds using deprotocupration-aroylation followed by intramolecular direct arylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nada Marquise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip J. Harford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dorcet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (47), pp.10123-10133. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2013.09.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Clinical Use of Phytoplankton Carotenoid Pigments to Cure Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">oceanography, open access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (3), </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2332-2632.1000e105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Cyanophora paradoxa Pigments in Melanoma, Breast and Lung Cancer Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Hubert Baudelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (11), pp.4390-4406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection and optimisation of a method for efficient metabolites extraction from microalgae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Serive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Kaas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioresource Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 124, pp.311-320. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biortech.2012.07.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Potential of Microalgae for the Production of Bioactive Molecules of Pharmaceutical Interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Mimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ulmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Pharmaceutical Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (15), pp.2733-2750. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/138920112804724828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Violaxanthin Isolated from Bioguided Fractionation of Dunaliella tertiolecta Extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Ihammouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Chepied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Aumailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (5), pp.819-831. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md9050819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Violaxanthin Isolated from Bioguided Fractionation of Dunaliella tertiolecta Extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Ihammouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Chepied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Aumailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9, pp.819-831. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md9050819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on the microalgal pigments extraction process: Performance of microwave assisted extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Rene Cherouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (1), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procbio.2010.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ultrafiltration and nanofiltration of an industrial fish protein hydrolysate on its bioactive properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Ravallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Fouchereau-Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 90 (11), pp.1819-1826. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.4020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractionation of fish protein hydrolysates by ultrafiltration and nanofiltration: impact on peptidic populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bourseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Chaplain-Derouiniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 244 (1-3), pp.303-320. </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2008.05.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and antitumoral activity of novel thiazolobenzotriazole, thiazoloindolo[3,2-c]quinoline and quinolinoquinoline derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Beauchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jaunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Baldeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lansiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (10), pp.3858-3865. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2009.04.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractionation of fish protein hydrolysates by ultrafiltration and nanofiltration: impact on peptidic populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chaplain-Derouiniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 244, pp.303-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00342916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot synthesis of 5-phenylimino, 5-thieno or 5-oxo-1,2,3-dithiazoles and evaluation of their antimicrobial and antitumor activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Konstantinova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Bol’shakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Obruchnikova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Tanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (1), pp.136-141. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmcl.2008.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-assisted Synthesis of Novel Thiazolocarbazoles and Evaluation as Potential Anticancer Agents. Part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjila Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (6), pp.467-473. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360412331280491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and antiproliferative activity of clausine E, mukonine, and koenoline bioisosteres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Liger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Popowycz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Galmarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (16), pp.5615-5619. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2007.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of latonduine derivatives via intramolecular Heck coupling reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Putey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Joucla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Joseph.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.63, 867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative activity of fish protein hydrolysates on human breast cancer cell lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (5), pp.1217-1222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and evaluation of the antiproliferative activity of novel thiazoloquinazolinone kinases inhibitors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melina Blairvacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 20 (6), pp.557-568. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360500212399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of the cytotoxic effects of Pseudomonas fluorescens by growth temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani-Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Merieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 155 (1), pp.39-46. </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2003.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytotoxic effects of the lipopolysaccharide from Pseudomonas fluorescens on neurons and glial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani-Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Mérieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35 (3), pp.95-106. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0882-4010(03)00092-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudomonas fluorescens as a potential pathogen: adherence to nerve cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Mérieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbes and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3 (12), pp.985-995. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s1286-4579(01)01462-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incursions marines dans l'environnement lacustre du rift oligocène de Limagne (Massif central, France) : apport des organismes halophiles et des isotopes du strontium; datation par les mammifères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bodergat A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hugueney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Poidevin J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 170 (4), pp.499-511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro antiherpetic activity of compounds extracted from Sargassum fluitans (Borgesen) Borgesen. Identification and in silico evaluation of potential antiviral molecules in a hydroalcoholic extract.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liena de Regla Ponce Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Colina Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Resik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">. Fapronature 2024 International Congress on Pharmacology, of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cuban Society of Pharmacology, Jun 2024, Cuba, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caribbean Sargassum: a malediction or a golden resource.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourgougnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Hardouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Corbanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Natural Products Research: A PSE Young Scientists’ Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté Pharmacie Paris, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crustacés de l'Oxfordien supérieur de Cricqueboeuf (Normandie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Gendry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Devillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rennes; Société Géologique de France, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural plant extracts altering Pseudomomas aeruginosa biofilm and pyocyanin production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Azuama O.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tahrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.S. Enrique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.O.J.R. Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tortuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès national de la Société Française de Microbiologie (SFM),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of microalgae selected in New Caledonia as a potential source of natural antioxidants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lebouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Déan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Algal Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03387568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural compounds targeting pyocyanin and quorum sensing in Pseudomonas aeruginosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Tahrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onyedikachi Cecil Azuama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tortuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Société Française de Microbiologie-SFM2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and chemical Regulation of host-bactrerium interactions in Pseudomonas fluorescens.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G.J. Feuilloley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Orange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting Pseudomonas 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stimulation of biosynthesis of antioxidant molecules by metabolic orientation in a microalgae selected in New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lebouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Colloque International des Plantes Aromatiques et Médicinales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Punaauia, French Polynesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural products as promising pharmacological tools for the management of fibromyalgia symptoms – a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan Brito Guedes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Laise Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Almeida Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lícia Tairiny Santos Pina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Roberto Antoniolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William S. Wilke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discussions of Unusual Topics in Fibromyalgia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intechopen, 2017, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.70016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 8 : Flavonoids: Promising Natural Products for Treatment of Skin Cancer (Melanoma). in Natural Products and Cancer Drug Discovery Edited by Farid A. Badria, ISBN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Gama E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Martins de Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Araújo Rolim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Farid A. Badria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Products and Cancer Drug Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IntechOpen, 2017, 978-953-51-3313-1. </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/67573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mild processing techniques and development of functional marine protein and peptide ingredients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Thorkelsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sigurgisladottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Geirsdottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jóhannsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Improving Seafood Products for the Consumer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.363-398, 2008, </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9781845694586.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId593"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Picot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (109)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-CO, an oligosaccharide with anti-inflammatory properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 195, pp.118954. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ximenia americana L. From Popular Use to Anti‐Inflammatory Activities: A Comprehensive Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Anderson F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gabriely de Lima Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Yure S. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Torres Pessoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 7 (2), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fft2.70228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Botany, Ethnomedicinal Uses, Biological Activities, Phytochemistry, and Technological Applications of Morinda citrifolia Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mairim Russo Serafini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (18), pp.3831. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules30183831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overexpression of the DXP reductoisomerase (DXR) gene increases the production of valuable biologically-active compounds in the transgenic hairy roots of Plectranthus venteri (van Jaarsv. &amp; Hankey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wirginia Kukula-Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 237, pp.122188. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New bis-norditerpene by biotransformation of favelines from Cnidoscolus quercifolius using Umbelopsis isabellina as biocatalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannychloé Nai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaslonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Krystyańczuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Amand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 184, pp.106605. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2025.106605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic Potential of Pistacia Extracts in the Prevention and Treatment of Oxidative Stress-Related Diseases: The Role of Nanotechnology in Improving Bioavailability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Piekarski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henoc del Rosario Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Reviews International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-61. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/87559129.2025.2544967⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxy−/polyacetyl-flavones cytotoxicity towards colorectal and prostate Cancer cell lines: SAR, mechanisms of action and evaluation as potential adjuvants in chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Tenta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katerina Gioti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dumontet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Grougnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.130404. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmcl.2025.130404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brazilian propolis: Chemical composition, regional variability, and bioactive potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabela Motta Felício</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexya Mikelle Teixeira Cavalcanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 185, pp.106687. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2025.106687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer Activity of the Marine-Derived Compound Bryostatin 1: Preclinical and Clinical Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Staszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Markowicz-Piasecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catarina Amaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (16), pp.7765. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms26167765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05207685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial applications of Cannabis sativa (L.): Exploring its biological and nanotechnological potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Górski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Gładys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Glica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martyna Muskała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 225, pp.120566. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.120566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chemopreventive and Antitumor Potential of Cranberry ( Vaccinium Macrocarpon Aiton) in Gastrointestinal Cancers: A Review of Molecular Mechanisms, Preclinical Evidence, and Commercial Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Gładys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Osicka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malwina Dudzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Reviews International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-29. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/87559129.2025.2597422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of farnesol complexed in β- and hydroxypropyl-β-cyclodextrin and their antibacterial activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edileuza Marcelo Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jemmyson Romário de Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 550, pp.109406. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2025.109406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green synthesis of antimicrobial nanotechnology using flavonoids: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Microencapsulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02652048.2025.2487033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spondias tuberosa Arruda (Anacardiaceae) ethanolic leaf extract as a source of natural products inhibiting quorum sensing and pyocyanin production in planktonic Pseudomonas aeruginosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Tareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.E. Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.R. Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Barreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 70, pp.104078. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytol.2025.104078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single‐Step Isolation of Phyllacanthone From Cnidoscolus quercifolius Using Centrifugal Partition Chromatography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sovannychloé Nai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gaslonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Separation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 48 (2), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jssc.70094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Therapeutic Potential of Theobroma cacao L.: Insights from In Vitro, In Vivo, and Nanoparticle Studies on Anti-Inflammatory and Anticancer Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weronika Osicka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Śpiewak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (11), pp.1376. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13111376⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The antiproliferative activity of Varronia dardani (Taroda) J.S. Mill. roots against human melanoma cells and the isolation of a new hydroanthraquinone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arthur Gouveia Veloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Augusto Gonçalves Dantas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Carlos de Oliveira Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 59, pp.45-52. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phytol.2023.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phototoxicity of the Ethanolic Extract of Skeletonema marinoi for the Dermocosmetic Improvement of Acne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan-Sothea Ouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Lefoulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelia Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22 (8), pp.343. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md22080343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The protective effects of naringenin, a citrus flavonoid, non-complexed or complexed with hydroxypropyl-β-cyclodextrin against multiorgan damage caused by neonatal endotoxemia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katielen Silvana dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Souza Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Karoline de Souza Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henrique Douglas M. Coutinho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 264, pp.130500. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.130500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavonoids and their derivatives as DNA topoisomerase inhibitors with anti-cancer activity in various cell models: Exploring a novel mode of action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malwina Dudzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natasza Wiertek-Płoszaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209 (9), pp.107457. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phrs.2024.107457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro antiherpetic activity of compounds extracted from Sargassum fluitans (Børgesen) Børgesen. Identification and in silico evaluation of potential antiviral molecules in a hydroalcoholic extract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liena de Regla Ponce Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Colina Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Resik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Phycology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10811-024-03202-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Precious Potential of the Sacred Tree Chamaecyparis obtusa (Siebold & Zucc.) Endl. as a Source of Secondary Metabolites with Broad Biological Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karol Maksymilian Górski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Ghorbanpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (5), pp.2723. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms25052723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Inflammatory and Anticancer Effects of Anthocyanins in In Vitro and In Vivo Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martyna Muskała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Sikora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antioxidants </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Natural Products: Biological, Antioxidant Properties and Health Effects—3rd Edition), 13 (9), pp.1143. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/antiox13091143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deprotonative Metallation of Benzofuran and Benzothiophene Derivatives for the Formation of Tetracyclic and Pentacyclic Heteroaromatic Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Elmir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Hurvois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (27), </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202400374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the therapeutic potential and chemical properties of trans-chalcone: a comprehensive review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anamaria Mendonça Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Adão Carvalho Nascimento Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Vitoria Silva Cezar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cláudio Carvalho Santana Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Santos Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17568919.2024.2424148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Identification of Peptide Inhibitors of the Coronavirus 3CL Protease from a Fucus ceranoides L. Hydroalcoholic Extract Using a Ligand-Fishing Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cintia Emi Yanaguibashi Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22 (6), pp.244. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md22060244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04592145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxyflavones from Gardenia oudiepe and semi-synthetic derivatives reduce nociception in mice: Evidence for the involvement of the MAPK pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Gama E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammya Yasmin Evangelista Mendes de Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 182, pp.117742. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2024.117742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligand fishing as a tool to screen natural products with anticancer potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Antonio Miranda de Souza Duarte-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamella Christina Ortega de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cíntia Emi Yanaguibashi Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcela Cristina de Moraes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Separation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46 (12), pp.2200964. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jssc.202200964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological effect of natural chitosan nanoparticles with transformed roots extract of Leonotis nepetifolia (L.) R.Br. in an in vitro model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Owczarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Śliwiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203, pp.117135. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2023.117135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From benzofuro-, benzothieno- and 10-methylindolo-[2,3-b]-fused benzothiopyrano[4,3,2-de]quinolines to the corresponding benzothiopyrano[4,3,2-de]1,8-naphthyridines: synthesis and properties of these hexacyclic heteroaromatic compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nauton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 47 (1), pp.258-283. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2NJ04567B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-melanoma potential of inclusion complexes containing phyllacanthone in β-cyclodextrin and sulfobutyl-ether-β-cyclodextrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane dos Santos Cerqueira Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuri Kelvin Silva Camacho Tavares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Urias Menezes Novaes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victória Laysna dos Anjos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 89, pp.105020. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jddst.2023.105020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04274689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of phototoxic plants, their phototoxic metabolites, and possible developments as photosensitizers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Izambart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry and Biodiversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbdv.202300494⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carotenoids from Marine Microalgae as Antimelanoma Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (10), pp.618. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20100618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaea Carotenoids: Natural Pigments with Unexplored Innovative Potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Goubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Miranda de Souza Duarte Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Marine Pigments, 20 (8), pp.524. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20080524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food plant with antioxidant, tyrosinase inhibitory and antimelanoma activity: Prunus mahaleb L</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zühal Bayrakçeken Güven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynep Dogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iclal Saracoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent CD Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akito Nagatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48, pp.101804. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fbio.2022.101804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Franco-Brazilian network on natural products (FB2NP): a new network promoting cooperation and exchanges in natural products research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucindo Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Feuilloley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Química Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45, pp.1-3. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/0100-4042.20170847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic Manipulation and Bioreactor Culture of Plants as a Tool for Industry and Its Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irena Brčić Karačonji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wieczfinska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (3), pp.795. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27030795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fucoxanthin from Algae to Human, an Extraordinary BioreSource: Insights and Advances in up and Downstream Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pajot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gia Hao Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (4), pp.222. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md20040222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03623575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisphosphonylallenes as Suitable Scaffolds for Unprecedented 4,5-Diphosphonyldihydropyridazines and 3,4-Diphosphonylpyrroles Displaying Antimelanoma Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kmar Abaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (43), pp.38894-38901. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.2c04619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis-nor-diterpene from Cnidoscolus quercifolius (Euphorbiaceae) induces tubulin depolymerization-mediated apoptosis in BRAFmutated melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemico-Biological Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 355, pp.109849. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbi.2022.109849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer Properties of Plectranthus ornatus-Derived Phytochemicals Inducing Apoptosis via Mitochondrial Pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewelina Synowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bangay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Śliwiński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (19), pp.11653. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms231911653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Phytochemical Analysis and Evaluation of the Biological Activity of Leonotis nepetifolia (L.) R. Br Transformed Roots Extracts Obtained through Rhizobium rhizogenes-Mediated Transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Merecz-Sadowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera M S Isca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (5), pp.1242. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells10051242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodothiophenes and Related Compounds as Coupling Partners in Copper-Mediated N-Arylation of Anilines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (07), pp.1271-1284. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0040-1706542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03035983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiazolo[5,4- &amp;lt;i&amp;gt;f&amp;lt;/i&amp;gt; ]quinoxalines, Oxazolo[5,4- &amp;lt;i&amp;gt;f&amp;lt;/i&amp;gt; ]quinoxalines and Pyrazino[ &amp;lt;i&amp;gt;b,e&amp;lt;/i&amp;gt; ]isatins: Synthesis from 6-Aminoquinoxalines and Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua M. Sims</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Richy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021 (19), pp.2756-2763. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202100362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of peripheral and central sensitization in the anti-hyperalgesic effect of hecogenin acetate, an acetylated sapogenin, complexed with β-cyclodextrin: Involvement of NFκB and p38 MAPK pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiolla Rocha Santos Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik W.M. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmim Maria Barbosa Gomes de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 186, pp.108395. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropharm.2020.108395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Microalgae Research and Marketing in the European Atlantic Area: Analysis of Major Gaps and Barriers Limiting Sector Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (6), pp.319. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md19060319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer activity of limonene: A systematic review of target signaling pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Gomes De Araújo‐filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jucilene Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaella Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotherapy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ptr.7125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical composition and biological potential of a chloroform fraction from the leaves of marine plant Syringodium filiforme Kützing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kethia Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Marrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasnay Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulexi Acosta Suarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Gutiérrez Cuesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacognosy Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (72), pp.750-756. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4103/pm.pm_24_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytol, a Chlorophyll Component, Produces Antihyperalgesic, Anti-inflammatory, and Antiarthritic Effects: Possible NFκB Pathway Involvement and Reduced Levels of the Proinflammatory Cytokines TNF-α and IL-6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Willyame Menezes Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrício Santana Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irwin Menezes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 83 (4), pp.1107-1117. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jnatprod.9b01116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limonene, a food additive, and its active metabolite perillyl alcohol improve regeneration and attenuate neuropathic pain after peripheral nerve injury: Evidence for IL-1β, TNF-α, GAP, NGF and ERK involvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Araújo-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik W.M. Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brenda Souza Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiolla Rocha Santos Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Immunopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86, pp.106766. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.intimp.2020.106766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymethoxyflavones from Gardenia oudiepe (Rubiaceae) induce cytoskeleton disruption-mediated apoptosis and sensitize BRAF-mutated melanoma cells to chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Marcoult-Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edilson Beserra de Alencar Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemico-Biological Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 325, pp.109109. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbi.2020.109109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carotenoids from Rhodomonas salina Induce Apoptosis and Sensitize A2058 Melanoma Cells to Chemotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Farmacognosia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (2), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43450-020-00036-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updated pigment composition of Tisochrysis lutea and purification of fucoxanthin using centrifugal partition chromatography coupled to flash chromatography for the chemosensitization of melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.102035. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.algal.2020.102035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexation with β-cyclodextrin enhances apoptosis-mediated cytotoxic effect of harman in chemoresistant BRAF-mutated melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Beaugeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.105353. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejps.2020.105353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2-Aminobenzaldehyde, a common precursor to acridines and acridones endowed with bioactivities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Zeghada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 76 (38), pp.131435. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2020.131435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03302141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Scientific Research Driving Microalgae Market Opportunities in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes-Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (5), pp.264. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md18050264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Extract of Transgenic Senna obtusifolia L. hairy roots with Overexpression of PgSS1 Gene in Combination with Chemotherapeutic Agent Induces Apoptosis in the Leukemia Cell Line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monika Toma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marzena Wielanek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (4), pp.510. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biom10040510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bibliometric Analysis of Microalgae Research in the World, Europe, and the European Atlantic Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes-Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin J. Flynn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (2), pp.79. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md18020079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionalization of 9-thioxanthone at the 1-position: From arylamino derivatives to [1]benzo(thio)pyrano[4,3,2-de]benzothieno[2,3-b]quinolines of biological interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahida Mokhtari Brikci-Nigassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Nauton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mongin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael E Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.103347. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bioorg.2019.103347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bixin, an apocarotenoid isolated from Bixa orellana L., sensitizes human melanoma cells to dacarbazine-induced apoptosis through ROS-mediated cytotoxicity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Braconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Prunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 125, pp.549-561. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2019.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From ecological relevance of the ecosystem services concept to its socio-political use. The case study of intertidal bare mudflats in the Marennes-Oléron Bay, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Rivaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean and Coastal Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 172, pp.41-54. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.01.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpenes as possible drugs for the mitigation of arthritic symptoms - a systematic review.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra M.S. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klécia Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Gibara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57, pp.137-147. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phymed.2018.10.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Structure of 6,7-Dihydro-5a,7a,13,14-tetraaza-pentaphene-5,8-dione</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria de Fatima Pereira-Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noël Pinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X-Ray Structure Analysis Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (10), pp.57-59. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2116/xraystruct.35.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical constituents of non-polar fractions obtained from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant native to Caatinga biome Chemical constituents of non-polar fractions obtained from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant native to Caatinga biome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo G. de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly A. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Marcos T. de Alencar-Filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia C. C. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Virtual de Química</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), pp.498-516. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/1984-6835.20190038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02432190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-clinical investigations of β-carboline alkaloids as antidepressant agents: A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xirley Pereira Nunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 137, pp.104196. </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2019.104196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monoterpenes modulating cytokines - A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jullyana S.S. Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saravanan Shanmugam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luana Heimfarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano Antunes S. Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson R.G.da S. Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123, pp.233-257. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2018.10.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citronellol, a monoterpene alcohol with promising pharmacological activities - A systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Pedro S.C.F. Matos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson R.G.S. Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jullyana S.S. Quintans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Chemical Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123, pp.459-469. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fct.2018.11.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient plant regeneration from Rhaponticum carthamoides transformed roots, enhanced caffeoylquinic acid derivatives production in pRi-transformed plants and their biological activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewa Skała</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janusz Szemraj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, pp.327-338. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2018.12.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of Leonurus sibiricus L. roots with over-expression of AtPAP1 transcriptional factor in closed bioreactor, production of bioactive phenolic compounds and evaluation of their biological activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Kowalczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Michalska-Hejduk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Bijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Crops and Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122, pp.732 - 739. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indcrop.2018.06.059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Quinoxaline, Pyrido[2,3-b]pyrazine and Pyrido[3,4-b]pyrazine to Pyrazino-Fused Carbazoles and Carbolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Langlais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Caytan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Limanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 23 (11), pp.2961. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules23112961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antibacterial activity of terpenoids isolated from Cnidoscolus quercifolius Pohl (Euphorbiaceae), a Brazilian medicinal plant from Caatinga biome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alvez Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Cruz Pontes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noelly Bastos Cavalcante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Integrative Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24, pp.30-34. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eujim.2018.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnhanceMicroalgae: An European Interregional Project Stimulating Research, Innovation, Industrial Development and Transnational Cooperation within the Atlantic Area Microalgae Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor Vasconcelos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Fuentes Grünewald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Oceanography and Marine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.1000182. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2572-3103.1000182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitization of tumor cells to chemotherapy by natural products: a systematic review of preclinical data and molecular mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackson Roberto Guedes da Silva Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphäel Grougnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fitoterapia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129, pp.383-400. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fitote.2018.02.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2-Aminophenones, a common precursor to N-aryl isatins and acridines endowed with bioactivities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nahida Mokhtari Brikci-Nigassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 74 (15), pp.1785-1801. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2018.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeaxanthin from Porphyridium purpureum induces apoptosis in human melanoma cells expressing the oncogenic BRAF V600E mutation and sensitizes them to the BRAF inhibitor vemurafenib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Oudinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lior Pytowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Brasileira de Farmacognosia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.457-467. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bjp.2018.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01868622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community analysis of pigment patterns from 37 microalgae strains reveals new carotenoids and porphyrins characteristic of distinct strains and taxonomic groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Serive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Kaas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (2), </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0171872⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytochemical and pharmacological aspects of Cnidoscolus Pohl species: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Paula Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Souza Araújo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Layanne Feitosa da Silva Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phymed.2017.08.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antimelanoma activity of Heterocapsa triquetra pigments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Haguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Goldberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Joguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algal Research - Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25, pp.207 - 215. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.algal.2017.04.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Could Fucoxanthin Interaction with Lipid Rafts Mediate its Cytotoxicity in Cancer Cells?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves Oliveira-Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Chevanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Oceanography and Marine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.1000144. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/jomr.1000144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of N-pyridyl azoles using a deprotometalation-iodolysis-N-arylation sequence and evaluation of their antiproliferative activity in melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72 (41), pp.6467--6476. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2016.08.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deproto-metallation of N-arylated pyrroles and indoles using a mixed lithium–zinc base and regioselectivity-computed CH acidity relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Yacine Ameur Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madani Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11, pp.1475-1485. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjoc.11.160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UPLC-MSE Profiling of Phytoplankton Metabolites: Application to the Identification of Pigments and Structural Analysis of Metabolites in Porphyridium purpureum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devillers, Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (4), pp.1541-2558. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md13042541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-Assisted Extraction of Phycobiliproteins from Porphyridium purpureum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-René Chérouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12010-014-1250-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azine and Diazine Functionalization Using 2,2,6,6-Tetramethylpiperidino-Based Lithium–Metal Combinations: Application to the Synthesis of 5,9-Disubstituted Pyrido[3′,2′:4,5]pyrrolo[1,2-c] pyrimidines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nada Marquise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Tai Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYNLETT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (20), pp.2811-2816. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0035-1560496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of C,N'-linked bis-heterocycles using a deprotometalation-iodination-N-arylation sequence and evaluation of their antiproliferative activity in melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madani Hedidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghenia Bentabed-Ababsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aicha Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dorcet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (13), pp.3498-3507. </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2014.04.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutter contre les cancers grâce aux pigments de microalgues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Clinical Use of Phytoplankton Carotenoid Pigments to Cure Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Cadoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">oceanography, open access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (3), </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2332-2632.1000e105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Cyanophora paradoxa Pigments in Melanoma, Breast and Lung Cancer Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Hubert Baudelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (11), pp.4390-4406. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md11114390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of azafluorenones and related compounds using deprotocupration-aroylation followed by intramolecular direct arylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nada Marquise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip J. Harford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floris Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roisnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dorcet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (47), pp.10123-10133. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2013.09.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Cyanophora paradoxa Pigments in Melanoma, Breast and Lung Cancer Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Hubert Baudelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gagez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Juin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11 (11), pp.4390-4406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection and optimisation of a method for efficient metabolites extraction from microalgae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Serive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Kaas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioresource Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 124, pp.311-320. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biortech.2012.07.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Potential of Microalgae for the Production of Bioactive Molecules of Pharmaceutical Interest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Mimouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Ulmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Pharmaceutical Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 13 (15), pp.2733-2750. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/138920112804724828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Violaxanthin Isolated from Bioguided Fractionation of Dunaliella tertiolecta Extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Ihammouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Chepied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Aumailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (5), pp.819-831. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md9050819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative Activity of Violaxanthin Isolated from Bioguided Fractionation of Dunaliella tertiolecta Extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Ihammouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Chepied</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Aumailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9, pp.819-831. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md9050819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on the microalgal pigments extraction process: Performance of microwave assisted extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pasquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Rene Cherouvrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firas Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (1), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procbio.2010.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of ultrafiltration and nanofiltration of an industrial fish protein hydrolysate on its bioactive properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozenn Ravallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Fouchereau-Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 90 (11), pp.1819-1826. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.4020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractionation of fish protein hydrolysates by ultrafiltration and nanofiltration: impact on peptidic populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bourseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Chaplain-Derouiniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Masse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 244 (1-3), pp.303-320. </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2008.05.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and antitumoral activity of novel thiazolobenzotriazole, thiazoloindolo[3,2-c]quinoline and quinolinoquinoline derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Beauchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jaunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Baldeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lansiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (10), pp.3858-3865. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2009.04.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractionation of fish protein hydrolysates by ultrafiltration and nanofiltration: impact on peptidic populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bourseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vandanjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jaouen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chaplain-Derouiniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 244, pp.303-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00342916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot synthesis of 5-phenylimino, 5-thieno or 5-oxo-1,2,3-dithiazoles and evaluation of their antimicrobial and antitumor activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Konstantinova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleg Bol’shakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Obruchnikova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Tanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (1), pp.136-141. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmcl.2008.11.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-assisted Synthesis of Novel Thiazolocarbazoles and Evaluation as Potential Anticancer Agents. Part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjila Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (6), pp.467-473. </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360412331280491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and antiproliferative activity of clausine E, mukonine, and koenoline bioisosteres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Liger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Popowycz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Galmarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (16), pp.5615-5619. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2007.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of latonduine derivatives via intramolecular Heck coupling reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Putey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Joucla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Joseph.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.63, 867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00158714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative activity of fish protein hydrolysates on human breast cancer cell lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (5), pp.1217-1222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and evaluation of the antiproliferative activity of novel thiazoloquinazolinone kinases inhibitors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melina Blairvacq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Meijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 20 (6), pp.557-568. </w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360500212399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01443570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of the cytotoxic effects of Pseudomonas fluorescens by growth temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani-Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Merieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 155 (1), pp.39-46. </w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resmic.2003.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytotoxic effects of the lipopolysaccharide from Pseudomonas fluorescens on neurons and glial cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani-Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Mérieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial Pathogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35 (3), pp.95-106. </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0882-4010(03)00092-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudomonas fluorescens as a potential pathogen: adherence to nerve cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Mezghani Abdelmoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Mérieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Cazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbes and Infection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3 (12), pp.985-995. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s1286-4579(01)01462-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incursions marines dans l'environnement lacustre du rift oligocène de Limagne (Massif central, France) : apport des organismes halophiles et des isotopes du strontium; datation par les mammifères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bodergat A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Briot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hugueney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Poidevin J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 170 (4), pp.499-511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro antiherpetic activity of compounds extracted from Sargassum fluitans (Borgesen) Borgesen. Identification and in silico evaluation of potential antiviral molecules in a hydroalcoholic extract.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liena de Regla Ponce Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Colina Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Resik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">. Fapronature 2024 International Congress on Pharmacology, of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cuban Society of Pharmacology, Jun 2024, Cuba, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caribbean Sargassum: a malediction or a golden resource.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bourgougnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Pliego-Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Hardouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Corbanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Natural Products Research: A PSE Young Scientists’ Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté Pharmacie Paris, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crustacés de l'Oxfordien supérieur de Cricqueboeuf (Normandie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Garassino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Gendry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Devillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rennes; Société Géologique de France, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural plant extracts altering Pseudomomas aeruginosa biofilm and pyocyanin production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Azuama O.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tahrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O.S. Enrique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.O.J.R. Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Tortuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès national de la Société Française de Microbiologie (SFM),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of microalgae selected in New Caledonia as a potential source of natural antioxidants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lebouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Déan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Algal Biomass, Biofuels and Bioproducts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03387568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural compounds targeting pyocyanin and quorum sensing in Pseudomonas aeruginosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Tahrioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onyedikachi Cecil Azuama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tortuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Société Française de Microbiologie-SFM2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02377857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and chemical Regulation of host-bactrerium interactions in Pseudomonas fluorescens.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G.J. Feuilloley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lesouhaitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Orange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting Pseudomonas 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, MARSEILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stimulation of biosynthesis of antioxidant molecules by metabolic orientation in a microalgae selected in New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lebouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Le Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Nicolau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Colloque International des Plantes Aromatiques et Médicinales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Punaauia, French Polynesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural products as promising pharmacological tools for the management of fibromyalgia symptoms – a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renan Brito Guedes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Laise Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Almeida Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lícia Tairiny Santos Pina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Roberto Antoniolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">William S. Wilke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discussions of Unusual Topics in Fibromyalgia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Intechopen, 2017, </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.70016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 8 : Flavonoids: Promising Natural Products for Treatment of Skin Cancer (Melanoma). in Natural Products and Cancer Drug Discovery Edited by Farid A. Badria, ISBN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Gama E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erica Martins de Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Araújo Rolim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Farid A. Badria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Products and Cancer Drug Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IntechOpen, 2017, 978-953-51-3313-1. </w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/67573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mild processing techniques and development of functional marine protein and peptide ingredients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Thorkelsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sigurgisladottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Geirsdottir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Jóhannsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Improving Seafood Products for the Consumer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.363-398, 2008, </w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9781845694586.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId593"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Anderson F. Silva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gabriely de Lima Silva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Yure S. Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Torres Pessoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fft2.70228" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070051v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannychlo&#233; Nai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Krystya&#324;czuk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Amand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2025.106605" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Kowalczyk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Piekarski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Kowalski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henoc del Rosario Garcia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Merecz-Sadowska" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2025.2544967" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263793v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Tenta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Gioti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumontet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grougnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2025.130404" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118706v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Motta Fel&#237;cio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexya Mikelle Teixeira Cavalcanti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Baranger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira Junior" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poirot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2025.106687" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283368v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ad&#227;o Carvalho Nascimento J&#250;nior" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Mendon&#231;a Santos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Santos Oliveira" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Carvalho Santana J&#250;nior" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairim Russo Serafini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30183831" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372364v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirginia Kukula-Koch" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rijo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Synowiec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122188" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Staszewski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Markowicz-Piasecka" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Sikora" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Amaro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26167765" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399380v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra G&#322;adys" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weronika Osicka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Dudzic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2025.2597422" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946517v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol G&#243;rski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Glica" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Muska&#322;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.120566" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946533v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edileuza Marcelo Vieira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemmyson Rom&#225;rio de Jesus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109406" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033989v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652048.2025.2487033" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379688v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Tareau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bodet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lesouhaitier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2025.104078" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946446v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alves Ferraz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Roberto Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilson Beserra de Alencar Filho" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.70094" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669947v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste B&#233;rard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Sothea Ouk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Lefoulon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Landolt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080343" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504087v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Heimfarth" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katielen Silvana dos Santos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Souza Monteiro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Karoline de Souza Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Douglas M. Coutinho" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.130500" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482835v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liena de Regla Ponce Rey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Colina Araujo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Resik" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-024-03202-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482843v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Maksymilian G&#243;rski" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Ghorbanpour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25052723" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742766v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Sitarek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Wiertek-P&#322;oszaj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2024.107457" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787513v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor &#346;piewak" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13111376" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447380v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arthur Gouveia Veloso" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Gon&#231;alves Dantas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira J&#250;nior" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Carlos de Oliveira Costa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte-Filho" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2023.12.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705807v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13091143" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586412v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Elmir" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghenia Bentabed-Ababsa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Erb" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hurvois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400374" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592145v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22060244" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803436v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Vitoria Silva Cezar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17568919.2024.2424148" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832644v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Gama E Silva" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammya Yasmin Evangelista Mendes de Lima" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2024.117742" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082833v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamella Christina Ortega de Oliveira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#237;ntia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Cristina de Moraes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202200964" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158610v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Owczarek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz &#346;liwi&#324;ski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.117135" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904365v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mast" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moreau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NJ04567B" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274689v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane dos Santos Cerqueira Alves" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kelvin Silva Camacho Tavares" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Urias Menezes Novaes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vict&#243;ria Laysna dos Anjos Santos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula de Oliveira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2023.105020" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304472v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Petit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Izambart" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbdv.202300494" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03946004v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grivard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goubet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thi&#233;ry" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080524" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919922v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#252;hal Bayrak&#231;eken G&#252;ven" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Dogan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iclal Saracoglu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent CD Picot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akito Nagatsu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2022.101804" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03592226v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Almeida" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grougnet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucindo Quintans" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/0100-4042.20170847" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838134v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nicolau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20100618" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690384v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Br&#269;i&#263; Kara&#269;onji" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wieczfinska" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27030795" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884897v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kmar Abaid" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Virieux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c04619" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03623575v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pajot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gia Hao Huynh" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Marchal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20040222" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842367v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;jo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Prunier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2022.109849" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838216v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bangay" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911653" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03269555v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lassagne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua M. Sims" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100362" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277833v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiolla Rocha Santos Passos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik W.M. Pereira" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Monteiro" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmim Maria Barbosa Gomes de Carvalho" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2020.108395" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277815v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rumin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19060319" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035983v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouarfa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0040-1706542" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277840v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera M S Isca" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10051242" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277828v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kethia Gonzalez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marrero" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasnay Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulexi Acosta Suarez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Guti&#233;rrez Cuesta" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/pm.pm_24_20" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946824v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Marcoult-Fr&#233;ville" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2020.109109" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946827v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Nicolau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43450-020-00036-2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946594v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2020.102035" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946610v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2020.105353" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946818v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Carvalho" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Willyame Menezes Pereira" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabr&#237;cio Santana Oliveira" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irwin Menezes" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.9b01116" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946603v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Ara&#250;jo-Filho" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2020.106766" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03302141v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zeghada" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2020.131435" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880648v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fuentes-Gr&#252;newald" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18050264" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946820v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Toma" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Wielanek" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10040510" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404054v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahida Mokhtari Brikci-Nigassa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2019.103347" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880654v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin J. Flynn" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18020079" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01920260v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra M.S. Carvalho" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kl&#233;cia Anjos" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Gibara" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phymed.2018.10.028" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074546v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Braconnier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2019.02.013" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329523v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lebreton" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivaud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pr&#233;vost" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330806v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Fatima Pereira-Rosenfeld" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Pinaud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Besson" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2116/xraystruct.35.57" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432190v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo G. de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly A. Ferraz" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcos T. de Alencar-Filho" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia C. C. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/1984-6835.20190038" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404026v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xirley Pereira Nunes" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2019.104196" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956152v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullyana S.S. Quintans" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Shanmugam" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Antunes S. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson R.G.da S. Almeida" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.10.058" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956154v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Santos" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro S.C.F. Matos" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson R.G.S. Almeida" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.11.030" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956173v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Ska&#322;a" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bijak" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bijak" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Szemraj" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.12.020" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01880746v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Michalska-Hejduk" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.06.059" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01900949v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alvez Ferraz" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Cruz Pontes" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelly Bastos Cavalcante" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;joa" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eujim.2018.10.011" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867783v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Langlais" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Limanton" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112961" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01807405v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raph&#228;el Grougnet" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2018.02.025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956157v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Martins" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cruz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Vasconcelos" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fuentes Gr&#252;newald" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2572-3103.1000182" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774406v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Chevallier" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2018.02.038" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868622v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Juin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fleury" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Oudinet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lior Pytowski" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bjp.2018.05.009" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664823v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves Oliveira" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Oliveira" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Souza Ara&#250;jo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layanne Feitosa da Silva Oliveira" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phymed.2017.08.017" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656311v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Serive" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Kaas" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pasquet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171872" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656289v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Haguet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Goldberg" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joguet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2017.04.034" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01381138v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hedidi" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Erb" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bentabed-Ababsa" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picot" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.08.056" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391001v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves Oliveira-Junior" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sergent" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevanne" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/jomr.1000144" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247706v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devillers, Romain" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13042541" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01248096v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yacine Ameur Messaoud" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Hedidi" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Derdour" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.11.160" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247214v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Ch&#233;rouvrier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thiery" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gagez" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-014-1250-2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01248092v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Marquise" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Tai Nguyen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560496" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00990052v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Derdour" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.04.028" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247714v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499551v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Hubert Baudelet" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Berard" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11114390" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869376v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J. Harford" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.09.030" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247718v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cadoret" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2332-2632.1000e105" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247728v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499282v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Serive" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.105" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JBGQPQ6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248050v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mimouni" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ulmann" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mathieu" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920112804724828" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-02498000v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Morisset" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Ihammouine" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chepied" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Aumailley" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md9050819" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247755v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498896v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rene Cherouvrier" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Farhat" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Thiery" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.07.009" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00668508v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fouchereau-Peron" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vandanjon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jaouen" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.4020" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469476v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourseau" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandanjon" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jaouen" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Chaplain-Derouiniot" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masse" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2008.05.026" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449310v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauchard" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jaunet" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Baldeyrou" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lansiaux" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2009.04.012" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJF0J75W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342916v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourseau" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaplain-Derouiniot" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mass&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490921v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Konstantinova" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Bol&#8217;shakov" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Obruchnikova" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laborie" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tanga" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2008.11.010" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB19RMTQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967795v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Testard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjila Chabane" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360412331280491" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02357763v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Liger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Popowycz" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Galmarini" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2007.05.033" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW1FX7S0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158714v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Putey" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joucla" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Joseph." TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469538v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Didelot" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sannier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443570v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lozach" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Blairvacq" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meijer" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360500212399" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02366367v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mezghani-Abdelmoula" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merieau" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2003.09.014" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBTSN1CN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372808v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0882-4010(03)00092-5" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MHPZ0MZ3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372797v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mezghani Abdelmoula" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroux" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cazin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1286-4579(01)01462-9" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6NG7WN7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945700v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bodergat A." TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Briot" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hugueney" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poidevin J." TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513340v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05514279v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardouin" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Corbanini" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285702v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Garassino" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gendry" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Devillez" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537367v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Azuama O." TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahrioui" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.S. Enrique" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.O.J.R. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortuel" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387568v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Coulombier" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebouvier" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chim" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le D&#233;an" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nicolau" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377857v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onyedikachi Cecil Azuama" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ortiz" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537356v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Orange" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03563776v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Coulombier" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebouvier" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Dean" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01679793v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Brito Guedes" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laise Santos" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Almeida Oliveira" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;cia Tairiny Santos Pina" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Roberto Antoniolli" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.70016" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01679869v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Martins de Lavor" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Ara&#250;jo Rolim" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/67573" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469764v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thorkelsson" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sigurgisladottir" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Geirsdottir" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J&#243;hannsson" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gu&#233;rard" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9781845694586.4.363" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Anderson F. Silva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gabriely de Lima Silva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Yure S. Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Torres Pessoa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fft2.70228" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283368v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ad&#227;o Carvalho Nascimento J&#250;nior" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Mendon&#231;a Santos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Santos Oliveira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Carvalho Santana J&#250;nior" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairim Russo Serafini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30183831" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372364v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Kowalczyk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirginia Kukula-Koch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rijo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Synowiec" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070051v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannychlo&#233; Nai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaslonde" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Krystya&#324;czuk" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Amand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2025.106605" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238626v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Piekarski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Kowalski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henoc del Rosario Garcia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Merecz-Sadowska" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2025.2544967" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263793v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Tenta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Gioti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumontet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grougnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2025.130404" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118706v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Motta Fel&#237;cio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexya Mikelle Teixeira Cavalcanti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Baranger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira Junior" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poirot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2025.106687" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Staszewski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Markowicz-Piasecka" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Sikora" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Amaro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26167765" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol G&#243;rski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra G&#322;adys" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Glica" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyna Muska&#322;a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.120566" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399380v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weronika Osicka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malwina Dudzic" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2025.2597422" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946533v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edileuza Marcelo Vieira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemmyson Rom&#225;rio de Jesus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109406" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033989v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652048.2025.2487033" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379688v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Tareau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Bodet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barreau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lesouhaitier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2025.104078" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946446v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alves Ferraz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Roberto Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilson Beserra de Alencar Filho" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.70094" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787513v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Sitarek" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor &#346;piewak" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13111376" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447380v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arthur Gouveia Veloso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Gon&#231;alves Dantas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira J&#250;nior" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Carlos de Oliveira Costa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte-Filho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2023.12.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669947v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste B&#233;rard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Sothea Ouk" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sol" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Lefoulon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Landolt" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080343" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504087v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Heimfarth" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katielen Silvana dos Santos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Souza Monteiro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Karoline de Souza Oliveira" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Douglas M. Coutinho" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.130500" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742766v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Wiertek-P&#322;oszaj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2024.107457" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482835v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liena de Regla Ponce Rey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Colina Araujo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Resik" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-024-03202-4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482843v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Maksymilian G&#243;rski" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Ghorbanpour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25052723" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705807v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox13091143" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586412v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Elmir" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghenia Bentabed-Ababsa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Erb" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roisnel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hurvois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202400374" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803436v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Vitoria Silva Cezar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17568919.2024.2424148" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592145v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22060244" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832644v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Gama E Silva" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammya Yasmin Evangelista Mendes de Lima" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2024.117742" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082833v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamella Christina Ortega de Oliveira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#237;ntia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Cristina de Moraes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202200964" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158610v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Owczarek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz &#346;liwi&#324;ski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.117135" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904365v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mast" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nauton" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moreau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NJ04567B" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274689v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane dos Santos Cerqueira Alves" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kelvin Silva Camacho Tavares" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Urias Menezes Novaes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vict&#243;ria Laysna dos Anjos Santos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula de Oliveira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2023.105020" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304472v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Petit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Izambart" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbdv.202300494" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838134v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grougnet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nicolau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20100618" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03946004v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grivard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goubet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thi&#233;ry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevalier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080524" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919922v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#252;hal Bayrak&#231;eken G&#252;ven" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Dogan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iclal Saracoglu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent CD Picot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akito Nagatsu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2022.101804" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03592226v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Almeida" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucindo Quintans" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/0100-4042.20170847" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690384v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Br&#269;i&#263; Kara&#269;onji" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wieczfinska" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27030795" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03623575v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pajot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gia Hao Huynh" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Marchal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20040222" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884897v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kmar Abaid" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Virieux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c04619" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842367v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;jo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Prunier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2022.109849" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838216v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bangay" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911653" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277840v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera M S Isca" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10051242" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035983v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Bouarfa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0040-1706542" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03269555v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lassagne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua M. Sims" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100362" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277833v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiolla Rocha Santos Passos" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik W.M. Pereira" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Monteiro" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmim Maria Barbosa Gomes de Carvalho" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2020.108395" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277815v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rumin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19060319" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277828v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kethia Gonzalez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marrero" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasnay Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulexi Acosta Suarez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Guti&#233;rrez Cuesta" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/pm.pm_24_20" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946818v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Carvalho" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Willyame Menezes Pereira" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabr&#237;cio Santana Oliveira" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irwin Menezes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.9b01116" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946603v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Ara&#250;jo-Filho" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2020.106766" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946824v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Marcoult-Fr&#233;ville" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2020.109109" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946827v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Nicolau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43450-020-00036-2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946594v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2020.102035" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946610v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2020.105353" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03302141v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zeghada" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2020.131435" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880648v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fuentes-Gr&#252;newald" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18050264" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946820v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Toma" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Wielanek" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10040510" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880654v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin J. Flynn" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18020079" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404054v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahida Mokhtari Brikci-Nigassa" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael E Duval" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2019.103347" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074546v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Braconnier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2019.02.013" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329523v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lebreton" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivaud" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pr&#233;vost" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01920260v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra M.S. Carvalho" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kl&#233;cia Anjos" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Gibara" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phymed.2018.10.028" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330806v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Fatima Pereira-Rosenfeld" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Pinaud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Besson" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2116/xraystruct.35.57" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432190v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo G. de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly A. Ferraz" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcos T. de Alencar-Filho" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia C. C. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/1984-6835.20190038" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404026v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xirley Pereira Nunes" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2019.104196" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956152v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullyana S.S. Quintans" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Shanmugam" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Antunes S. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson R.G.da S. Almeida" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.10.058" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956154v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Santos" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro S.C.F. Matos" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson R.G.S. Almeida" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2018.11.030" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956173v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Ska&#322;a" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bijak" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bijak" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Szemraj" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.12.020" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01880746v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Michalska-Hejduk" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.06.059" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867783v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Langlais" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Limanton" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112961" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01900949v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alvez Ferraz" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Cruz Pontes" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelly Bastos Cavalcante" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;joa" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eujim.2018.10.011" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01956157v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Martins" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Cruz" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Vasconcelos" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fuentes Gr&#252;newald" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2572-3103.1000182" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01807405v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raph&#228;el Grougnet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2018.02.025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01774406v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Chevallier" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2018.02.038" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868622v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Juin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fleury" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Oudinet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lior Pytowski" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bjp.2018.05.009" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656311v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Serive" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Kaas" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pasquet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0171872" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664823v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves Oliveira" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Oliveira" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Souza Ara&#250;jo" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layanne Feitosa da Silva Oliveira" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phymed.2017.08.017" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656289v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Haguet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Goldberg" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joguet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.algal.2017.04.034" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391001v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves Oliveira-Junior" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sergent" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevanne" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/jomr.1000144" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01381138v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hedidi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Erb" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bentabed-Ababsa" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picot" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.08.056" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01248096v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yacine Ameur Messaoud" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Hedidi" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Derdour" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.11.160" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247706v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devillers, Romain" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md13042541" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247214v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Ch&#233;rouvrier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Thiery" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gagez" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-014-1250-2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01248092v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Marquise" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Tai Nguyen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1560496" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00990052v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Derdour" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.04.028" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247714v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247718v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Cadoret" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2332-2632.1000e105" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499551v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Hubert Baudelet" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Berard" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md11114390" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869376v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J. Harford" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.09.030" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247728v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499282v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Serive" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.105" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JBGQPQ6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248050v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mimouni" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ulmann" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mathieu" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138920112804724828" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-02498000v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Morisset" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Ihammouine" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chepied" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Aumailley" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md9050819" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247755v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498896v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rene Cherouvrier" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Farhat" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Thiery" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.07.009" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00668508v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fouchereau-Peron" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vandanjon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jaouen" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.4020" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469476v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourseau" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandanjon" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jaouen" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Chaplain-Derouiniot" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masse" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2008.05.026" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449310v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Beauchard" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jaunet" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Baldeyrou" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lansiaux" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2009.04.012" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJF0J75W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342916v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourseau" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaplain-Derouiniot" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mass&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490921v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Konstantinova" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Bol&#8217;shakov" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Obruchnikova" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Laborie" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tanga" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2008.11.010" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB19RMTQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967795v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Testard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjila Chabane" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360412331280491" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02357763v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Liger" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Popowycz" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Galmarini" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2007.05.033" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW1FX7S0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158714v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Putey" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Joucla" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Joseph." TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469538v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Didelot" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sannier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443570v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lozach" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Blairvacq" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meijer" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360500212399" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02366367v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mezghani-Abdelmoula" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merieau" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesouhaitier" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2003.09.014" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBTSN1CN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372808v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0882-4010(03)00092-5" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MHPZ0MZ3-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02372797v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mezghani Abdelmoula" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leroux" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cazin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1286-4579(01)01462-9" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6NG7WN7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945700v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bodergat A." TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Briot" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hugueney" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poidevin J." TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513340v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05514279v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardouin" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Corbanini" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285702v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Garassino" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gendry" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Devillez" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537367v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Azuama O." TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tahrioui" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.S. Enrique" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.O.J.R. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tortuel" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387568v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Coulombier" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebouvier" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chim" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le D&#233;an" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nicolau" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02377857v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tahrioui" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onyedikachi Cecil Azuama" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ortiz" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tortuel" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02537356v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Orange" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-03563776v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Coulombier" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebouvier" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Dean" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01679793v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Brito Guedes" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laise Santos" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Almeida Oliveira" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;cia Tairiny Santos Pina" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Roberto Antoniolli" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.70016" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01679869v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Martins de Lavor" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Ara&#250;jo Rolim" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/67573" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469764v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thorkelsson" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sigurgisladottir" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Geirsdottir" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J&#243;hannsson" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gu&#233;rard" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9781845694586.4.363" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>