--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1343,278 +1343,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00359128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la chaîne électrique d’un système de micro-cogénération linéaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Ruellan</w:t>
+                <w:t xml:space="preserve">Development of specific materials for the high power electronic components in electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmen Kaabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thu Thuy Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hamid Ben Hamed</w:t>
+                <w:t xml:space="preserve">Bertrand Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Prevond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/ejee.16.111-135⟩</w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, JA 2013 – Journées Annuelles de la SF2M 2013 / SF2M Annual Meeting 2013, 7, pp.02005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/20130702005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01658304v1</w:t>
+                <w:t xml:space="preserve">hal-01658276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of specific materials for the high power electronic components in electric vehicles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Bienvenu</w:t>
+                <w:t xml:space="preserve">Optimisation de la chaîne électrique d’un système de micro-cogénération linéaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ruellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thu Thuy Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Pierre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, JA 2013 – Journées Annuelles de la SF2M 2013 / SF2M Annual Meeting 2013, 7, pp.02005. </w:t>
+              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (1), pp.111 - 135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/matecconf/20130702005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/ejee.16.111-135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01658276v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01658304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actionneur linéaire intégré pour application domotique</w:t>
               </w:r>
@@ -2225,412 +2225,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04411873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic algorithm for optimal layer arrangement in a multilayer material for magnetic shielding</w:t>
+                <w:t xml:space="preserve">Cold roll bonding of Al/µM/Al and µM/Al/µM for wide frequency magnetic shielding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kokouvi Etse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Helbert</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laure Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Prévond</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 20th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245802v1</w:t>
+                <w:t xml:space="preserve">hal-04280108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold roll bonding of Al/µM/Al and µM/Al/µM for wide frequency magnetic shielding</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Prevond</w:t>
+                <w:t xml:space="preserve">Performances of multilayer composite materials for broadband shielding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Clerico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chadi Gannouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Symposium on Electromagnetic Compatibility &amp; Signal/Power Integrity (EMCSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Spokane, United States. pp.54-58, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMCSI39492.2022.9889611⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04280108v1</w:t>
+                <w:t xml:space="preserve">hal-03788216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances of multilayer composite materials for broadband shielding</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
+                <w:t xml:space="preserve">Stochastic algorithm for optimal layer arrangement in a multilayer material for magnetic shielding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kokouvi Etse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Helbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prévond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Symposium on Electromagnetic Compatibility &amp; Signal/Power Integrity (EMCSI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Spokane, United States. pp.54-58, </w:t>
+              <w:t xml:space="preserve">2022 IEEE 20th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Denver, United States. pp.1-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EMCSI39492.2022.9889611⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CEFC55061.2022.9940786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788216v1</w:t>
+                <w:t xml:space="preserve">hal-04245802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a wide frequency band composite shield</w:t>
               </w:r>
@@ -3219,269 +3219,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01942763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluarmé : matériau architecturé Aluminium / Fer</w:t>
+                <w:t xml:space="preserve">ONDALU project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mikael Contrastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mehand Tebib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Prevond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Helbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baudin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kévin Verstraete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SIA, Multimatériaux pour l'allègement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Saint-Quentin-en-Yvelines, France</w:t>
+              <w:t xml:space="preserve">Expert Forum Materials and Technologies for Future Mobility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, METZ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01658362v1</w:t>
+                <w:t xml:space="preserve">hal-01658341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ONDALU project</w:t>
+                <w:t xml:space="preserve">Aluarmé : matériau architecturé Aluminium / Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mehand Tebib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mikael Contrastin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thierry Baudin</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Verstraete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Forum Materials and Technologies for Future Mobility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, METZ, France</w:t>
+              <w:t xml:space="preserve">Congrès SIA, Multimatériaux pour l'allègement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Saint-Quentin-en-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01658341v1</w:t>
+                <w:t xml:space="preserve">hal-01658362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du dimensionnement d'une génératrice à induction linéaire tubulaire appliquée dans un système de micro-cogénération à moteur Stirling</w:t>
               </w:r>
@@ -3640,51 +3640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lanzetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Nika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la société française de thermique 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Gérardmer, France</w:t>
@@ -4920,51 +4920,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8EFF80A"/>
+    <w:nsid w:val="620A4AAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5151,51 +5151,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-prevond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1929-9466" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070521344" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245327v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokouvi Etse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cl&#233;rico" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2023.3286010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768311v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clerico" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dubrunfaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monsef" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2022.3199904" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507736v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Gannouni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10243144" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010527v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2019-0374" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935935v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Verstraete" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;vond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201800967" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359745v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prevond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Helbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.05.243" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694725v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garcia Burrel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Ballois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monmasson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pr&#233;vond" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2008.11463663" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651743v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Thuy Dang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ruellan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2427284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359128v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kaabi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bienvenu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pierre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284713Y.0000000412" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658304v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Thuy Yang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.111-135" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658276v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pierre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130702005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674079v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lucidarme" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674074v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Salamand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Ahmed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucidarme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D9BCBC2F0ED853AA8CE6470AD6BC227E4F3C60A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249335v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1995150" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E56FEABDB032C4507016D7B086D84B74B03AD46E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411873v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245802v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC55061.2022.9940786" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280108v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Helbert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCSI39492.2022.9889611" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403007v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Delong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03324146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Baudin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Helbert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03324139v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942793v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942763v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658362v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehand Tebib" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Contrastin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658341v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065159v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223533v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie B&#233;got" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Layes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanzetta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nika" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676232v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcia Burel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325204v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boucher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674677v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674235v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Cavarec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674087v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674080v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674069v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Soulard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;crivain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674062v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658386v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Colard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Caplain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00599564v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-prevond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1929-9466" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070521344" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245327v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokouvi Etse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cl&#233;rico" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2023.3286010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768311v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clerico" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dubrunfaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monsef" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2022.3199904" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507736v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Gannouni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10243144" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010527v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2019-0374" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935935v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Verstraete" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pr&#233;vond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201800967" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359745v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prevond" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Helbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.05.243" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694725v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garcia Burrel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Ballois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monmasson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pr&#233;vond" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2008.11463663" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651743v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Thuy Dang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ruellan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2427284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359128v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kaabi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bienvenu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ryckelynck" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pierre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284713Y.0000000412" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658276v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pierre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130702005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658304v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Thuy Yang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fran&#231;ois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.111-135" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674079v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lucidarme" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674074v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Salamand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Ahmed" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucidarme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1997189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D9BCBC2F0ED853AA8CE6470AD6BC227E4F3C60A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249335v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1995150" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E56FEABDB032C4507016D7B086D84B74B03AD46E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411873v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280108v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Helbert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788216v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCSI39492.2022.9889611" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245802v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC55061.2022.9940786" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403007v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Delong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03324146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Baudin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Helbert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03324139v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942793v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942763v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Contrastin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehand Tebib" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658362v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065159v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223533v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie B&#233;got" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Layes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lanzetta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nika" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676232v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Francois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garcia Burel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325204v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boucher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674677v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674235v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Cavarec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674087v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674080v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674069v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Soulard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L&#233;crivain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674062v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658386v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Colard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Caplain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00599564v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>