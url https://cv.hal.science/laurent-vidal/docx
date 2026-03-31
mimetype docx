--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -434,364 +434,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05224076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Jean de Todon and Saint-Victor-la-Coste: exploring diet and social status in medieval southern France (C. 9TH – 13TH AD) using stable carbon and nitrogen isotope analyses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pietroso – Casa Pieraggi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Holmstrom</w:t>
+                <w:t xml:space="preserve">Guillem Boneu-Pouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselyne Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tosha Dupras</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Morgane Heurtebis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660684v1</w:t>
+                <w:t xml:space="preserve">hal-04602717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mezana (Sarrola-Carcopino. Corse-du-Sud) : une installation de plaine du Bronze récent / Bronze final I dans l'ouest de la Corse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Saint-Jean de Todon and Saint-Victor-la-Coste: exploring diet and social status in medieval southern France (C. 9TH – 13TH AD) using stable carbon and nitrogen isotope analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Holmstrom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tosha Dupras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Peche-Quilichini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ferreira</w:t>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12520-024-02035-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05085051v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pietroso – Casa Pieraggi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mezana (Sarrola-Carcopino. Corse-du-Sud) : une installation de plaine du Bronze récent / Bronze final I dans l'ouest de la Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association pour la Promotion des Recherches sur l'Âge du Bronze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22, pp.110-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602717v1</w:t>
+                <w:t xml:space="preserve">hal-05085051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du &amp;lt;em&amp;gt;tafoni&amp;lt;/em&amp;gt; à l’&amp;lt;em&amp;gt;arca&amp;lt;/em&amp;gt; : inhumer en Corse du Mésolithique à l'époque moderne</w:t>
               </w:r>
@@ -991,247 +991,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04107718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria -Lamajone</w:t>
+                <w:t xml:space="preserve">Aléria – Lamajone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rigeade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Biron</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roland Haurillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Archéologie de la France -Informations, 2B</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125986v1</w:t>
+                <w:t xml:space="preserve">halshs-04136956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria – Lamajone</w:t>
+                <w:t xml:space="preserve">Aléria -Lamajone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rigeade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Biron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Haurillon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Écard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie de la France - Informations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2021, Archéologie de la France -Informations, 2B</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04136956v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle tombe d'époque étrusque à Aléria, en Corse</w:t>
               </w:r>
@@ -1325,51 +1325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Chastagneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Haurillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1433,51 +1433,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belgodère. La tour de Lozari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferreira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique - Direction régionale des affaires culturelles Corse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.88-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1947,51 +1947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tours génoises : Architecture et quotidien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faucherre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2055,51 +2055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.81-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2338,57 +2338,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux marges de l’ancienne agglomération antique du Camp de César : Saint-Jean de Todon alias Saint-Jean de Rousigue (Laudun-L’Ardoise, Gard)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Aux marges de l'ancienne agglomération antique du Camp de César: Saint-Jean de Todon alias Saint-Jean de Rousigue (Laudun-L'Ardoise, Gard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2417,99 +2417,108 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 28 (1), pp.161-180</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 28, pp.161-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/amime.2010.1923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01494176v1</w:t>
+                <w:t xml:space="preserve">halshs-00849503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux marges de l'ancienne agglomération antique du Camp de César: Saint-Jean de Todon alias Saint-Jean de Rousigue (Laudun-L'Ardoise, Gard)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Aux marges de l’ancienne agglomération antique du Camp de César : Saint-Jean de Todon alias Saint-Jean de Rousigue (Laudun-L’Ardoise, Gard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2538,78 +2547,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 28, pp.161-180. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 28 (1), pp.161-180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/amime.2010.1923⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00849503v1</w:t>
+                <w:t xml:space="preserve">hal-01494176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réseaux viaires antiques d’après les données issues de prospections pédestres, la basse vallée de la Tave</w:t>
               </w:r>
@@ -3422,165 +3422,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04137071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hérault. Plaine du Biterrois</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Narbonne. 18Bd 1848</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Espérou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vidal</w:t>
+                <w:t xml:space="preserve">Olivier Ginouvez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, année 1994, p.191</w:t>
+              <w:t xml:space="preserve">, 1995, année 1994, p.67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125993v1</w:t>
+                <w:t xml:space="preserve">hal-04125960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béziers. Saint-Jean d'Aureilhan. Fouille programmée 1994</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ginouvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3604,91 +3591,91 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un espace funéraire du deuxième quart du I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. avant J.-C. (Nîmes, Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Feugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Feugère</w:t>
+                <w:t xml:space="preserve">Armelle Gardeisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3697,158 +3684,171 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 52, pp.165-204. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/galia.1995.3138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01415506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narbonne. 18Bd 1848</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hérault. Plaine du Biterrois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Espérou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Ginouvez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, année 1994, p.67</w:t>
+              <w:t xml:space="preserve">, 1995, année 1994, p.191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125960v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remoulins. Coqueyron Bas</w:t>
               </w:r>
@@ -4061,407 +4061,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04125942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une étude systématique des structures agraires en contexte de fouille de sauvetage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nîmes. Mas Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Petitot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 17, page 172-174</w:t>
+              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, année 1992, p.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04525957v1</w:t>
+                <w:t xml:space="preserve">halshs-04123594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nîmes. Mas Carbonnel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pour une étude systématique des structures agraires en contexte de fouille de sauvetage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, année 1992, p.61</w:t>
+              <w:t xml:space="preserve">Archéologie en Languedoc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 17, page 172-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04123594v1</w:t>
+                <w:t xml:space="preserve">hal-04525957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nîmes, Mas de Vignolles n°30189131 AH. Sauvetage urgent</w:t>
+                <w:t xml:space="preserve">Nîmes, Rue Edmont Rostand Rue de Calvas. n°30189130 AH. Sauvetage urgent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1992, année 1991, p.46</w:t>
+              <w:t xml:space="preserve">, 1992, année 1991, p.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04123384v1</w:t>
+                <w:t xml:space="preserve">halshs-04123403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nîmes, Rue Edmont Rostand Rue de Calvas. n°30189130 AH. Sauvetage urgent</w:t>
+                <w:t xml:space="preserve">Documents récents sur les techniques agricoles et l'élaboration des paysages dans la campagne nîmoise à l'époque romaine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 18 (2), pp. 310-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/dha.1992.2048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04123403v1</w:t>
+                <w:t xml:space="preserve">hal-01519364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Documents récents sur les techniques agricoles et l'élaboration des paysages dans la campagne nîmoise à l'époque romaine.</w:t>
+                <w:t xml:space="preserve">Nîmes, Mas de Vignolles n°30189131 AH. Sauvetage urgent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bilan scientifique régional Languedoc-Roussillon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, année 1991, p.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/dha.1992.2048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01519364v1</w:t>
+                <w:t xml:space="preserve">halshs-04123384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murviel-Les-Béziers, Roujan et Servian</w:t>
               </w:r>
@@ -4591,51 +4591,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Petitot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 18 (2), pp.310-313. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/dha.1992.2048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268903v1</w:t>
@@ -4672,51 +4672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ginouvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Janin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5693,51 +5693,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memorial support of the grave and social status in Saint Jean de Todon cemetery (Laudun- l’Ardoise, Gard, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5812,234 +5812,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paysage périurbain à Nîmes (Gard, France) de la Protohistoire au Haut-Empire (VIe av. n. è.- IIe s. de n. è.)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Bel</w:t>
+                <w:t xml:space="preserve">Rouvrir, réduire, rallonger, reconstituer. Fossoyage dans le cimetière médiéval de Saint-Jean-de-Todon (Laudun l'Ardoise, Gard)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Breuil</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le paysage périurbain pendant la Protohistoire et l'Antiquité en Méditerranée occidentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Catalan d’Archéologie Classique, May 2009, Tarragone, Espagne. pp.287-318</w:t>
+              <w:t xml:space="preserve">Rencontre autour du Cadavre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Marseille, France. pp.105-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02059413v1</w:t>
+                <w:t xml:space="preserve">hal-01137753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouvrir, réduire, rallonger, reconstituer. Fossoyage dans le cimetière médiéval de Saint-Jean-de-Todon (Laudun l'Ardoise, Gard)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Ardagna</w:t>
+                <w:t xml:space="preserve">Le paysage périurbain à Nîmes (Gard, France) de la Protohistoire au Haut-Empire (VIe av. n. è.- IIe s. de n. è.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pomarèdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Breuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vidal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Séjalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre autour du Cadavre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Marseille, France. pp.105-112</w:t>
+              <w:t xml:space="preserve">Le paysage périurbain pendant la Protohistoire et l'Antiquité en Méditerranée occidentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Catalan d’Archéologie Classique, May 2009, Tarragone, Espagne. pp.287-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01137753v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'équerre d'arpenteur de l'Orme à Ennemain (Somme).</w:t>
               </w:r>
@@ -6247,51 +6247,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un agencement particulier de crânes à la chapelle Saint-Jean de Todon (Gard, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6368,51 +6368,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Jean de Todon (Laudun l’Ardoise, Gard) : des tombes, des morts et des pégaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6804,51 +6804,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif singulier de l'Antiquité Tardive à la chapelle Saint-Jean de Todon (Laudun L'ardoise, Gard, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rigeade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6964,51 +6964,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tours littorales, monuments patrimoniaux sériels : vers un protocole d’étude et de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Casier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7315,303 +7315,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03468596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle tombe étrusque en Corse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La pourpre sur l'île de Cavallo (Corse)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Dominique Garcia. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brigitte Marin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Fabrique de la France. 20 ans d’archéologie préventive</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les petites îles de Méditerranée Occidentale. Histoire, Culture, Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Gaussen, pp.62-63, 2021, 978-2-35698-185-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03679923v1</w:t>
+                <w:t xml:space="preserve">halshs-04124473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pourpre sur l'île de Cavallo (Corse)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une nouvelle tombe étrusque en Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Brigitte Marin. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rigeade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Garcia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les petites îles de Méditerranée Occidentale. Histoire, Culture, Patrimoine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Fabrique de la France. 20 ans d’archéologie préventive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flammarion; Inrap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.90-99, 2021, 9782080234704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flam.garci.2021.01.0090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04124473v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03679923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des tombes, des morts et des pégaus à Saint-Jean-de-Todon (Laudun-L'Ardoise, Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelle Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des pots dans la tombe (IXe - XVIIIe siècle). Regards croisés sur une pratique funéraire en Europe de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Caen, pp.52-54, 2017, 978-2-84133-851-1</w:t>
@@ -7830,51 +7830,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">9. Tombes et nécropoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Académie des Inscriptions et Belles-Lettres. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carte archéologique de la Gaule. [Nouvelle série]. 30/1, Nîmes sous la dir. de Jean-Luc Fiches et Alain Veyrac par Michel Amandry, Michel Christol, Yves Manniez.. [et al.]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 30 (1), , pp.162-174, 1996, Carte archéologique de la Gaule romaine</w:t>
@@ -8056,51 +8056,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Borios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8207,51 +8207,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux cas de spondylarthropathies provenant de la chapelle de Saint-Jean de Todon (Laudun, l'Ardoise, Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8321,267 +8321,267 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tour de Lozari, Corse, Haute-Corse (2B), Belgodère</w:t>
+                <w:t xml:space="preserve">Casa Pieraggi, Corse, Haute-Corse (2B), Pietroso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Boneu-Pouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ecard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Abel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ferreira</w:t>
+                <w:t xml:space="preserve">Camille Faïsse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de Recherches Archéologiques Préventives. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04725129v1</w:t>
+                <w:t xml:space="preserve">hal-04723211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casa Pieraggi, Corse, Haute-Corse (2B), Pietroso</w:t>
+                <w:t xml:space="preserve">Tour de Lozari, Corse, Haute-Corse (2B), Belgodère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Faïsse</w:t>
+                <w:t xml:space="preserve">Véronique Abel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Figueiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de Recherches Archéologiques Préventives. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04723211v1</w:t>
+                <w:t xml:space="preserve">hal-04725129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four de terres cuites de Sagone : Corse, Corse-du-Sud (2A), Vico</w:t>
               </w:r>
@@ -8784,297 +8784,297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria, Haute-Corse (2B), Via Romana parcelle D 304</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aléria, Haute-Corse (2B), Grange aux chiens : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">inrap. 2022, pp.43</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Haurillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselyne Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rigeade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives, INRAP. 2022, 131 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04446003v1</w:t>
+                <w:t xml:space="preserve">halshs-04123551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aléria, Haute-Corse (2B), Grange aux chiens : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aléria, Haute-Corse (2B), Via Romana parcelle D 304</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives, INRAP. 2022, 131 p</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Barbey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">inrap. 2022, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04123551v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria. Haute-Corse (2B), Maison Morandini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Haurillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9191,51 +9191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Chastagneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Haurillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de Recherches Archéologiques Préventives; DRAC - SRA Corse. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9373,822 +9373,822 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tour de Lozari : une tour littorale génoise du XVIe s. Corse, Haute-Corse (2B), Belgodère</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lindinacciu : Hameau de la Gare : Corse, Haute-Corse, Aleria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Piskorz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tramoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] FB08023001, Inrap. 2017, pp.83</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] D117663, Inrap. 2017, pp.84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050569v1</w:t>
+                <w:t xml:space="preserve">hal-02050417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">San Pancraziu : Corse, Haute-Corse (2B), Furiani</w:t>
+                <w:t xml:space="preserve">Tour de Lozari : une tour littorale génoise du XVIe s. Corse, Haute-Corse (2B), Belgodère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roland Haurillon</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] D117794, Inrap. 2017, pp.55</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Abel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bressy-Leandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FB08023001, Inrap. 2017, pp.83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050577v1</w:t>
+                <w:t xml:space="preserve">hal-02050569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suara Canaja : Corse : Haute-Corse (2B), Ghisonaccia : route de Suara-Canaglia</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">San Pancraziu : Corse, Haute-Corse (2B), Furiani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Borios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Haurillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] D117794, Inrap. 2017, pp.55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-02050549v1</w:t>
+                <w:t xml:space="preserve">hal-02050577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mezzana - Tranche 1 : Corse, Corse-du-Sud (2A), Sarrola-Carcopino : Rapport de diagnostic. D116511</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suara Canaja : Corse : Haute-Corse (2B), Ghisonaccia : route de Suara-Canaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Allegrini-Simonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] 81 p., Inrap. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] D116429, Inrap. 2017, pp.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01521808v1</w:t>
+                <w:t xml:space="preserve">hal-02050549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teppe rosse : Corse, Haute-Corse (2B), Aléria</w:t>
+                <w:t xml:space="preserve">Mezzana - Tranche 1 : Corse, Corse-du-Sud (2A), Sarrola-Carcopino : Rapport de diagnostic. D116511</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roland Haurillon</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] D118742, Inrap. 2017, pp.49</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] 81 p., Inrap. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050591v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01521808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Labretto. Corse, Haute-Corse (2B), Bastia. D116509</w:t>
+                <w:t xml:space="preserve">Teppe rosse : Corse, Haute-Corse (2B), Aléria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Haurillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Inrap. 2017, 83 p</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] D118742, Inrap. 2017, pp.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01521824v1</w:t>
+                <w:t xml:space="preserve">hal-02050591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindinacciu : Hameau de la Gare : Corse, Haute-Corse, Aleria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Labretto. Corse, Haute-Corse (2B), Bastia. D116509</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselyne Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] D117663, Inrap. 2017, pp.84</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Inrap. 2017, 83 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050417v1</w:t>
+                <w:t xml:space="preserve">hal-01521824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenze del Purgatorio : Corse, Haute-Corse (2B), Belgodère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10249,51 +10249,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Route de Palasca : Corse, Haute-Corse (2B), Belgodère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10354,90 +10354,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléria (2B), Maison Rossi : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap midi-MED. 2016, pp.80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10476,51 +10476,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erbajolo : Corse, Haute-Corse (2B), Belgodère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10562,612 +10562,642 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01504985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mezzana, parcelles AC 1 et 3 : Corse, Haute-Corse (2B), Lucciana</w:t>
+                <w:t xml:space="preserve">Suali : Santo-Pietro-di-Tenda : Corse, Haute-Corse (2B)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ecart</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] FA08022701, Inrap. 2015, 35 p</w:t>
+                <w:t xml:space="preserve">Franck Leandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FA08011601, Inrap. 2015, 75 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503383v1</w:t>
+                <w:t xml:space="preserve">hal-01503379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domaine de Pinia : Ghisonaccia : Corse, Haute-Corse (2B)</w:t>
+                <w:t xml:space="preserve">Mortella, ferme photovoltaïque : Haute-Corse (2B), Ghisonaccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Goumy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Picandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Allegrini-Simonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FA08005301, Inrap. 2015, 43 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Belougne</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-01503372v1</w:t>
+                <w:t xml:space="preserve">hal-01502257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suali : Santo-Pietro-di-Tenda : Corse, Haute-Corse (2B)</w:t>
+                <w:t xml:space="preserve">Mezzana, parcelles AC 1 et 3 : Corse, Haute-Corse (2B), Lucciana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Vincent</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ecart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Seguin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FA08022701, Inrap. 2015, 35 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mourre</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-01503379v1</w:t>
+                <w:t xml:space="preserve">hal-01503383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mortella, ferme photovoltaïque : Haute-Corse (2B), Ghisonaccia</w:t>
+                <w:t xml:space="preserve">Domaine de Pinia : Ghisonaccia : Corse, Haute-Corse (2B)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kewin Peche-Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Belougne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Figueiral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FA08011901, Inrap. 2015, 60 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Goumy</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-01502257v1</w:t>
+                <w:t xml:space="preserve">hal-01503372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sainte-Anastasie, La Bégude</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2012. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle de Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum. 2014, 14 p</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelle Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; ADES - Anthropologie bio-culturelle, Droit, Ethique et Santé. 2014, 112 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01494177v1</w:t>
+                <w:t xml:space="preserve">hal-01496788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Île de Cavallo. Bonifacio. Corse-du-Sud. (2A).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Goumy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11179,406 +11209,376 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] FA08014701, Inrap. 2014, 42 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2012. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle de Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sainte-Anastasie, La Bégude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Pellé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum. 2014, 14 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Barbe</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-01496788v1</w:t>
+                <w:t xml:space="preserve">hal-01494177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RD 30, Le Pigeonnier : aux abords de Roujan-Médilianum, agglomération antique et médiévale : de sa bordure et de son proche espace agraire antique à un manse de la villa Plivigium? : Languedoc-Roussillon, Hérault, Roujan</w:t>
+                <w:t xml:space="preserve">Place du Foirail : Lozère (48), Mende</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] FA11153301, Inrap. 2013</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Barbey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FA11147601, Inrap. 2013, 40 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01498904v1</w:t>
+                <w:t xml:space="preserve">hal-01498926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place du Foirail : Lozère (48), Mende</w:t>
+                <w:t xml:space="preserve">RD 30, Le Pigeonnier : aux abords de Roujan-Médilianum, agglomération antique et médiévale : de sa bordure et de son proche espace agraire antique à un manse de la villa Plivigium? : Languedoc-Roussillon, Hérault, Roujan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Belougne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Le Rouzès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] FA11147601, Inrap. 2013, 40 p</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] FA11153301, Inrap. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-01498926v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01498904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enfouissement d'une canalisation pour l'alimentation en eau brute : une occupation néolithique du Ve millénaire proche des sites mégalithiques de Cauria à Sartène : Corse-du-Sud (2A), Sartène : plateau de Cauria et vallée de Tizzano</w:t>
               </w:r>
@@ -11774,51 +11774,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Fort, Maison Rossi, Aléria, Haute-Corse (2B)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Goumy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselyne Guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11879,51 +11879,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Picandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tramoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11971,64 +11971,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de fouille programmée triennale 2009-2011. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelle Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12093,64 +12093,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport intermédiaire de fouille programmée 2010. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelle Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12196,558 +12196,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01495551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2009. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
+                <w:t xml:space="preserve">Les jardins de la Lironde - Chemin 103. Montpellier (Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Delphine Blanchard</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Abel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Mayoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; Ministère de la Culture et de la Communication; UAABC - UMR 6578 : Adaptabilité Biologique et Culturelle. 2009, 100 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2009, 120 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01495559v1</w:t>
+                <w:t xml:space="preserve">hal-01523796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jardins de la Lironde - Chemin 103. Montpellier (Hérault)</w:t>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2009. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelle Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; Ministère de la Culture et de la Communication; UAABC - UMR 6578 : Adaptabilité Biologique et Culturelle. 2009, 100 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Mayoud</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-01523796v1</w:t>
+                <w:t xml:space="preserve">hal-01495559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée 2006-2008. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autoroute Fès-Taza. Fouille archéologique préventive au lieu-dit Moulay Idriss (Fès). 03 mars au 25 avril 2008. Données archéologiques brutes dans l'attente des datations : rapport intermédiaire Inrap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahfoud Ferroukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Audouit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Scherrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Delphine Blanchard</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Canillos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; Ministère de la Culture et de la Communication; UAABC - UMR 6578 : Adaptabilité Biologique et Culturelle. 2008, 136 p</w:t>
+              <w:t xml:space="preserve">Institut national de recherches archéologiques préventives, INRAP. 2008, pp.64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01495561v1</w:t>
+                <w:t xml:space="preserve">hal-04123211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoroute Fès-Taza. Fouille archéologique préventive au lieu-dit Moulay Idriss (Fès). 03 mars au 25 avril 2008. Données archéologiques brutes dans l'attente des datations : rapport intermédiaire Inrap</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahfoud Ferroukhi</w:t>
+                <w:t xml:space="preserve">Rapport de fouille programmée 2006-2008. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelle Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; Ministère de la Culture et de la Communication; UAABC - UMR 6578 : Adaptabilité Biologique et Culturelle. 2008, 136 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Scherrer</w:t>
-[...59 lines deleted...]
-                <w:t xml:space="preserve">hal-04123211v1</w:t>
+                <w:t xml:space="preserve">hal-01495561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport intermédiaire de fouille programmée triennale. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Audouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12825,51 +12825,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport intermédiaire de fouille programmée triennale 2006-2008. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12947,90 +12947,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de fouille programmée. L'occupation médiévale du Camp de César à Laudun-L'Ardoise : la chapelle Saint-Jean de Todon (alias Saint-Jean de Rousigue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Ardagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Association Vestigia Imago Atavorum; Inrap; Ville de Laudun-L'Ardoise; Ministère de la Culture et de la Communication. 2005, 68 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -13095,51 +13095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dhénin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Manniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Pélaquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13400,51 +13400,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6692D6A3"/>
+    <w:nsid w:val="FAE309A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13631,51 +13631,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-vidal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1238-6240" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396483v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Soula" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05224076v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevillot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Herv&#233;-Monteil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660684v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Holmstrom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tosha Dupras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-024-02035-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085051v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferreira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602717v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu-Pouquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Heurtebis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Casanova" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04107718v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tristani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bontempi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125986v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Biron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe &#201;card" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04136956v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876008v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882935v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Chastagneret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tramoni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516355v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Lang-Desvignes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882855v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brkojwitsch Gael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01516333v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02233332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lang-Desvignes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01518645v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01516334v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fabre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269230v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01494176v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanchard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie P&#233;laquier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849503v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2010.1923" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269185v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739480v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00862565v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Genevi&#232;ve Colin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schwaller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1178" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267017v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348594v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Parmentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saadhallah" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2003.10.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXDWS2HK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787940v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piskorz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1999.1521" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauvage" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125993v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Esp&#233;rou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125990v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415506v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feug&#232;re" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.1995.3138" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125960v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125945v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125942v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525957v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123594v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123384v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123403v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519364v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1992.2048" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Besombes-Vailh&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Esperou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268903v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127567v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poupet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Janin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1989.2866" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04894794v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rendu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/hgw2-fh94" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03685270v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249464v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875047v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/owi5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267102v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713265v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468579v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441503v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Canillos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Ferroukhi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288897v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boyer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059413v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;jalon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137753v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268394v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487041v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01491473v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01491477v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787127v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076708v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigeade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lano&#235;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467962v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/68328" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.68328" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Casier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468840v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468596v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679923v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/la-fabrique-de-la-france/9782080234704" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flam.garci.2021.01.0090" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124473v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01709049v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269205v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04127544v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.42850" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248058v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04127548v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bismuth" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escallon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124467v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Borios" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517880v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073007v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725129v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Abel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723211v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fa&#239;sse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093259v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Thuillier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04747742v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446003v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123551v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066893v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vianney" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725212v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513005v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cibecchini" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clerbois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050569v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bressy-Leandri" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050577v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050549v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521808v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bonnaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050591v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521824v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050417v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504982v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504989v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04747903v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504985v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503383v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503372v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Belougne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503379v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Leandri" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01502257v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Goumy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Picandet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01494177v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533057v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496788v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498904v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Le Rouz&#232;s" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498926v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498868v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ben Chaba" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498907v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533061v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533063v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Fabre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496772v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495551v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495559v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523796v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leroy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495561v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123211v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Scherrer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495571v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495577v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lallemand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495580v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495582v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123295v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123325v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurent-vidal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1238-6240" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396483v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Soula" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselyne Guerre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Figueiral" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Remicourt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05224076v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barberan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevillot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Herv&#233;-Monteil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602717v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu-Pouquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Heurtebis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660684v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Holmstrom" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tosha Dupras" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-024-02035-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085051v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferreira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04113663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Casanova" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04107718v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Tristani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bontempi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04136956v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Haurillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125986v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Biron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe &#201;card" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876008v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882935v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Chastagneret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tramoni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516355v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Lang-Desvignes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882855v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brkojwitsch Gael" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01516333v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vincent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02233332v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lang-Desvignes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01518645v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01516334v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fabre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269230v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Petitot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849503v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanchard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie P&#233;laquier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2010.1923" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01494176v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269185v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01739480v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pomar&#232;des" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00862565v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Genevi&#232;ve Colin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schwaller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2007.1178" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267017v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348594v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Parmentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saadhallah" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2003.10.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FXDWS2HK-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787940v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piskorz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.1999.1521" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137071v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C&#233;li&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauvage" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125960v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ginouvez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125990v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415506v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Feug&#232;re" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Manniez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/galia.1995.3138" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125993v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Esp&#233;rou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125945v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125942v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pellecuer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123594v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525957v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123403v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519364v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1992.2048" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123384v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Besombes-Vailh&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Esperou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268903v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127567v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poupet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Janin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/dha.1989.2866" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04894794v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Passarrius" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rendu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/hgw2-fh94" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03685270v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03249464v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02875047v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/owi5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267102v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pell&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713265v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Brkojewitsch" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Blin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Brigitte Carre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468579v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441503v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Canillos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Ferroukhi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288897v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Boyer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137753v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vidal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02059413v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Breuil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;jalon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268394v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01487041v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01491473v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01491477v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787127v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodet-Belarbi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076708v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rigeade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lano&#235;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467962v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pup/68328" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.68328" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469194v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Casier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468840v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468596v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124473v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03679923v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/la-fabrique-de-la-france/9782080234704" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flam.garci.2021.01.0090" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01709049v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269205v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04127544v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.42850" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248058v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04127548v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bismuth" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escallon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124467v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Borios" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517880v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073007v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723211v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fa&#239;sse" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725129v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Abel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093259v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Thuillier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04747742v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123551v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446003v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Barbey" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066893v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vianney" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725212v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Az&#233;ma" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513005v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cibecchini" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clerbois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050417v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kewin Peche-Quilichini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050569v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bressy-Leandri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050577v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050549v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521808v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bonnaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050591v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521824v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504982v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504989v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04747903v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01504985v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503379v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Leandri" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01502257v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Goumy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Picandet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503383v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ecart" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01503372v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Belougne" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496788v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barbe" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533057v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01494177v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498926v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498904v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Le Rouz&#232;s" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498868v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ben Chaba" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01498907v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533061v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533063v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Fabre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01496772v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495551v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523796v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leroy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mayoud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495559v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123211v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Scherrer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495561v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495571v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495577v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lallemand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495580v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495582v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123295v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04123325v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>