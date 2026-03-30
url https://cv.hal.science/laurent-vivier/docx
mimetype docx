--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1594,204 +1594,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Working Spaces and Paradigms as an analysis tool for the teaching and learning of analysis</w:t>
+                <w:t xml:space="preserve">El rol del profesor desde la perspectiva de los Espacios de Trabajo Matemático</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Montoya Delgadillo</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kuzniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inés M. Gómez-Chacón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZDM International Journal on Mathematics Education</w:t>
+              <w:t xml:space="preserve">Boletim de Educação Matemática</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02183002v1</w:t>
+                <w:t xml:space="preserve">hal-02183004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El rol del profesor desde la perspectiva de los Espacios de Trabajo Matemático</w:t>
+                <w:t xml:space="preserve">Mathematical Working Spaces and Paradigms as an analysis tool for the teaching and learning of analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Inés M. Gómez-Chacón</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Montoya Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boletim de Educação Matemática</w:t>
+              <w:t xml:space="preserve">ZDM International Journal on Mathematics Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183004v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES CHANGEMENTS DE DOMAINE DANS LE CADRE DES ESPACES DE TRAVAIL MATHEMATIQUE</w:t>
               </w:r>
@@ -1853,230 +1853,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espaces de travail géométrique en formation initiale de professeurs du premier degré en France et en Grèce lors d'une démarche de preuve</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Konstantinos Nikolantonakis</w:t>
+                <w:t xml:space="preserve">Analyser des vidéos sur les pratiques des enseignants du second degré en mathématiques : des utilisations contratsées en recehrche en didactique et en formation de formateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Latinoamericana de Investigación en Matemática Educativa</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607415v1</w:t>
+                <w:t xml:space="preserve">hal-01809572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser des vidéos sur les pratiques des enseignants du second degré en mathématiques : des utilisations contratsées en recehrche en didactique et en formation de formateurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Robert</w:t>
+                <w:t xml:space="preserve">Espaces de travail géométrique en formation initiale de professeurs du premier degré en France et en Grèce lors d'une démarche de preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Nikolantonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revista Latinoamericana de Investigación en Matemática Educativa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (4(I)), pp.103-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12802/relime.13.1745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01809572v1</w:t>
+                <w:t xml:space="preserve">hal-04607415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using videos analysis as a tool to work on mathematics teachers’ practices at secondary education level: similarities and differences between research and educators training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2762,454 +2762,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01681082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling tasks and mathematical work</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Choosing a Mathematical Working Space in a modelling task: The influence of teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Montoya Delgadillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Derouet</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fernanda Viola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CERME 10, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">CERME 10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01933419v1</w:t>
+                <w:t xml:space="preserve">hal-01933475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choosing a Mathematical Working Space in a modelling task: The influence of teaching</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling tasks and mathematical work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Derouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kuzniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Montoya Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda Viola</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Moutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CERME 10</w:t>
+              <w:t xml:space="preserve">CERME 10, Dublin, Ireland</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933475v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptions spontanées et perspectives de la notion de tangente pour des étudiants de début d'université</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Densité de D, complétude de R et analyse réelle - Première approche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Durand-Guerrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First conference of International Network for Didactic Research in University Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01337886v1</w:t>
+                <w:t xml:space="preserve">hal-01337887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densité de D, complétude de R et analyse réelle - Première approche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conceptions spontanées et perspectives de la notion de tangente pour des étudiants de début d'université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Montoya Delgadillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Elvira Páez Murillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viviane Durand-Guerrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First conference of International Network for Didactic Research in University Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01337887v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01337886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Mathematical Working Space model: An open and adaptable theoretical framework?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Derouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kuzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3971,51 +3971,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4536,350 +4536,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04258966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Theory of Mathematical Working Spaces: Theoretical Environment, Epistemological Stance and Dialogue with Other Theories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Montoya-Delgadillo</w:t>
+                <w:t xml:space="preserve">Personal Mathematical Work and Personal MWS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Menares Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Work in Educational Context</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 18, Springer International Publishing, pp.149-163, 2022, Mathematics Education in the Digital Era, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-90850-8_7⟩</w:t>
+              <w:t xml:space="preserve">, 18, Springer International Publishing, pp.91-120, 2022, Mathematics Education in the Digital Era, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-90850-8_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607449v1</w:t>
+                <w:t xml:space="preserve">hal-04258939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Mathematical Work and Personal MWS</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathematical Work and Beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Victoria Flores Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kuzniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Montoya-Delgadillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Nechache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Work in Educational Context</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 18, Springer International Publishing, pp.91-120, 2022, Mathematics Education in the Digital Era, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 18, Springer International Publishing, pp.267-275, 2022, Mathematics Education in the Digital Era, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-90850-8_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...151 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04237700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4889,169 +4785,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation dans l'enseignement des mathématiques – mise en perspective critique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kuzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bulf</w:t>
+                <w:t xml:space="preserve">Richard Cabassut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Cabassut</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernadette Denys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du monde réel au monde des mathématiques - Un parcours bibliographique et didactique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kuzniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5060,94 +4956,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Parzysz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chambris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03452881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5157,91 +5053,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trabajo matemático en Álgebra Lineal. Una transición a través de paradigmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Gaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Soledad López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romina Menares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Montoya-Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5253,73 +5149,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Field Q and the Equality 0.999 . . . = 1 from Combinatorics of Circular Words and History of Practical Arithmetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rittaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5328,73 +5224,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03785332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circular words and three applications: factors of the Fibonacci word, ${\mathcal F}$-adic numbers, and the sequence $1$, $5$, $16$, $45$, $121$, $320$,\ldots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rittaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5403,73 +5299,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00566314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithmes des 4 opérations de base sur les rationnels en écritures décimales et construction du corps Q</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Rittaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5478,51 +5374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00593413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5532,105 +5428,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur la route des réels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. université Paris Diderot, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01223012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId124"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5777,51 +5673,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315042v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peteers Florence" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Segura-Corella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607395v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rittaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54870/1551-3440.1614" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607380v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Montoya-Delgadillo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239754v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olov Viirman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Monaghan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40753-022-00181-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239747v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Soledad L&#243;pez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/teamat/hrac022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544520v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Flores Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vandebrouck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0020739X.2021.2014583" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234414v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239742v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gaona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37084/REMATEC.1980-3141.2022.n42.p111-138.id453" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198056v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Masselin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Nechache" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858026v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Montoya Delgadillo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Elvira P&#225;ez Murillo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40753-017-0068-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182998v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Beck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Braconne-Michoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagneux H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Nikolantonakis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183000v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=-Marc Rogalski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183005v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183002v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183004v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s M. G&#243;mez-Chac&#243;n" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607435v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607415v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12802/relime.13.1745" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Robert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.1749" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639843v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Ar&#233;valo-Meneses" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Javier Cabrera" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Lopez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026696v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113856v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422620v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417420v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681082v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hoppenot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933419v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laval" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moutet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933475v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Viola" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337886v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337887v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948866v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ouvrier-Buffet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.u-paris.fr/ressources-en-ligne-de-lirem-de-paris-documents-videos-liens/cahiers-de-didactique-irem-de-paris-ldar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544670v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111582v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Douaire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110906v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khanfour Armal&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146689v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377731v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabrera-Baquedano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607468v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Loeng" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gabriela Reyes Avenda&#241;o" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258980v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237672v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_7" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258966v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Victoria Flores Salazar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe R. Richard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_12" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607449v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258939v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Menares Espinoza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237700v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452878v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Denys" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304078v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Menares" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785332v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566314v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593413v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01223012v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315042v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peteers Florence" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Segura-Corella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607395v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rittaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54870/1551-3440.1614" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607380v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Montoya-Delgadillo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239754v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olov Viirman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Monaghan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40753-022-00181-0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239747v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Soledad L&#243;pez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/teamat/hrac022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544520v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Flores Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vandebrouck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0020739X.2021.2014583" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234414v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239742v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gaona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37084/REMATEC.1980-3141.2022.n42.p111-138.id453" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198056v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Masselin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Nechache" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858026v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Montoya Delgadillo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Elvira P&#225;ez Murillo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40753-017-0068-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182998v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Beck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Braconne-Michoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagneux H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Nikolantonakis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183000v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=-Marc Rogalski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183005v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183004v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s M. G&#243;mez-Chac&#243;n" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183002v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607435v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809572v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Robert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12802/relime.13.1745" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711596v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.1749" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639843v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Ar&#233;valo-Meneses" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Javier Cabrera" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Lopez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026696v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113856v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422620v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417420v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681082v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hoppenot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933475v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Viola" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933419v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Derouet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laval" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moutet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337887v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337886v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948866v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ouvrier-Buffet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.u-paris.fr/ressources-en-ligne-de-lirem-de-paris-documents-videos-liens/cahiers-de-didactique-irem-de-paris-ldar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544670v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111582v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Douaire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irem.univ-paris-diderot.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110906v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khanfour Armal&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146689v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377731v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabrera-Baquedano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607468v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Loeng" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Gabriela Reyes Avenda&#241;o" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258980v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237672v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_7" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258966v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Victoria Flores Salazar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe R. Richard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_12" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258939v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Menares Espinoza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90850-8_5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237700v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Richard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452878v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Denys" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304078v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Menares" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785332v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566314v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593413v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01223012v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>