--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -321,1065 +321,1065 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative Assemblies of Flavonoids Dimers – Synthesis of Dehydrodicatechin A</w:t>
+                <w:t xml:space="preserve">Nature‐Inspired Chemistry of Complex Alkaloids: Combining Targeted Molecular Networking Approach and Semisynthetic Strategy to Access Rare Communesins in a Marine‐Derived Penicillium expansum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Pradayrol</w:t>
+                <w:t xml:space="preserve">Thi Phuong Thuy Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Maciuk</w:t>
+                <w:t xml:space="preserve">Catherine Roullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kerzaon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gentil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistrySelect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/slct.202300779⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (38), pp.e202300103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202300103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114359v1</w:t>
+                <w:t xml:space="preserve">hal-04485716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total Synthesis of Mavacuran Alkaloids with Bioinspired and non-Bioinspired Strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erwan Poupon</w:t>
+                <w:t xml:space="preserve">Stereodivergent Total Syntheses of (+)-Mycaperoxides C, D, G Methyl Ester and (-)-Mycaperoxide B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Kerim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Vincent</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferrié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0042-1751498⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202203004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274139v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature‐Inspired Chemistry of Complex Alkaloids: Combining Targeted Molecular Networking Approach and Semisynthetic Strategy to Access Rare Communesins in a Marine‐Derived Penicillium expansum</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioinspired Synthesis of Pulvinic Acids Including Xerocomic Acid and Fluorescence Properties of Bis‐lactone Intermediates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Roullier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+                <w:t xml:space="preserve">Élodie Pradayrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Kerzaon</w:t>
+                <w:t xml:space="preserve">Blandine Seon-Meniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Gentil</w:t>
+                <w:t xml:space="preserve">Samuel Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biraveena Sinniah-Kandiah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202300103⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.202201152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485716v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereodivergent Total Syntheses of (+)-Mycaperoxides C, D, G Methyl Ester and (-)-Mycaperoxide B</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Expanding the ‘aplysinospin cascade’ through DNA-templated [2+2] photocycloaddition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara Mayssa Bendiab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Birlirakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202203004⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (28), pp.4221-4224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3cc00673e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250595v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Synthesis of Pulvinic Acids Including Xerocomic Acid and Fluorescence Properties of Bis‐lactone Intermediates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Oxidative Assemblies of Flavonoids Dimers – Synthesis of Dehydrodicatechin A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Pradayrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maciuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.202201152⟩</w:t>
+              <w:t xml:space="preserve">ChemistrySelect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (13), pp.4221-4224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/slct.202300779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114370v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding the ‘aplysinospin cascade’ through DNA-templated [2+2] photocycloaddition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Total Synthesis of Mavacuran Alkaloids with Bioinspired and non-Bioinspired Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yara Mayssa Bendiab</w:t>
+                <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Birlirakis</w:t>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Skiredj</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 59 (28), pp.4221-4224. </w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3cc00673e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0042-1751498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592519v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Early Divergent Oxidative Cyclizations toward Pleiocarpamine, Talbotine, and Strictamine</w:t>
+                <w:t xml:space="preserve">The chemistry of mavacurane alkaloids: a rich source of bis-indole alkaloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Audrey Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maxime Jarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23 (4), pp.1355-1360. </w:t>
+              <w:t xml:space="preserve">Natural Product Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (10), pp.1852-1886. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.1c00018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0NP00088D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186900v1</w:t>
+                <w:t xml:space="preserve">hal-03186969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chemistry of mavacurane alkaloids: a rich source of bis-indole alkaloids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioinspired Early Divergent Oxidative Cyclizations toward Pleiocarpamine, Talbotine, and Strictamine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Mauger</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Hussein Abou-Hamdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30 (10), pp.1852-1886. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (4), pp.1355-1360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0NP00088D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.1c00018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186969v1</w:t>
+                <w:t xml:space="preserve">hal-03186900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosynthetically Relevant Reactivity of Polyneuridine Aldehyde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐christophe Jullian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1491,51 +1491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venance Martial Say</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maciuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Product Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 35 (23), pp.5112-5119. </w:t>
@@ -1573,51 +1573,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinspired Divergent Oxidative Cyclizations of Geissoschizine: Total Synthesis of (–)‐17‐nor‐Excelsinidine, (+)‐16‐epi‐Pleiocarpamine, (+)‐16‐Hydroxymethyl‐Pleiocarpamine and (+)‐Taberdivarine H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Tap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1625,51 +1625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Denizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 40, pp.6340-6351. </w:t>
@@ -1733,51 +1733,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinming Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2020 (13), pp.1919-1929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1939,546 +1939,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collected mass spectrometry data on monoterpene indole alkaloids from natural product chemistry research</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioinspired Oxidative Cyclization of the Geissoschizine Skeleton for Enantioselective Total Synthesis of Mavacuran Alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Tap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ramos</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gaëla Cauchie</w:t>
+                <w:t xml:space="preserve">Jean-François Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-019-0028-3⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (29), pp.9861-9865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201905227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02861053v1</w:t>
+                <w:t xml:space="preserve">hal-02322586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of 12- epi -Protopanaxadiol and Formal Synthesis of Ginsenoside Chikusetsusaponin-LT 8</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Insights into the Biosynthesis of Cyclic Guanidine Alkaloids from Crambeidae Marine Sponges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Belotti</w:t>
+                <w:t xml:space="preserve">Siguara Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edmond Toromanoff</w:t>
+                <w:t xml:space="preserve">François Oberhänsli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janine Cossy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Teyssié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201901031⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (2), pp.520-525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201809539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02533154v1</w:t>
+                <w:t xml:space="preserve">hal-04082796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Oxidative Cyclization of the Geissoschizine Skeleton for Enantioselective Total Synthesis of Mavacuran Alkaloids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
+                <w:t xml:space="preserve">Collected mass spectrometry data on monoterpene indole alkaloids from natural product chemistry research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Pogam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Fox Alcover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvis Otogo N'Nang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëla Cauchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (15), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-019-0028-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201905227⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02322586v1</w:t>
+                <w:t xml:space="preserve">hal-02861053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the Biosynthesis of Cyclic Guanidine Alkaloids from Crambeidae Marine Sponges</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Oberhänsli</w:t>
+                <w:t xml:space="preserve">Synthesis of 12- epi -Protopanaxadiol and Formal Synthesis of Ginsenoside Chikusetsusaponin-LT 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aude Tribalat</w:t>
+                <w:t xml:space="preserve">Damien Belotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+                <w:t xml:space="preserve">Edmond Toromanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Teyssié</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Janine Cossy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 58 (2), pp.520-525. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (34), pp.5970-5973. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201809539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201901031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082796v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02533154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Insights into the Anchinopeptolide Series</w:t>
               </w:r>
@@ -2503,51 +2503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2624,51 +2624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Fox Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Champy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2767,51 +2767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2856,2477 +2856,2477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA-Templated [2+2] Photocycloaddition: A Straightforward Entry into the Aplysinopsin Family of Natural Products</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adam Skiredj</w:t>
+                <w:t xml:space="preserve">A Ring-Distortion Strategy from Marine Natural Product Ilimaquinone Leads to Quorum Sensing Modulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Mansot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Leblanc</w:t>
+                <w:t xml:space="preserve">David Lachkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Vasseur</w:t>
+                <w:t xml:space="preserve">Assia Lamali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Seon-Meniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201806357⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018 (20-21), pp.2486-2497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201800047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02197152v1</w:t>
+                <w:t xml:space="preserve">hal-02626088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Ring-Distortion Strategy from Marine Natural Product Ilimaquinone Leads to Quorum Sensing Modulators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioinspired Oxidative Cyclization of the Geissoschizine Skeleton for the Total Synthesis of (−)-17-nor-Excelsinidine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Jarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Tap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Blandine Seon-Meniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201800047⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (38), pp.12294-12298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201802610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626088v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Oxidative Cyclization of the Geissoschizine Skeleton for the Total Synthesis of (−)-17-nor-Excelsinidine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Divergent Oxidative Couplings between Indoles and 2,3-Dihydroxybenzoic Acid Derivatives for the Biomimetic Synthesis of Voacalgine A and Bipleiophylline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Denizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Kouklovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201802610⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (21), pp.4229-4242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0036-1591910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348789v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA‐Templated [2+2] Photocycloaddition: A Straightforward Entry into the Aplysinopsin Family of Natural Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Skiredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Mansot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐jacques Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 130 (36), pp.11960-11965. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ange.201806357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent Oxidative Couplings between Indoles and 2,3-Dihydroxybenzoic Acid Derivatives for the Biomimetic Synthesis of Voacalgine A and Bipleiophylline</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+                <w:t xml:space="preserve">DNA-Templated [2+2] Photocycloaddition: A Straightforward Entry into the Aplysinopsin Family of Natural Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Mansot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 50 (21), pp.4229-4242. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (36), pp.11786-11791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0036-1591910⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201806357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348831v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02197152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond the “Code”: A Guide to the Description and Documentation of Biodiversity in Ciliated Protists (Alveolata, Ciliophora)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a “Chemistry First” and Molecular Networking Approach: Discovery of Dactylocyanines A–H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Alcover</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+                <w:t xml:space="preserve">Natacha Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Litaudon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duplais</w:t>
+                <w:t xml:space="preserve">Guanming Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jeu.12391⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (58), pp.14454-14461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134404v1</w:t>
+                <w:t xml:space="preserve">hal-05521915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleiokomenines A and B: Dimeric Aspidofractinine Alkaloids Tethered with a Methylene Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvis Otogo N’nang Obiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvis Otogo N’nang Obiang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Gallard</w:t>
+                <w:t xml:space="preserve">Brice Kumulungui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Mouray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (22), pp.6180-6183. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b03098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a &amp;quot;Chemistry First&amp;quot; and Molecular Networking Approach: Discovery of Dactylocyanines A-H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guanming Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lachkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asmaa Boufridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (58), pp.14454-14461. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02571115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unprecedented Blue Chromophore Found in Nature using a “Chemistry First” and Molecular Networking Approach: Discovery of Dactylocyanines A–H</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natacha Bonneau</w:t>
+                <w:t xml:space="preserve">Unified biomimetic assembly of voacalgine A and bipleiophylline via divergent oxidative couplings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lachkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Denizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guanming Chen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean‐françois Gallard</w:t>
+                <w:t xml:space="preserve">Guillaume Bernadat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadiria Ahamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 23 (58), pp.14454-14461. </w:t>
+              <w:t xml:space="preserve">Nature Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (8), pp.793-798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201702336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nchem.2735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05521915v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified biomimetic assembly of voacalgine A and bipleiophylline via divergent oxidative couplings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Ilimaquinone and 5-epi-Ilimaquinone: Beyond a Simple Diastereomeric Ratio, Biosynthetic Considerations from NMR-Based Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lachkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Natacha Denizot</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bernadat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+                <w:t xml:space="preserve">Mehdi A Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nchem.2735⟩</w:t>
+              <w:t xml:space="preserve">Australian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 70 (6), pp.743-750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/CH16455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115363v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilimaquinone and 5-epi-Ilimaquinone: Beyond a Simple Diastereomeric Ratio, Biosynthetic Considerations from NMR-Based Analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Lachkar</w:t>
+                <w:t xml:space="preserve">Revisiting Previously Investigated Plants: A Molecular Networking-Based Study of Geissospermum laeve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Fox Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Alcover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maciuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Erpenbeck</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Evanno</w:t>
+                <w:t xml:space="preserve">Marc Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/CH16455⟩</w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 80 (4), pp.1007-1014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.6b01013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483154v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleiokomenines A and B: Dimeric Aspidofractinine Alkaloids Tethered with a Methylene Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvis Otogo N’nang Obiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvis Otogo N’nang Obiang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Gallard</w:t>
+                <w:t xml:space="preserve">Brice Kumulungui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Mouray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (22), pp.6180-6183. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.orglett.7b03098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting Previously Investigated Plants: A Molecular Networking-Based Study of Geissospermum laeve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Fox Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Alcover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Maciuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Litaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Natural Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 80 (4), pp.1007-1014. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.6b01013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02105819v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05521875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Previously Investigated Plants: A Molecular Networking-Based Study of Geissospermum laeve</w:t>
+                <w:t xml:space="preserve">Beyond the “Code”: A Guide to the Description and Documentation of Biodiversity in Ciliated Protists (Alveolata, Ciliophora)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Fox Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Alcover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Litaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duplais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Natural Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.6b01013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Eukaryotic Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (4), pp.539-554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jeu.12391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05521875v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preakuammicine: A Long‐Awaited Missing Link in the Biosynthesis of Monoterpene Indole Alkaloids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emergence of diversity and stereochemical outcomes in the biosynthetic pathways of cyclobutane-centered marine alkaloid dimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Benayad</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Delphine Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201600102⟩</w:t>
+              <w:t xml:space="preserve">Natural Product Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (7), pp.820-842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5NP00159E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114453v1</w:t>
+                <w:t xml:space="preserve">hal-05521853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mimicking the Main Events of the Biosynthesis of Drimentines: Synthesis of Δ8′‐Isodrimentine A and Related Compounds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+                <w:t xml:space="preserve">Preakuammicine: A Long‐Awaited Missing Link in the Biosynthesis of Monoterpene Indole Alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Benayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadiria Ahamada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lewin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 2016 (17), pp.2954-2958. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201600444⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 2016 (8), pp.1494-1499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201600102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05114436v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mimicking the Main Events of the Biosynthesis of Drimentines: Synthesis of Δ8′‐Isodrimentine A and Related Compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Skiredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2016 (17), pp.2954-2958. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejoc.201600444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of diversity and stereochemical outcomes in the biosynthetic pathways of cyclobutane-centered marine alkaloid dimers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mimicking the Main Events of the Biosynthesis of Drimentines: Synthesis of Δ8′‐Isodrimentine A and Related Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (17), pp.2954-2958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201600444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5NP00159E⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05521853v1</w:t>
+                <w:t xml:space="preserve">hal-05114436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyneuridine aldehyde: structure, stability overviews and a plausible origin of flavopereirine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadiria Ahamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Benayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5373,51 +5373,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asmaa Boufridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5513,911 +5513,911 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01483185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of diversity and stereochemical outcomes in the biosynthetic pathways of cyclobutane-centered marine alkaloid dimers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asmaa Boufridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Debitus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Product Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5np00159e⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (44), pp.4922-4925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114432v1</w:t>
+                <w:t xml:space="preserve">hal-05521861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotransformations versus chemical modifications: new cytotoxic analogs of marine sesquiterpene ilimaquinone</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Petek</w:t>
+                <w:t xml:space="preserve">Emergence of diversity and stereochemical outcomes in the biosynthetic pathways of cyclobutane-centered marine alkaloid dimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.09.075⟩</w:t>
+              <w:t xml:space="preserve">Natural Product Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33 (7), pp.820-842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5np00159e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05521861v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing the Intrinsic Reactivity within the Aplysinopsin Series for the Synthesis of Intricate Dimers: Natural from Start to Finish</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adam Skiredj</w:t>
+                <w:t xml:space="preserve">Biomimetic Assembly of Leucoridine A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Benayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 47 (16), pp.2367-2376. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2015 (9), pp.1894-1898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0034-1381032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201500041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114461v1</w:t>
+                <w:t xml:space="preserve">hal-05114457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic Assembly of Leucoridine A</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harnessing the Intrinsic Reactivity within the Aplysinopsin Series for the Synthesis of Intricate Dimers: Natural from Start to Finish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Benayad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+                <w:t xml:space="preserve">Delphine Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bernadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47 (16), pp.2367-2376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0034-1381032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201500041⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05114457v1</w:t>
+                <w:t xml:space="preserve">hal-05521849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing the Intrinsic Reactivity within the Aplysinopsin Series for the Synthesis of Intricate Dimers: Natural from Start to Finish</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adam Skiredj</w:t>
+                <w:t xml:space="preserve">Biomimetic Assembly of Leucoridine A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Benayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 47 (16), pp.2367-2376. </w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2015 (9), pp.1894-1898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0034-1381032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201500041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05521849v1</w:t>
+                <w:t xml:space="preserve">hal-05521841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic Assembly of Leucoridine A</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harnessing the Intrinsic Reactivity within the Aplysinopsin Series for the Synthesis of Intricate Dimers: Natural from Start to Finish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Skiredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Benayad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Beniddir</w:t>
+                <w:t xml:space="preserve">Delphine Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bernadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201500041⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 47 (16), pp.2367-2376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0034-1381032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05521841v1</w:t>
+                <w:t xml:space="preserve">hal-05114461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Unified Bioinspired “Aplysinopsin Cascade”: Total Synthesis of (±)-Tubastrindole B and Related Biosynthetic Congeners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Skiredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bernadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (19), pp.4980-4983. </w:t>
@@ -6455,103 +6455,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous Biomimetic Formation of (±)‐Dictazole B under Irradiation with Artificial Sunlight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Skiredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Beniddir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bernadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53 (25), pp.6419-6424. </w:t>
@@ -6595,330 +6595,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of cyclohexene epoxides toward intramolecular acid-catalyzed cyclizations for the synthesis of naturally occurring cage architectures</w:t>
+                <w:t xml:space="preserve">Biomimetic Three‐Component Assembly of the Central Core of Halichonadins K and L</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
+                <w:t xml:space="preserve">François Senejoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bastien Nay</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Poupon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crci.2012.09.007⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2013 (3), pp.453-455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201201316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05114487v1</w:t>
+                <w:t xml:space="preserve">hal-05114478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic Three‐Component Assembly of the Central Core of Halichonadins K and L</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reactivity of cyclohexene epoxides toward intramolecular acid-catalyzed cyclizations for the synthesis of naturally occurring cage architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Evanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Senejoux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Poupon</w:t>
+                <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2013 (3), pp.453-455. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (4), pp.304-310. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201201316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2012.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114478v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Naturally Occurring Cyclohexene Rings Using Stereodirected Intramolecular Diels–Alder Reactions Through Asymmetric 1,3‐Dioxane Tethering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Chiaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6981,90 +6981,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic studies toward the cytotoxic norditerpene (+)-harringtonolide: setting up key-stereogenic centers of the cyclohexane ring D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Herson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 52 (27), pp.3447-3450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7214,51 +7214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemistry and biology of non-tetramic γ-hydroxy-γ-lactams and γ-alkylidene-γ-lactams from natural sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Riache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7465,77 +7465,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enyne metathesis/Diels–Alder reaction sequence towards the synthesis of cup-shaped 5/5/6-tricyclic architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 48 (25), pp.4331-4333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7598,64 +7598,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utility of a chiral 1,3-dioxane template in stereoselective intramolecular Diels–Alder reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Chiaroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7744,51 +7744,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected Dehydrogenation Products in the Furan Series Arising from Ruthenium‐Catalyzed 4‐Oxo‐1,6‐enyne Metathesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Nay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bodo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7893,51 +7893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Latrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Sesay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireia Benito Montaner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8154,51 +8154,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Edde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dr&#232;ge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500183" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114333v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derrien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leblanc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.4c00541" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114359v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Pradayrol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maciuk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202300779" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274139v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Kouklovsky" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Poupon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vincent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1751498" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485716v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thuy Hoang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gentil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202300103" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250595v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Kerim" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferri&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114370v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Seon-Meniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biraveena Sinniah-Kandiah" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202201152" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592519v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duchemin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Mayssa Bendiab" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Birlirakis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Skiredj" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00673e" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186900v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jarret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Abou-Hamdan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c00018" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186969v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mauger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NP00088D" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Turpin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Jullian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000963" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115394v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Aboua Okpekon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustin Aka Kabran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venance Martial Say" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2020.1781116" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tap" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Denizot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000962" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114409v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinming Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901694" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521960v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Fox Ramos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pogam" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fox Alcover" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N&#8217;nang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;la Cauchie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0028-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02861053v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ramos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N'Nang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533154v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Belotti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Toromanoff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Cossy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901031" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201905227" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04082796v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siguara Silva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Oberh&#228;nsli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Teyssi&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809539" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575266v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siguara Bastos Lemos Silva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Beniddir" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521972v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NP00006B" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521982v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197152v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mansot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vasseur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201806357" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626088v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lachkar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Lamali" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Boufridi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800047" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348789v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201802610" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521934v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Vasseur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201806357" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348831v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591910" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134404v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Alcover" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Litaudon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duplais" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeu.12391" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521920v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N&#8217;nang Obiang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kumulungui" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Mouray" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b03098" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571115v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanming Chen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gallard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702336" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521915v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115363v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernadat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadiria Ahamada" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2735" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483154v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A Beniddir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH16455" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966401v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105819v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b01013" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521875v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114453v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benayad" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lewin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600102" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114436v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600444" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WVDQ7XBD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521858v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521853v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Joseph" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NP00159E" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114447v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.03.019" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483185v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Beniddir" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.09.075" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXQ7M2MX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114432v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5np00159e" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521861v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114461v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1381032" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114457v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500041" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HX9CDCFG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521849v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521841v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114466v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502177m" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114474v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201403454" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RNXW4NC0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114487v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubost" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nay" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.007" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114478v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Senejoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201316" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115356v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chiaroni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201001678" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QQ8VJLZ0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114496v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2011.04.101" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4QHZ3N0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114507v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ormala" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri M. Pihko" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902289" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114499v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Riache" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903905h" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114510v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nguyen-Pouplin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delaroche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1074546" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114512v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.04.107" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3DVH10S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115353v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.02.089" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N6PGD1T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115351v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/scc-200058011" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237335v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Latrache" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Sesay" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Benito Montaner" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlei Zhang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Edde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dr&#232;ge" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202500183" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114333v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derrien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leblanc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.4c00541" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485716v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thuy Hoang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roullier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gentil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202300103" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250595v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Kerim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferri&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203004" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114370v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Pradayrol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Seon-Meniel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biraveena Sinniah-Kandiah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202201152" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592519v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duchemin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Mayssa Bendiab" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Birlirakis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Skiredj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00673e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114359v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maciuk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202300779" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274139v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Kouklovsky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Poupon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vincent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1751498" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186969v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mauger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jarret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NP00088D" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186900v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Abou-Hamdan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.1c00018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Turpin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Jullian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000963" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115394v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Aboua Okpekon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustin Aka Kabran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venance Martial Say" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786419.2020.1781116" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tap" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Denizot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000962" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114409v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinming Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901694" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521960v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Fox Ramos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Pogam" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fox Alcover" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N&#8217;nang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;la Cauchie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0028-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322586v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201905227" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04082796v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siguara Silva" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Oberh&#228;nsli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Tribalat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Teyssi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201809539" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02861053v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ramos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N'Nang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533154v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Belotti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Toromanoff" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Cossy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901031" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575266v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siguara Bastos Lemos Silva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Beniddir" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201900625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521972v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NP00006B" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521982v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626088v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lachkar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Lamali" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Boufridi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800047" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348789v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201802610" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348831v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1591910" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521934v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mansot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;jacques Vasseur" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201806357" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197152v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vasseur" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201806357" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521915v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Bonneau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanming Chen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702336" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521920v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvis Otogo N&#8217;nang Obiang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kumulungui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Mouray" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b03098" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571115v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gallard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115363v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernadat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadiria Ahamada" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2735" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483154v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Erpenbeck" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A Beniddir" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH16455" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105819v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Alcover" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Litaudon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.6b01013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966401v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521875v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134404v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duplais" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeu.12391" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521853v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Joseph" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NP00159E" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114453v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benayad" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lewin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600102" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521858v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600444" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WVDQ7XBD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114436v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114447v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.03.019" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483185v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Beniddir" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.09.075" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXQ7M2MX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521861v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114432v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5np00159e" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114457v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201500041" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HX9CDCFG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521849v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1381032" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521841v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114461v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114466v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502177m" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114474v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201403454" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RNXW4NC0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114478v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Senejoux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201201316" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114487v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deville" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dubost" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nay" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.007" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115356v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Chiaroni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201001678" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QQ8VJLZ0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114496v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2011.04.101" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4QHZ3N0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114507v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ormala" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri M. Pihko" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902289" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114499v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Riache" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903905h" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114510v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nguyen-Pouplin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delaroche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1074546" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114512v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.04.107" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3DVH10S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115353v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.02.089" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1N6PGD1T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115351v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/scc-200058011" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237335v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Latrache" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Sesay" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Benito Montaner" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlei Zhang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>