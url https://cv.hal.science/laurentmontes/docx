--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent MONTES </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electro-Mechanical Characterization and Modeling of a Broadband Piezoelectric Microgenerator Based on Lithium Niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausrine Bartasyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (9), pp.2815. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s24092815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdependence of piezoelectric coefficient and film thickness in LiTaO 3 cantilevers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjneya Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arun Ichangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Ceramic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (5), pp.1966-1977. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jace.17606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-Powered and Battery-Free Vibrational Energy to Time Converter for Wireless Vibration Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (22), pp.7503. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21227503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully depleted, trench-pinned photo gate for CMOS image sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Suler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dalleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.727. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s20030727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of ZnO based piezo-generators under controlled compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (6), pp.064003. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6641/aa691f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of subthreshold conduction in junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 124, pp.58-63. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2016.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and thermal properties of doped monocrystalline titanium-silicide based quantum dot superlattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 92, pp.249-255. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.02.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monocrystalline molybdenum silicide based quantum dot superlattices grown by chemical vapor deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.341-345. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.06.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titanium-based silicide quantum dot superlattices for thermoelectrics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (27), pp.275605. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/27/275605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-Aligned High-Mobility Graphene Transistor: Decoupling the Channel with Fluorographene to Reduce Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-I Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Yuan Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalia Moreddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugene Sebastian Raj Marianathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (41), pp.6519-6525. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201502544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01257741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Carbide Nanowire Devices for Label-Free Electrical DNA Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Fradetal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Atolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stambouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 821-823, pp.855-858. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.821-823.855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic screening effect on low-frequency drain current fluctuations in liquid-gated nanowire FETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming-Pei Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (49), pp.495501. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/49/495501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of semiconducting piezoelectric nanowires for mechanical energy harvesting and mechanical sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14, pp.62-76. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nanoen.2014.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bundling of GaAs Nanowires: A Case of Adhesion-Induced Self-Assembly of Nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Carapezzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Priante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (9), pp.8932-8941. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nn503629d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Less mobility degradation induced by transverse electric-field in junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (21), pp.213504. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4902549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrathin Nanogenerators as Self-Powered/Active Skin Sensors for Tracking Eye Ball Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangmin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yean Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.H. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (8), pp.1163-1168. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.201301971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of channel width on back biasing effect in tri-gate MOSFET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyu-Tae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 114, pp.91-97. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2013.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance optimization of vertical Nanowire based Piezoelectric Nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (7), pp.971-977. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.201302157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication flaws and reliability in MEMS thin film polycrystalline flow sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Bensidhoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sidi Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microsystem Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00542-013-1977-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Newton Transverse Force Sensor Using a Vertical GaN Nanowire based on the Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.S. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (6), pp.883-888. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201203263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00991575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling prospects in mechanical energy harvesting with piezo nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63 (1), pp.14407. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2013120483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano−Newton Transverse Force Sensor Using a Vertical GaN Nanowire based on the Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. S. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25, pp.883-888</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidewall mobility and series resistance in a multichannel tri-gate MOSFET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.T. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (6), pp.065009. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0268-1242/28/6/065009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of bimetallic actuated micro-membrane with large deformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillen J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehan C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (1), pp.015011:1-9. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/23/1/015011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static electrical characterization and low frequency noise of a-InHfZnO thin film transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.-Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.-E. Ahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 548, pp.560-565. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2013.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back biasing effects in tri-gate junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.T. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87, pp.74-79. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2013.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Optimization of Vertical Nanowire-Based Piezoelectric Nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy and Power Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.1816-1820</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost embedded spirometer based on micro machined polycrystalline thin film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ameur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flow Measurement and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (2), pp.126-130. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.flowmeasinst.2010.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rectifying Source and Drain Contacts for Effective Carrier Transport Modulation of Extremely Doped SiC Nanowire FETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10 (5), pp.980 - 984. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNANO.2010.2091147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled growth of SiGe nanowires by addition of HCl in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110 (2), pp.024311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and characterization of gold catalyzed siGe nanowires and alternative metal-catalyzed Si nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, pp.187. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1556-276X-6-187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved AFM cross-sectional method for piezoelectric nanostructures properties investigation: application to GaN nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudeesun Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jae Woo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (10), pp.105704. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/22/10/105704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-frequency noise in strained SiGe core-shell nanowire p-channel field effect transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Doyoung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tachi Kiichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ernst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 97, pp.073505</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron mobility increase in submicronic transistors integrated on ultra thin membranes subjected to high mechanical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 96, pp.092107:1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between bone growth rate and bone tissue organization in amniotes : first test of Amprino's rule in a phylogenetic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Cubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Biology (formerly Netherlands Journal of Zoology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 60, pp.25-41. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/157075610X12610595764093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of TiN plasma post-treatment on alumina electron trapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ghibaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Device and Materials Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7 (2), pp.242-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modified space-charge limited conduction in tantalum pentoxide MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monsieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ghibaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 84 (9-10), pp.2310-2313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00393314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of series resistance of planar MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.1244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of series resistance of planar MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pananakakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.1244-1251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between bone growth rate and the thickness of calcified cartilage in the long bones of the Galloanserae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel de Margerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand de Ricqlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Cubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 206, pp.445-452</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00117110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-resolvel tunnel spectroscopy in nanocrystalline silicon superlattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Tsybeskov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.F. Grom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul G. Krishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Fauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 55, pp.552-558</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant tunneling in partially disordered silicon nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Tsybeskov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.F. Grom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul G. Krishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Fauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 55, pp.552-558. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i2001-00451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00250423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porous silicon membranes for gas-sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Taliercio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Massone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Foucaran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Gué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 46 (1-3), pp.43 - 46. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0924-4247(94)00858-F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01788492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (76)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A smart battery free system for wireless condition monitoring using piezoelectric energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthattaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Systems Integration conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSI56489.2022.9901426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of flexible/non-flexible energy transducers based on ZnO nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des Nanofils Semiconducteurs, J2N</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor Piezoelectric Nanowires for Energy Transduction Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop in Devices, Materials and Structures for Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of vertical-nanowire based devices for mechanical/electrical transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Challenges in Alternative &amp; Renewable Energy (MCARE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The American Ceramic Society (ACerS), Apr 2016, Clearwater, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromechanical measurement of piezoelectric nanogenerators based on ZnO nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santhosh Kannan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Nanogenerators and Piezotronics (NGPT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02068496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nano-piezo-composites: from simulation to devices (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santhosh Kannan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PiezoNEMS Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Material Improvement for Piezoelectric and Triboelectric Nanogenerators (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.Y. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Challenges in Alternative &amp; Renewable Energy (MCARE 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The American Ceramic Society (ACerS), Feb 2015, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will composite nano-materials replace piezoelectric thin films for energy transduction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Advanced Research Workshop Future Trends in Microelectronics: Journey into the Unknown</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Mallorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctional Oxyde Nanodevices (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Frontiers in Material Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Berhampur, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can vertically-grown-nanowires composites challenge piezoelectric thin films for mechanical to electrical energy conversion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Michard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 MRS Spring Meeting, Symposium P: Nanogenerators and Piezotronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Espinosa, M. Migliorato, X. Wang, R. Yang, Apr 2015, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical energy harvesters and sensors based on semiconductor piezoelectric nanowires (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Network for the Development of Organic Electric Converters (ENDOR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Chemnitz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor piezoelectric nanowires for mechanical energy harvesters and sensors (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop GDRi CNRS MECANO and GDR CNRS OXYFUN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Louvain-La-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress on the modelling of piezoelectric nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Nanogenerators and Piezotronics (NGPT 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Georgia Institute of Technology, Jun 2014, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO nanowires and thin films for enregy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du GDR OXYFUN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Carbide Nanowire Devices for Label-Free Electrical DNA Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Fradetal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Atolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stambouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conference on Silicon Carbide and Related Materials (ECSCRM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM modeling of vertically integrated nanogenerators in compression and flexion modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 10th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PRIME.2014.6872742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interest of piezoelectric NEMS for sensing and energy harvesting: from size to non-linear effects (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piezoelectric Micro and Nano Structures and their Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C. Oshman &amp; G. Poulin-Vitrant, Sep 2014, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling of vertically integrated nanogenerators in compression and flexion modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes Journées Nationales sur la Récupération d'Energie et le Stockage d'Energie (JNRSE 0214)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting from nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Symposium on Next-Generation Electronics (ISNE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Kwei-Shan Tao-Yuan, Taiwan. pp.169-170, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISNE.2014.6839387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling of thin piezoelectric transducers integrated in flexible substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 15th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Stockholm, Sweden. pp.77-80, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2014.6813910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs nanowire self-assembly; tailoring nanowire arrays towards surface functionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Carapezzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Priante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Cavallini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 E-MRS Spring Meeting, Symposium Q: Hybrid materials engineering in biology, chemistry and physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F. Leroux, P. Rabu, N.A.J.M.Sommerdijk and A. Taubert, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEMS/MEMS generators, thermoelectric devices and pumps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "Micro- and Nanoelectronics 2014" (ICMNE-2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Zvenigorod, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowire-based piezoelectric transducers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 MRS Spring Meeting, Symposium R : Materials Challenges and Integration Strategies foor Flexible Energy Devices ans Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Hu, G. Yu, L. Nyholm, H.D. Espinosa, R.Yang, Apr 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM evaluation and characterization of vertically integrated nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Galvao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Materials for Sustainable Energy Applications: conversion, storage and efficiency (Mat4Energy 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric nanostructures for the mechanical energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomeeting 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Minsk, Russia. pp.463-468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: How to enhance piezoelectricity and piezoresistance in semiconductor nanowire for sensors and energy devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dargent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-US International Workshop on NanoSensor Science &amp; Technology, IWNST 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Berhampur, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal actuated micropump for biological and medical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salette A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko H.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 SPIE Microtechnologies: Technical Summaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2017916(2013)⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: new concepts for sensors and energy harvesting devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Next generation of self-power smart sensors for environmental monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Nanyang, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowires applications in the More Moore/More-Than-Moore perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mongillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS E-MRS 2013 Spring Meeting, Symposium K: Physics and technology of advanced extra functionality CMOS-based devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoswitches & PiezoNEMS for on-chip energy control and harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème réunion plénière du GdR nanofils semicoducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, St Martin de Londres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Vertical Integrated Nanogenerator performances in flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Micro and Nanotechnology for Power Generation and Energy Conversion Applications, Conference Proceedings ( Power MEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom. pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-switches and Piezo-NEMS for on-chip energy control and harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR GdR Nanofils Semiconducteurs, 5th plenary workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Saint-Martin-de-Londres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS for Sensing and Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu X.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potie A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bercu B.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategical Conference of EU-Taiwan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards self-powered systems: using nanostructures to harvest ambient energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Ukrainian-French Seminar "Semiconductor-on-Insulator materials, devices and circuits: physics, technology and diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SOI based MEMS using large deformation ultra-thin membranes: From micropumps to piezo-NEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Ukrainian-French Seminar "Semiconductor-on-Insulator materials, devices and circuits: physics, technology and diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor nanowire based devices for energy and sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet Ronan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodriguez Gustavo A. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potié Alexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 SPIE Microtechnologies: Technical Summaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Newton Transverse Force Sensor Using a Vertical GaN Nanowire Based on Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Material Research Society Spring Meeting and exhibit, book of abstracts (2013 MRS Spring Meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, San Francisco, CA, United States. pp.TT4.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-thin membrane based MEMS and NEMS technologies: actuation, sensing and energy considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Component base of silicon micro- and nanoelectronics, solid state quantum computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric nanostructures for mechanical energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINANO Workshop on Nanowires for Logic, Memory and New Functionalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: Semiconductor nanowires and heterostructures for sensing and energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 International Semiconductor Conference Dresden-Grenoble (ISCDG) - formerly known as the Semiconductor Conference Dresden (SCD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Grenoble, France. pp.69-74, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCDG.2012.6359987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02333027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Micro & Nano Devices for Energy Harvesting & Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées NanoMicroTechnologies au service de l'Energie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ Calibration of Wall Shear Stress Sensor for Micro Fluidic Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ameur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosensors XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of SiGe NW Using Gold and Alternative Metal Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de fortes contraintes mécaniques sur des nanostructures par intégration sur membranes ultra-fines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Atelier GDR MECANO,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Ecole des Mines de Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowires in the Beyond CMOS and More than Moore perspectives : Electromechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINANO-NANOSIL Workshop: "On the convergence between More Moore, More Than Moore and Beyond CMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au and alternatives metals for Si and SiGe NW catalyzed growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Nanowire Growth Workshop (NWG 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and characterization of Au catalyzed SiGe NW and alternatives metals catalyzed Si NW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle méthode AFM pour caractériser les propriétés piézoélectriques de nanostructures : Application pour la récupération d'énergie à partir de nanofils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur la récupération et le stockage d'énergie pour l'alimentation des microsystèmes autonomes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyzed growth study and physical properties of SiGe and Ge NWs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schottky barrier 3C-SiC nanowire field effect transistor ECSCRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Silicon Carbide and Related</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Oslo, Norway. pp.613-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFM measurement of Young modulus and piezoelectricity on individual nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on ``New trends in Electrical Scanning Probe Microscopies''</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and integration of auto-organized nanostructures for nanoelectronics applications Make toward nanowires transistor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR Nanofils et Nanotubes Semiconducteurs – Workshop 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of mechanical stress in NEMS heterostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2009 NSTI Nanotechnology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Houston, United States. pp.476-479</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOI built-in heat spreader with temperature and pressure integrated sensors for cooling optimization and in-situ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Microtechnology and Thermal Problems in Electronics (MicroTherm'2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of mechanical stress in NEMS heterostructures Nanotech-MEMS & NEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings in Nanotech 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Houston, United States. pp.476-479</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical transport properties of catalyst-free grown 3C-SiC nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Zekentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop on 3C-SiC hetero-epitaxy (Hetero-SiC '09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Nanotechnology for integration of Nanostructures in Nanoelectronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kogelschtaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 Advanced Research Workshop (FTM-6) Future Trends in Microelectronics: Unmapped Roads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Sardinia, Italy. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470649343.ch14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite elements study of high mechanical stress in nanostructures for innovative NEMS sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE International Conference of Nano/Micro Engineered and Molecular Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation Study of Organized Nanodots and Nanowires through Copolymer Diblock Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A2 - Nanotechnology General Session 216th ECS Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Si Nanowires Growth by CVD-VLS and Physical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">216th ECS Meeting in Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High mechanical stress applied to FD-SOI transistors using ultra thin Silicon membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Semiconductor Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Sinaia, Romania. pp.93-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative NEMS pressure sensor approach based on hetero-nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Materials For Advanced Metallization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of IV and III-V single nanowire's Young modulus using Atomic Force Microscopy technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR Nanofils et Nanotubes Semiconducteurs – Workshop 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Monitor Metal-Insulator-Metal (MIM) Capacitors Dielectric Reliability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monsieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Microelectronics, MIEL, Nis, Serbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Nis, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and interaction of auto-organized nanostructures for nanoelectronics applications Make toward nanowires transistor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minatec Crossroads 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon integrated vapor chamber equipped with integrated sensor network for in-situ thermal monitoring and cooling optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Workshop on Thermal investigations of ICs and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation of new phenomena in nanoelectromechanical systems and realization of a tunable nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gouttenoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincenta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Perisanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Choueib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Best Paper Award, 9th International Conference on the Science and Application of Nanotubes (NT08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFM manipulation and characterization of suspended nanostructures by for NEMS applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Transalpine Conference on Nanoscience and Nanotechnologies, Lyon, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interest of mechanical stress in a tunnel junction nanostructure for innovative NEMS pressure sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Micro and Nano Engineering (MNE 2008), Athens, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM simulation of mechanical stress in a silicon nanostructure for innovative NEMS pressure sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Transalpine Conference on Nanoscience and Nanotechnologies, Lyon,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of mechanical stress on nanostructures for NEMS applications by ultrathin-membrane and self-suspension techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Micro and Nano Engineering (MNE 2008), Athens, Greece,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon chip built-in heat spreader: characterization and optimization using integrated sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Advanced Technology Workshop on Micropackaging and Thermal Management La Rochelle, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'un nanofil de silicium pour l'étude du transport cohérent en spin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baraduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bsiesy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Nanofils, nanotubes, semiconducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of TiN post-treatment on Metal Insulator Metal capacitors performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAM 2006, Materials for Advanced Metallization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical characterization of high density trench capacitors, and comparison with planar capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Giraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur les nouveaux oxydes à forte permittivité pour l'intégration dans les semiconducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D High Density MIM Capacitors Integrated in BiCMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Giraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pinzelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Solid-State Device Research Conference (ESSDERC'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO Nanowires as core of piezoelectric energy harvesters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montès L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL OXIDES FOR INTEGRATION IN MICRO AND NANO-ELECTRONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Autrans, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field effect transistors based on catalyst-free grown 3C-SiC nanowires. Materials Science Forum 2010, 645-648, 1235-1238</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Composite Nanomaterials Replace Piezoelectric Thin Films for Energy Transduction Applications?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Michard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ed. by S. Luryi,; J. M. Xu; and A. Zaslavsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Trends in Microelectronics: Journey into the Unknown</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.291-307, 2016, 978-1-119-06911-9, 978-1-119-06922-5. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119069225.ch3-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Self-Powered Systems: Using Nanostructures to Harvest Ambient Energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Nazarov; F. Balestra; V. Kilchytska; D. Flandre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Nanomaterials and Devices for Electronics, Sensors and Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.223-240, 2014, 978-3-319-08803-7. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08804-4_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Nanostructures for Mechanical Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">V E Borisenko, S V Gaponenko, V S Gurin, C H Kam. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics, Chemistry and Applications of Nanostructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World scientific, pp.463-468, 2013, 978-981-4460-17-0 (hardcover)/978-981-4460-19-4 (ebook). </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814460187_0114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS pour les systèmes autonomes : des capteurs aux nanogénérateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-générateurs piézoélectriques pour les capteurs autonomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kéraudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galvao Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filali Mariem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId404"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent MONTES </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electro-Mechanical Characterization and Modeling of a Broadband Piezoelectric Microgenerator Based on Lithium Niobate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausrine Bartasyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (9), pp.2815. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s24092815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdependence of piezoelectric coefficient and film thickness in LiTaO 3 cantilevers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anjneya Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arun Ichangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Ceramic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (5), pp.1966-1977. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jace.17606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-Powered and Battery-Free Vibrational Energy to Time Converter for Wireless Vibration Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthatta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (22), pp.7503. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21227503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully depleted, trench-pinned photo gate for CMOS image sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Suler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dalleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (3), pp.727. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s20030727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of ZnO based piezo-generators under controlled compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (6), pp.064003. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6641/aa691f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of subthreshold conduction in junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 124, pp.58-63. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2016.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and thermal properties of doped monocrystalline titanium-silicide based quantum dot superlattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 92, pp.249-255. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.02.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monocrystalline molybdenum silicide based quantum dot superlattices grown by chemical vapor deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Superlattices and Microstructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.341-345. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spmi.2016.06.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titanium-based silicide quantum dot superlattices for thermoelectrics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Savelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Silveira Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bernard-Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Faucherand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (27), pp.275605. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/27/275605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Carbide Nanowire Devices for Label-Free Electrical DNA Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Fradetal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Atolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stambouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 821-823, pp.855-858. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.821-823.855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-Aligned High-Mobility Graphene Transistor: Decoupling the Channel with Fluorographene to Reduce Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuan-I Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Yuan Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosalia Moreddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugene Sebastian Raj Marianathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (41), pp.6519-6525. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201502544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01257741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of semiconducting piezoelectric nanowires for mechanical energy harvesting and mechanical sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 14, pp.62-76. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nanoen.2014.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic screening effect on low-frequency drain current fluctuations in liquid-gated nanowire FETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming-Pei Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 26 (49), pp.495501. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/26/49/495501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bundling of GaAs Nanowires: A Case of Adhesion-Induced Self-Assembly of Nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Carapezzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Priante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (9), pp.8932-8941. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nn503629d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Less mobility degradation induced by transverse electric-field in junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (21), pp.213504. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4902549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrathin Nanogenerators as Self-Powered/Active Skin Sensors for Tracking Eye Ball Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangmin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yean Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z.H. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (8), pp.1163-1168. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.201301971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of channel width on back biasing effect in tri-gate MOSFET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">So Jeong Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dae-Young Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyu-Tae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 114, pp.91-97. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2013.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication flaws and reliability in MEMS thin film polycrystalline flow sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Bensidhoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sidi Said</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microsystem Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (1), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00542-013-1977-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance optimization of vertical Nanowire based Piezoelectric Nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Functional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (7), pp.971-977. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adfm.201302157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01017420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaling prospects in mechanical energy harvesting with piezo nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63 (1), pp.14407. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2013120483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano−Newton Transverse Force Sensor Using a Vertical GaN Nanowire based on the Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. S. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25, pp.883-888</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidewall mobility and series resistance in a multichannel tri-gate MOSFET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.T. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (6), pp.065009. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0268-1242/28/6/065009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static electrical characterization and low frequency noise of a-InHfZnO thin film transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.-Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.-E. Ahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 548, pp.560-565. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2013.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical study of bimetallic actuated micro-membrane with large deformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillen J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehan C.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (1), pp.015011:1-9. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0960-1317/23/1/015011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01018689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Newton Transverse Force Sensor Using a Vertical GaN Nanowire based on the Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.S. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (6), pp.883-888. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201203263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00991575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back biasing effects in tri-gate junctionless transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.Y. Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.T. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87, pp.74-79. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2013.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance Optimization of Vertical Nanowire-Based Piezoelectric Nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Energy and Power Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.1816-1820</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rectifying Source and Drain Contacts for Effective Carrier Transport Modulation of Extremely Doped SiC Nanowire FETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10 (5), pp.980 - 984. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNANO.2010.2091147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled growth of SiGe nanowires by addition of HCl in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110 (2), pp.024311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost embedded spirometer based on micro machined polycrystalline thin film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ameur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flow Measurement and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (2), pp.126-130. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.flowmeasinst.2010.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and characterization of gold catalyzed siGe nanowires and alternative metal-catalyzed Si nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, pp.187. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1556-276X-6-187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved AFM cross-sectional method for piezoelectric nanostructures properties investigation: application to GaN nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudeesun Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jae Woo Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (10), pp.105704. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/22/10/105704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-frequency noise in strained SiGe core-shell nanowire p-channel field effect transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Doyoung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tachi Kiichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Ernst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 97, pp.073505</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electron mobility increase in submicronic transistors integrated on ultra thin membranes subjected to high mechanical stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 96, pp.092107:1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between bone growth rate and bone tissue organization in amniotes : first test of Amprino's rule in a phylogenetic context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Cubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Biology (formerly Netherlands Journal of Zoology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 60, pp.25-41. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/157075610X12610595764093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of TiN plasma post-treatment on alumina electron trapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ghibaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Device and Materials Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7 (2), pp.242-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modified space-charge limited conduction in tantalum pentoxide MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monsieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ghibaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 84 (9-10), pp.2310-2313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00393314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of series resistance of planar MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.1244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and optimization of series resistance of planar MIM capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pananakakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Segura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.1244-1251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between bone growth rate and the thickness of calcified cartilage in the long bones of the Galloanserae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel de Margerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand de Ricqlès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Cubo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 206, pp.445-452</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00117110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-resolvel tunnel spectroscopy in nanocrystalline silicon superlattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Tsybeskov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.F. Grom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul G. Krishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Fauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 55, pp.552-558</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant tunneling in partially disordered silicon nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Tsybeskov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.F. Grom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahul G. Krishnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.M. Fauchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 55, pp.552-558. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i2001-00451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00250423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porous silicon membranes for gas-sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Taliercio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Massone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Foucaran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Gué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 46 (1-3), pp.43 - 46. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0924-4247(94)00858-F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01788492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (76)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A smart battery free system for wireless condition monitoring using piezoelectric energy harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Namanu Panayanthattaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Clementi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merieme Ouhabaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Costanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Margueron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Systems Integration conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SSI56489.2022.9901426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and characterization of flexible/non-flexible energy transducers based on ZnO nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales des Nanofils Semiconducteurs, J2N</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of vertical-nanowire based devices for mechanical/electrical transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Challenges in Alternative &amp; Renewable Energy (MCARE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The American Ceramic Society (ACerS), Apr 2016, Clearwater, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor Piezoelectric Nanowires for Energy Transduction Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop in Devices, Materials and Structures for Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromechanical measurement of piezoelectric nanogenerators based on ZnO nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santhosh Kannan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Nanogenerators and Piezotronics (NGPT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02068496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nano-piezo-composites: from simulation to devices (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitesh Parmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santhosh Kannan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PiezoNEMS Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will composite nano-materials replace piezoelectric thin films for energy transduction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Advanced Research Workshop Future Trends in Microelectronics: Journey into the Unknown</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Mallorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multifunctional Oxyde Nanodevices (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Frontiers in Material Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Berhampur, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can vertically-grown-nanowires composites challenge piezoelectric thin films for mechanical to electrical energy conversion ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Michard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 MRS Spring Meeting, Symposium P: Nanogenerators and Piezotronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Espinosa, M. Migliorato, X. Wang, R. Yang, Apr 2015, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Material Improvement for Piezoelectric and Triboelectric Nanogenerators (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.Y. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Challenges in Alternative &amp; Renewable Energy (MCARE 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The American Ceramic Society (ACerS), Feb 2015, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical energy harvesters and sensors based on semiconductor piezoelectric nanowires (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Network for the Development of Organic Electric Converters (ENDOR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Chemnitz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor piezoelectric nanowires for mechanical energy harvesters and sensors (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop GDRi CNRS MECANO and GDR CNRS OXYFUN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Louvain-La-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Carbide Nanowire Devices for Label-Free Electrical DNA Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Fradetal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Atolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stambouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conference on Silicon Carbide and Related Materials (ECSCRM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM modeling of vertically integrated nanogenerators in compression and flexion modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 10th Conference on Ph.D. Research in Microelectronics and Electronics (PRIME)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PRIME.2014.6872742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interest of piezoelectric NEMS for sensing and energy harvesting: from size to non-linear effects (invited)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piezoelectric Micro and Nano Structures and their Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C. Oshman &amp; G. Poulin-Vitrant, Sep 2014, Blois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting from nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 International Symposium on Next-Generation Electronics (ISNE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Kwei-Shan Tao-Yuan, Taiwan. pp.169-170, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISNE.2014.6839387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling of thin piezoelectric transducers integrated in flexible substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 15th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Stockholm, Sweden. pp.77-80, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2014.6813910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling of vertically integrated nanogenerators in compression and flexion modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes Journées Nationales sur la Récupération d'Energie et le Stockage d'Energie (JNRSE 0214)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Annecy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress on the modelling of piezoelectric nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Nanogenerators and Piezotronics (NGPT 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Georgia Institute of Technology, Jun 2014, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO nanowires and thin films for enregy harvesting applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du GDR OXYFUN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEMS/MEMS generators, thermoelectric devices and pumps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference "Micro- and Nanoelectronics 2014" (ICMNE-2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Zvenigorod, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaAs nanowire self-assembly; tailoring nanowire arrays towards surface functionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Carapezzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Priante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rubini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Cavallini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 E-MRS Spring Meeting, Symposium Q: Hybrid materials engineering in biology, chemistry and physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, F. Leroux, P. Rabu, N.A.J.M.Sommerdijk and A. Taubert, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowire-based piezoelectric transducers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 MRS Spring Meeting, Symposium R : Materials Challenges and Integration Strategies foor Flexible Energy Devices ans Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Hu, G. Yu, L. Nyholm, H.D. Espinosa, R.Yang, Apr 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02016685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM evaluation and characterization of vertically integrated nanogenerators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Galvao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Materials for Sustainable Energy Applications: conversion, storage and efficiency (Mat4Energy 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02067759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric nanostructures for the mechanical energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomeeting 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Minsk, Russia. pp.463-468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: How to enhance piezoelectricity and piezoresistance in semiconductor nanowire for sensors and energy devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dargent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-US International Workshop on NanoSensor Science &amp; Technology, IWNST 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Berhampur, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal actuated micropump for biological and medical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salette A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko H.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 SPIE Microtechnologies: Technical Summaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2017916(2013)⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: new concepts for sensors and energy harvesting devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Next generation of self-power smart sensors for environmental monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Nanyang, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowires applications in the More Moore/More-Than-Moore perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mongillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS E-MRS 2013 Spring Meeting, Symposium K: Physics and technology of advanced extra functionality CMOS-based devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01020753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoswitches & PiezoNEMS for on-chip energy control and harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème réunion plénière du GdR nanofils semicoducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, St Martin de Londres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards self-powered systems: using nanostructures to harvest ambient energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Ukrainian-French Seminar "Semiconductor-on-Insulator materials, devices and circuits: physics, technology and diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS for Sensing and Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu X.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potie A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bercu B.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategical Conference of EU-Taiwan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-switches and Piezo-NEMS for on-chip energy control and harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR GdR Nanofils Semiconducteurs, 5th plenary workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Saint-Martin-de-Londres, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Vertical Integrated Nanogenerator performances in flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Micro and Nanotechnology for Power Generation and Energy Conversion Applications, Conference Proceedings ( Power MEMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Londres, United Kingdom. pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative SOI based MEMS using large deformation ultra-thin membranes: From micropumps to piezo-NEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Ukrainian-French Seminar "Semiconductor-on-Insulator materials, devices and circuits: physics, technology and diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Kyiv, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor nanowire based devices for energy and sensor applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet Ronan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodriguez Gustavo A. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potié Alexis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 SPIE Microtechnologies: Technical Summaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Newton Transverse Force Sensor Using a Vertical GaN Nanowire Based on Piezotronic Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Songmuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 Material Research Society Spring Meeting and exhibit, book of abstracts (2013 MRS Spring Meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, San Francisco, CA, United States. pp.TT4.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-thin membrane based MEMS and NEMS technologies: actuation, sensing and energy considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Lefevre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Salette.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabaud D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dargent L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Component base of silicon micro- and nanoelectronics, solid state quantum computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric nanostructures for mechanical energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montes L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINANO Workshop on Nanowires for Logic, Memory and New Functionalities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01182186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS: Semiconductor nanowires and heterostructures for sensing and energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 International Semiconductor Conference Dresden-Grenoble (ISCDG) - formerly known as the Semiconductor Conference Dresden (SCD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Grenoble, France. pp.69-74, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCDG.2012.6359987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02333027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Micro & Nano Devices for Energy Harvesting & Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées NanoMicroTechnologies au service de l'Energie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ Calibration of Wall Shear Stress Sensor for Micro Fluidic Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Laghrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Boussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ameur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosensors XXV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00647515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of SiGe NW Using Gold and Alternative Metal Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanowires in the Beyond CMOS and More than Moore perspectives : Electromechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SINANO-NANOSIL Workshop: "On the convergence between More Moore, More Than Moore and Beyond CMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au and alternatives metals for Si and SiGe NW catalyzed growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Latu-Romain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Nanowire Growth Workshop (NWG 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth and characterization of Au catalyzed SiGe NW and alternatives metals catalyzed Si NW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Oehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00649924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle méthode AFM pour caractériser les propriétés piézoélectriques de nanostructures : Application pour la récupération d'énergie à partir de nanofils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.W Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur la récupération et le stockage d'énergie pour l'alimentation des microsystèmes autonomes,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyzed growth study and physical properties of SiGe and Ge NWs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rosaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00650023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de fortes contraintes mécaniques sur des nanostructures par intégration sur membranes ultra-fines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Atelier GDR MECANO,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Ecole des Mines de Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schottky barrier 3C-SiC nanowire field effect transistor ECSCRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Silicon Carbide and Related</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Oslo, Norway. pp.613-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFM measurement of Young modulus and piezoelectricity on individual nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on ``New trends in Electrical Scanning Probe Microscopies''</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of mechanical stress in NEMS heterostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2009 NSTI Nanotechnology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Houston, United States. pp.476-479</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOI built-in heat spreader with temperature and pressure integrated sensors for cooling optimization and in-situ monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Microtechnology and Thermal Problems in Electronics (MicroTherm'2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Nanotechnology for integration of Nanostructures in Nanoelectronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Kogelschtaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 Advanced Research Workshop (FTM-6) Future Trends in Microelectronics: Unmapped Roads</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Sardinia, Italy. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470649343.ch14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The study of mechanical stress in NEMS heterostructures Nanotech-MEMS & NEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings in Nanotech 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Houston, United States. pp.476-479</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical transport properties of catalyst-free grown 3C-SiC nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwige Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Zekentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop on 3C-SiC hetero-epitaxy (Hetero-SiC '09)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and integration of auto-organized nanostructures for nanoelectronics applications Make toward nanowires transistor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR Nanofils et Nanotubes Semiconducteurs – Workshop 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Si Nanowires Growth by CVD-VLS and Physical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhalluin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">216th ECS Meeting in Vienna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation Study of Organized Nanodots and Nanowires through Copolymer Diblock Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A2 - Nanotechnology General Session 216th ECS Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite elements study of high mechanical stress in nanostructures for innovative NEMS sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE International Conference of Nano/Micro Engineered and Molecular Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High mechanical stress applied to FD-SOI transistors using ultra thin Silicon membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rochette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Semiconductor Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Sinaia, Romania. pp.93-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative NEMS pressure sensor approach based on hetero-nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Materials For Advanced Metallization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of IV and III-V single nanowire's Young modulus using Atomic Force Microscopy technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR Nanofils et Nanotubes Semiconducteurs – Workshop 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Monitor Metal-Insulator-Metal (MIM) Capacitors Dielectric Reliability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monsieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Microelectronics, MIEL, Nis, Serbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Nis, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and interaction of auto-organized nanostructures for nanoelectronics applications Make toward nanowires transistor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Agraffeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kogelschatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cunge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minatec Crossroads 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon integrated vapor chamber equipped with integrated sensor network for in-situ thermal monitoring and cooling optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Workshop on Thermal investigations of ICs and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation of new phenomena in nanoelectromechanical systems and realization of a tunable nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gouttenoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vincenta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Perisanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Choueib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Best Paper Award, 9th International Conference on the Science and Application of Nanotubes (NT08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFM manipulation and characterization of suspended nanostructures by for NEMS applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Transalpine Conference on Nanoscience and Nanotechnologies, Lyon, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, LYON, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interest of mechanical stress in a tunnel junction nanostructure for innovative NEMS pressure sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Micro and Nano Engineering (MNE 2008), Athens, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FEM simulation of mechanical stress in a silicon nanostructure for innovative NEMS pressure sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Transalpine Conference on Nanoscience and Nanotechnologies, Lyon,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of mechanical stress on nanostructures for NEMS applications by ultrathin-membrane and self-suspension techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th International Conference on Micro and Nano Engineering (MNE 2008), Athens, Greece,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon chip built-in heat spreader: characterization and optimization using integrated sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morfouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Advanced Technology Workshop on Micropackaging and Thermal Management La Rochelle, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, -, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00392499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalisation d'un nanofil de silicium pour l'étude du transport cohérent en spin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baraduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bsiesy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Nanofils, nanotubes, semiconducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of TiN post-treatment on Metal Insulator Metal capacitors performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAM 2006, Materials for Advanced Metallization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical characterization of high density trench capacitors, and comparison with planar capacitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Giraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur les nouveaux oxydes à forte permittivité pour l'intégration dans les semiconducteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D High Density MIM Capacitors Integrated in BiCMOS Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bajolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Giraudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rossato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Pinzelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Solid-State Device Research Conference (ESSDERC'05)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnO Nanowires as core of piezoelectric energy harvesters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hinchet R.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ardila G.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montès L.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouis M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FUNCTIONAL OXIDES FOR INTEGRATION IN MICRO AND NANO-ELECTRONICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Autrans, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field effect transistors based on catalyst-free grown 3C-SiC nanowires. Materials Science Forum 2010, 645-648, 1235-1238</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Rogdakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01710866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Composite Nanomaterials Replace Piezoelectric Thin Films for Energy Transduction Applications?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Michard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ed. by S. Luryi,; J. M. Xu; and A. Zaslavsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Trends in Microelectronics: Journey into the Unknown</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc., pp.291-307, 2016, 978-1-119-06911-9, 978-1-119-06922-5. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119069225.ch3-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01957674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Self-Powered Systems: Using Nanostructures to Harvest Ambient Energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Kaminski-Cachopo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Pala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Cresti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Nazarov; F. Balestra; V. Kilchytska; D. Flandre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Nanomaterials and Devices for Electronics, Sensors and Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.223-240, 2014, 978-3-319-08803-7. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-08804-4_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Nanostructures for Mechanical Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">V E Borisenko, S V Gaponenko, V S Gurin, C H Kam. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics, Chemistry and Applications of Nanostructures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, World scientific, pp.463-468, 2013, 978-981-4460-17-0 (hardcover)/978-981-4460-19-4 (ebook). </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/9789814460187_0114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01060371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PiezoNEMS pour les systèmes autonomes : des capteurs aux nanogénérateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Montès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Hinchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Potié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Bercu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01078441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-générateurs piézoélectriques pour les capteurs autonomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Ardila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ran Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Kéraudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galvao Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filali Mariem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId404"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04568043v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namanu Panayanthatta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Clementi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merieme Ouhabaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ausrine Bartasyte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24092815" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822345v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjneya Verma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Ichangi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fischer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mont&#232;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17606" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439657v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227503" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770921v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Suler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalleau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duru" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benoit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20030727" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01986533v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Tao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitesh Parmar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Oliveira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marques" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/aa691f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Jeong Park" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Young Jeon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mouis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barraud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.06.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GRXL69-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059878v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Savelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silveira Stein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernard-Granger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faucherand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.02.042" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LPGN2BR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Silveira Stein" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard-Granger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Faucherand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.06.042" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RP5PN60N-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407030v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/27/275605" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01257741v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-I Ho" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Yuan Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Moreddu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Sebastian Raj Marianathan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201502544" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8K9T6S0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006446v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fradetal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Atolini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stambouli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.821-823.855" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052812v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Pei Lu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vire" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/49/495501" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01986541v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ardila" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2014.11.035" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CNKNFCD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Carapezzi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Priante" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Grillo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rubini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn503629d" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902549" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002242v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangmin Lee" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hinchet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yean Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Yang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.H. Lin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201301971" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P8PJ94WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947596v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyu-Tae Kim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.09.016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4N9B82TW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017420v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hinchet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lee" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mont&#232;s" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201302157" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002441v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Bensidhoum" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laghrouche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sidi Said" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-013-1977-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991575v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.S. Zhou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Songmuang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201203263" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q08KW1CR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020854v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013120483" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01021372v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. S. Zhou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020881v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Park" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.Y. Jeon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barraud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.T. Kim" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/28/6/065009" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lefevre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salette" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Agraffeil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillen J." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehan C." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/1/015011" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002229v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-Y. Jeon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-E. Ahn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jeon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.09.024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N72J7RN9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001960v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.06.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BM6NXNC7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002254v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647510v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ameur" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2010.12.012" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX37JHLB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695785v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Rogdakis" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2010.2091147" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641300v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poti&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Latu-Romain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rosaz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salem" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641309v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhalluin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-187" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641307v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Xu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poti&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudeesun Songmuang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Woo Lee" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Bercu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/10/105704" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-BLF9R53F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596183v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doyoung" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Lee" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tachi Kiichi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596190v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bercu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rochette" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485650v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castanet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cubo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/157075610X12610595764093" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-B4K4MC80-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392849v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bajolet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proust" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393314v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martinez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besset" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monsieur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145111v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clerc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picollet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Segura" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boret" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145449v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pananakakis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117110v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Margerie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Castanet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand de Ricql&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152534v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Tsybeskov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Grom" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul G. Krishnan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Fauchet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250423v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2001-00451-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-XMDCW04Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788492v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dilhan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Massone" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foucaran" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Gu&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0924-4247(94)00858-F" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7MNGKC8Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257667v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namanu Panayanthattaa" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI56489.2022.9901426" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070963v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Michaud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070589v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070500v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068496v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santhosh Kannan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marques" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070450v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070928v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lee" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kim" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.Y. Lee" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070624v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071300v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016705v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouis M." TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinchet R." TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Michard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071129v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071110v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016702v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ardila G." TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067761v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008380v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016475v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872742" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071373v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Potie" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067748v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016460v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNE.2014.6839387" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016449v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2014.6813910" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067073v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cavallini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071228v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016685v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02067759v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Galvao" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182199v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montes L." TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182184v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rabaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dargent" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181260v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabaud D." TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salette A." TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargent L." TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko H." TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2017916(2013)" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182203v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020753v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Lee" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mongillo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pala" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cresti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024608v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078872v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024615v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182206v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu X." TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Potie A." TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bercu B." TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182195v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kaminski-Cachopo" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cresti" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182194v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181259v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinchet Ronan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodriguez Gustavo A. Ardila" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Xin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poti&#233; Alexis" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078864v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhou" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182208v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salette." TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182186v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02333027v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potie" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCDG.2012.6359987" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060949v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xua" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647515v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meunier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650029v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604951v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morfouli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604929v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mont&#233;s" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650020v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kogelschatz" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649924v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oehler" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604965v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W Lee" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650023v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604274v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rogdakis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604966v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461118v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salhi" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cunge" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603888v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lime" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603884v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603890v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603791v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zekentes" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461115v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agraffeil" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dhalluin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kogelschtaz" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cunge" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470649343.ch14" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604197v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461111v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gay" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461113v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abed" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602999v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603881v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461116v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392492v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ney" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397028v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chevolleau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392513v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392540v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gouttenoire" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincenta" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perisanu" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Benoit" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Choueib" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392502v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392537v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392510v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392518v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392499v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397034v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruyant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baraduc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bsiesy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146672v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Manceau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146515v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Giraudin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossato" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146518v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giraudin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinzelli" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078453v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee S." TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mont&#232;s L." TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01710866v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Rogdakis" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bano" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957674v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michard" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119069225.ch3-4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966696v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08804-4_11" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060371v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814460187_0114" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078441v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071162v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien K&#233;raudy" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galvao Laura" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filali Mariem" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-04568043v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namanu Panayanthatta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Clementi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merieme Ouhabaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ausrine Bartasyte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24092815" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822345v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjneya Verma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Ichangi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fischer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mont&#232;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17606" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439657v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21227503" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770921v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Suler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalleau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duru" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benoit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20030727" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01986533v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Tao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitesh Parmar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ardila" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Oliveira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marques" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/aa691f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Jeong Park" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dae-Young Jeon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Mouis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barraud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.06.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GRXL69-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059878v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Savelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Silveira Stein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernard-Granger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faucherand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.02.042" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9LPGN2BR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Silveira Stein" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernard-Granger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Faucherand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2016.06.042" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RP5PN60N-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407030v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/27/275605" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006446v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fradetal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Atolini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stambouli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.821-823.855" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01257741v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan-I Ho" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Yuan Su" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Moreddu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Sebastian Raj Marianathan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201502544" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8K9T6S0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01986541v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tao" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ardila" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2014.11.035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CNKNFCD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052812v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Pei Lu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/49/495501" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052832v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Carapezzi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Priante" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Grillo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rubini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn503629d" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902549" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002242v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangmin Lee" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hinchet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yean Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Yang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.H. Lin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201301971" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P8PJ94WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947596v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyu-Tae Kim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2013.09.016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4N9B82TW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002441v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Bensidhoum" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laghrouche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sidi Said" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-013-1977-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017420v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hinchet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mont&#232;s" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201302157" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020854v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013120483" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01021372v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. S. Zhou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Songmuang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020881v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Park" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.Y. Jeon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barraud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.T. Kim" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/28/6/065009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002229v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.-Y. Jeon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-E. Ahn" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jeon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.09.024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N72J7RN9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018689v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lefevre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salette" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Agraffeil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillen J." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehan C." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/1/015011" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991575v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.S. Zhou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201203263" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q08KW1CR-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001960v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.06.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BM6NXNC7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002254v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695785v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Rogdakis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2010.2091147" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641300v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poti&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Latu-Romain" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rosaz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salem" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647510v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ameur" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2010.12.012" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX37JHLB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641309v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhalluin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-187" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641307v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Xu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poti&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudeesun Songmuang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae Woo Lee" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Bercu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/10/105704" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-BLF9R53F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596183v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Doyoung" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Lee" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tachi Kiichi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596190v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bercu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rochette" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485650v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Castanet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cubo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/157075610X12610595764093" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-B4K4MC80-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392849v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bajolet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Proust" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393314v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martinez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besset" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monsieur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145111v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Clerc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picollet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Segura" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boret" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145449v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pananakakis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117110v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Margerie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Castanet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand de Ricql&#232;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152534v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Tsybeskov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Grom" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul G. Krishnan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Fauchet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250423v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2001-00451-1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-XMDCW04Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788492v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taliercio" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dilhan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Massone" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foucaran" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Gu&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0924-4247(94)00858-F" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7MNGKC8Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257667v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namanu Panayanthattaa" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI56489.2022.9901426" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070963v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Michaud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070500v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070589v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068496v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santhosh Kannan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marques" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070450v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070624v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071300v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016705v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouis M." TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinchet R." TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Michard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070928v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lee" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kim" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.Y. Lee" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071129v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071110v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008380v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016475v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872742" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071373v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Potie" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016460v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNE.2014.6839387" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016449v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2014.6813910" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067748v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016702v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ardila G." TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067761v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071228v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067073v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cavallini" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016685v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02067759v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Galvao" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182199v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montes L." TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182184v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rabaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dargent" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181260v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabaud D." TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salette A." TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dargent L." TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko H." TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2017916(2013)" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182203v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020753v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. W. Lee" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mongillo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pala" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cresti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024608v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182195v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kaminski-Cachopo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Cresti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182206v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu X." TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Potie A." TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bercu B." TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024615v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078872v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182194v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181259v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinchet Ronan" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodriguez Gustavo A. Ardila" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Xin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poti&#233; Alexis" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078864v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhou" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zhang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182208v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salette." TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182186v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02333027v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potie" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCDG.2012.6359987" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060949v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xua" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647515v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Meunier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650029v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604929v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mont&#233;s" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650020v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kogelschatz" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649924v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Oehler" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604965v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W Lee" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650023v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604951v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morfouli" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604274v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rogdakis" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cornu" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604966v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603888v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lime" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603884v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461115v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agraffeil" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dhalluin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kogelschtaz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cunge" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470649343.ch14" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603890v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603791v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zekentes" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461118v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Salhi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cunge" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461113v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abed" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461111v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gay" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604197v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602999v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603881v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461116v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392492v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ney" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397028v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chevolleau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392513v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392540v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gouttenoire" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincenta" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perisanu" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Benoit" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Choueib" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392502v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392537v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392510v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392518v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00392499v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397034v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruyant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baraduc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bsiesy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146672v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Manceau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146515v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Giraudin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossato" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146518v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giraudin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pinzelli" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078453v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee S." TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mont&#232;s L." TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01710866v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Rogdakis" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bano" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957674v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michard" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119069225.ch3-4" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966696v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08804-4_11" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060371v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814460187_0114" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078441v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071162v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien K&#233;raudy" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galvao Laura" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filali Mariem" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>