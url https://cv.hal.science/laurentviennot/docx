--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -336,216 +336,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimum-Cost Temporal Walks under Waiting-Time Constraints in Linear Time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Note on the Complexity of Maximizing Temporal Reachability via Edge Temporalisation of Directed Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkida Balliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Brunelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Olivetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03864725v2</w:t>
+                <w:t xml:space="preserve">hal-04054527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Note on the Complexity of Maximizing Temporal Reachability via Edge Temporalisation of Directed Graphs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Minimum-Cost Temporal Walks under Waiting-Time Constraints in Linear Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Brunelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dennis Olivetti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-04054527v1</w:t>
+                <w:t xml:space="preserve">hal-03864725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate programmable resistances from few inaccurate resistors</w:t>
               </w:r>
@@ -1059,1092 +1059,1092 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making Temporal Betweenness Computation Faster and Restless</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+                <w:t xml:space="preserve">Temporalizing Digraphs via Linear-Size Balanced Bi-Trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bessy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Thomassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KDD '24: The 30th ACM SIGKDD Conference on Knowledge Discovery and Data Mining</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3637528.3671825⟩</w:t>
+              <w:t xml:space="preserve">STACS 2024 - 41st International Symposium on Theoretical Aspects of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Clermont-Ferrand, France. pp.13:1-13:12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.STACS.2024.13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901946v1</w:t>
+                <w:t xml:space="preserve">hal-04531675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporalizing Digraphs via Linear-Size Balanced Bi-Trees</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphan Thomassé</w:t>
+                <w:t xml:space="preserve">Practical Computation of Graph VC-Dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónika Csikós</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducoffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STACS 2024 - 41st International Symposium on Theoretical Aspects of Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.STACS.2024.13⟩</w:t>
+              <w:t xml:space="preserve">SEA 2024 - Symposium on Experimental Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vienne, Austria. pp.20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2024.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531675v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04553784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical Computation of Graph VC-Dimension</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ducoffe</w:t>
+                <w:t xml:space="preserve">Making Temporal Betweenness Computation Faster and Restless</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Brunelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEA 2024 - Symposium on Experimental Algorithms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Vienne, Austria. pp.20, </w:t>
+              <w:t xml:space="preserve">KDD '24: The 30th ACM SIGKDD Conference on Knowledge Discovery and Data Mining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Barcelona, Spain. pp.163-174, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2024.8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3637528.3671825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04553784v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Collaborative Tree Exploration with Breadth-First Depth-Next</w:t>
+                <w:t xml:space="preserve">Revisiting the Random Subset Sum problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Cosson</w:t>
+                <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Massoulié</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francesco d'Amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Giroire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Lesfari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Distributed Computing (DISC 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2023.14⟩</w:t>
+              <w:t xml:space="preserve">31st Annual European Symposium on Algorithms (ESA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Amsterdam, Netherlands. pp.37:1--37:11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2023.37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427770v2</w:t>
+                <w:t xml:space="preserve">hal-03654720v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the Random Subset Sum problem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Neural Network Information Leakage through Hidden Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Carvalho Walraven da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Annual European Symposium on Algorithms (ESA 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ESA.2023.37⟩</w:t>
+              <w:t xml:space="preserve">OLA2023 - International Conference on Optimization and Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Malaga, Spain. pp.117-128, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-34020-8_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03654720v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157141v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Network Information Leakage through Hidden Learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Natale</w:t>
+                <w:t xml:space="preserve">Brief Announcement: Efficient Collaborative Tree Exploration with Breadth-First Depth-Next</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Massoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OLA2023 - International Conference on Optimization and Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Malaga, Spain. pp.117-128, </w:t>
+              <w:t xml:space="preserve">PODC '23: 2023 ACM Symposium on Principles of Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Orlando FL, United States. pp.24-27, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-34020-8_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3583668.3594568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157141v4</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief Announcement: Efficient Collaborative Tree Exploration with Breadth-First Depth-Next</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Efficient Collaborative Tree Exploration with Breadth-First Depth-Next</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Massoulie</w:t>
+                <w:t xml:space="preserve">Laurent Massoulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PODC '23: 2023 ACM Symposium on Principles of Distributed Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Orlando FL, United States. pp.24-27, </w:t>
+              <w:t xml:space="preserve">International Symposium on Distributed Computing (DISC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, L'aquila, Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3583668.3594568⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.DISC.2023.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04429961v1</w:t>
+                <w:t xml:space="preserve">hal-04427770v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperbolicity Computation through Dominating Sets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proving the Strong Lottery Ticket Hypothesis for Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Nusser</w:t>
+                <w:t xml:space="preserve">Arthur da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Natale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALENEX 2022 - SIAM Symposium on Algorithm Engineering and Experiments</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICLR 2022 - 10th International Conference on Learning Representations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Virtual, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431155v2</w:t>
+                <w:t xml:space="preserve">hal-03548226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominer pour calculer l'hyperbolicité des graphes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AlgoTel 2022 - 24èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Saint-Rémy-Lès-Chevreuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03648264v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proving the Strong Lottery Ticket Hypothesis for Convolutional Neural Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emanuele Natale</w:t>
+                <w:t xml:space="preserve">Hyperbolicity Computation through Dominating Sets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLR 2022 - 10th International Conference on Learning Representations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ALENEX 2022 - SIAM Symposium on Algorithm Engineering and Experiments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Alexandria, VA, United States. pp.78-90, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/1.9781611977042.7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03548226v1</w:t>
+                <w:t xml:space="preserve">hal-03431155v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diameter computation on H-minor free graphs and graphs of bounded (distance) VC-dimension</w:t>
               </w:r>
@@ -2219,684 +2219,684 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02340382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Public Transit Routing with Unrestricted Walking through Hub Labeling</w:t>
+                <w:t xml:space="preserve">Hardness of Exact Distance Queries in Sparse Graphs Through Hub Labeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duc-Minh Phan</w:t>
+                <w:t xml:space="preserve">Adrian Kosowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Przemysław Uznański</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Special Event on Analysis of Experimental Algorithms (SEA2)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PODC '19 - ACM Symposium on Principles of Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toronto, Canada. pp.272-279, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3293611.3331625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161283v1</w:t>
+                <w:t xml:space="preserve">hal-02429930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Diameter Computation within Split Graphs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Habib</w:t>
+                <w:t xml:space="preserve">Independent Lazy Better-Response Dynamics on Network Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Penna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COCOA 2019 - 13th Annual International Conference on Combinatorial Optimization and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Xiamen, China</w:t>
+              <w:t xml:space="preserve">CIAC 2019 2019 : 11th International Conference on Algorithms and Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373614v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01373411v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardness of Exact Distance Queries in Sparse Graphs Through Hub Labeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Exploiting Hopsets: Improved Distance Oracles for Graphs of Constant Highway Dimension and Beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siddharth Gupta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Kosowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Przemysław Uznański</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PODC '19 - ACM Symposium on Principles of Distributed Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICALP 2019 - 46th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Patras, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3293611.3331625⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02429930v1</w:t>
+                <w:t xml:space="preserve">hal-01737210v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting Hopsets: Improved Distance Oracles for Graphs of Constant Highway Dimension and Beyond</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrian Kosowski</w:t>
+                <w:t xml:space="preserve">Fast Public Transit Routing with Unrestricted Walking through Hub Labeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc-Minh Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICALP 2019 - 46th International Colloquium on Automata, Languages, and Programming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Patras, Greece</w:t>
+              <w:t xml:space="preserve">Special Event on Analysis of Experimental Algorithms (SEA2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Kalamata, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737210v2</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Independent Lazy Better-Response Dynamics on Network Games</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paolo Penna</w:t>
+                <w:t xml:space="preserve">Fast Diameter Computation within Split Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducoffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIAC 2019 2019 : 11th International Conference on Algorithms and Complexity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">COCOA 2019 - 13th Annual International Conference on Combinatorial Optimization and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Xiamen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01373411v3</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Highway Dimension: Small Distance Labels Using Tree Skeletons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Kosowski</w:t>
+                <w:t xml:space="preserve">Decomposing a Graph into Shortest Paths with Bounded Eccentricity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Birmelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Planche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SODA 2017 - 28th ACM-SIAM Symposium on Discrete Algorithms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th International Symposium on Algorithms and Computation (ISAAC 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Phuket, Thailand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ISAAC.2017.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01359084v2</w:t>
+                <w:t xml:space="preserve">hal-01671718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposing a Graph into Shortest Paths with Bounded Eccentricity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Léo Planche</w:t>
+                <w:t xml:space="preserve">Beyond Highway Dimension: Small Distance Labels Using Tree Skeletons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Kosowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Symposium on Algorithms and Computation (ISAAC 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SODA 2017 - 28th ACM-SIAM Symposium on Discrete Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ISAAC.2017.15⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01671718v1</w:t>
+                <w:t xml:space="preserve">hal-01359084v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérification de tables de routage par utilisation d'un ensemble représentatif d'en-têtes</w:t>
               </w:r>
@@ -3219,51 +3219,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-organizing Flows in Social Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidhi Hegde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Massoulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3390,864 +3390,816 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic Modularity of some Graph Classes</w:t>
+                <w:t xml:space="preserve">Treewidth and Hyperbolicity of the Internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Symposium on Algorithms and Computation (ISAAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Yokohama, Japan. pp.435-444</w:t>
+              <w:t xml:space="preserve">10th IEEE International Symposium on Network Computing and Applications (IEEE NCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Boston, United States. pp.25-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909733v1</w:t>
+                <w:t xml:space="preserve">hal-00909736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treewidth and Hyperbolicity of the Internet</w:t>
+                <w:t xml:space="preserve">Clustering de métrique et clustering de graphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IEEE International Symposium on Network Computing and Applications (IEEE NCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Boston, United States. pp.25-32</w:t>
+              <w:t xml:space="preserve">13es Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Cap Estérel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00909736v1</w:t>
+                <w:t xml:space="preserve">inria-00583844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering de métrique et clustering de graphe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mauricio Soto</w:t>
+                <w:t xml:space="preserve">Node-Disjoint Multipath Spanners and their Relationship with Fault-Tolerant Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13es Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OPODIS'11 - 15th International Conference on Principles of Distributed Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Toulouse, France. pp.143-158, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-25873-2_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00583844v1</w:t>
+                <w:t xml:space="preserve">hal-00651825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Node-Disjoint Multipath Spanners and their Relationship with Fault-Tolerant Spanners</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Quentin Godfroy</w:t>
+                <w:t xml:space="preserve">Asymptotic Modularity of some Graph Classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OPODIS'11 - 15th International Conference on Principles of Distributed Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd International Symposium on Algorithms and Computation (ISAAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Yokohama, Japan. pp.435-444</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-25873-2_11⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00651825v1</w:t>
+                <w:t xml:space="preserve">hal-00909733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphes de recouvrement multichemins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multipath Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Structural Information and Communication Complexity, 17th International Colloquium (SIROCCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Sirince, Turkey. pp.211-223, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-13284-1_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00475970v1</w:t>
+                <w:t xml:space="preserve">inria-00547869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multipath Spanners</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spanners additifs de taille sous-quadratique pour les graphes orientés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Information and Communication Complexity, 17th International Colloquium (SIROCCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12e Journées Graphes et Algorithmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Marseille, France. pp.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-13284-1_17⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00547869v1</w:t>
+                <w:t xml:space="preserve">hal-00984933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spanners additifs de taille sous-quadratique pour les graphes orientés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Graphes de recouvrement multichemins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Journées Graphes et Algorithmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Marseille, France. pp.9</w:t>
+              <w:t xml:space="preserve">12èmes Rencontres Francophones sur les Aspects Algorithmiques de Télécommunications (AlgoTel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maria Gradinariu Potop-Butucaru and Hervé Rivano, 2010, Belle Dune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984933v1</w:t>
+                <w:t xml:space="preserve">inria-00475970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine Tuning of a Distributed VoD System</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Diego Perino</w:t>
+                <w:t xml:space="preserve">Average Size of Unstretched Remote-Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IEEE International Conference on Computer Communications and Networks (ICCCN)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th ACM Workshop on Analytic Algorithmics and Combinatorics (ANALCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, New York, United States. pp.23--33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471730v1</w:t>
+                <w:t xml:space="preserve">inria-00471727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Upload Bandwidth Threshold for Peer-to-Peer Video-on-Demand Scalability</w:t>
+                <w:t xml:space="preserve">Fine Tuning of a Distributed VoD System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Boufkhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
@@ -4278,194 +4230,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Perino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd IEEE International Parallel and Distributed Processing Symposium (IPDPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Rome, Italy. pp.1--10, </w:t>
+              <w:t xml:space="preserve">18th IEEE International Conference on Computer Communications and Networks (ICCCN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, San Francisco, United States. pp.1--7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IPDPS.2009.5161047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICCCN.2009.5235272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471728v1</w:t>
+                <w:t xml:space="preserve">inria-00471730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Average Size of Unstretched Remote-Spanners</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+                <w:t xml:space="preserve">An Upload Bandwidth Threshold for Peer-to-Peer Video-on-Demand Scalability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Boufkhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Perino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th ACM Workshop on Analytic Algorithmics and Combinatorics (ANALCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd IEEE International Parallel and Distributed Processing Symposium (IPDPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Rome, Italy. pp.1--10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPS.2009.5161047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471727v1</w:t>
+                <w:t xml:space="preserve">inria-00471728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote spanners: what to know beyond neighbors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4525,51 +4525,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Computation of Nearly Additive Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Derbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Gavoille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Peleg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4614,152 +4614,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle Inframétrique pour Internet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Lebhar</w:t>
+                <w:t xml:space="preserve">Construction locale de sous-graphes couvrants peu denses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Derbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Peleg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel'08)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Saint-Malo, France. pp.73-76</w:t>
+              <w:t xml:space="preserve">10ièmes Rencontres francophones sur les aspects algorithmiques des télécommunications (AlgoTel), Saint-Malo, France, 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, France. pp.105-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00374460v1</w:t>
+                <w:t xml:space="preserve">hal-00368035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction locale de sous-graphes couvrants peu denses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">On the Locality of Distributed Sparse Spanner Construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Gavoille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Derbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4771,903 +4784,890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">David Peleg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ièmes Rencontres francophones sur les aspects algorithmiques des télécommunications (AlgoTel), Saint-Malo, France, 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th Annual ACM Symposium on Principles of Distributed Computing (PODC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Toronto, Canada. pp.273-282, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1400751.1400788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00368035v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00343001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Locality of Distributed Sparse Spanner Construction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Peleg</w:t>
+                <w:t xml:space="preserve">The Inframetric Model for the Internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lebhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual ACM Symposium on Principles of Distributed Computing (PODC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/1400751.1400788⟩</w:t>
+              <w:t xml:space="preserve">27th IEEE International Conference on Computer Communications (INFOCOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Phoenix, United States. pp.1085-1093, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/INFOCOM.2008.163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00343001v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00471723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Inframetric Model for the Internet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Lebhar</w:t>
+                <w:t xml:space="preserve">Achievable Catalog Size in Peer-to-Peer Video-on-Demand Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Boufkhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Perino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th IEEE International Conference on Computer Communications (INFOCOM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 7th Internnational Workshop on Peer-to-Peer Systems (IPTPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Tampa Bay, United States. pp.1-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/INFOCOM.2008.163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00471723v1</w:t>
+                <w:t xml:space="preserve">inria-00471724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievable Catalog Size in Peer-to-Peer Video-on-Demand Systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Diego Perino</w:t>
+                <w:t xml:space="preserve">Le modèle Inframétrique pour Internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lebhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 7th Internnational Workshop on Peer-to-Peer Systems (IPTPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Tampa Bay, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">10ème Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel'08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Saint-Malo, France. pp.73-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471724v1</w:t>
+                <w:t xml:space="preserve">inria-00374460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Optimisation of Reliable Collaborative Services in OLSR Mobile Ad Hoc Networks</w:t>
+                <w:t xml:space="preserve">On Using Matching Theory to Understand P2P Network Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Guettier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+                <w:t xml:space="preserve">Dmitry Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Yelloz</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of IEEE MILCOM: Military Commununications Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INOC 2007, International Network Optimization Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Spa, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471721v1</w:t>
+                <w:t xml:space="preserve">hal-00159678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyclic Preference Systems in P2P Networks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bi-connexité, k-connexité et multipoints relais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 13th International Euro-Par Conference - Euro-Par 2007</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9ème Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Ile d'Oléron, France. pp.9-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471720v1</w:t>
+                <w:t xml:space="preserve">inria-00176939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Using Matching Theory to Understand P2P Network Design</w:t>
+                <w:t xml:space="preserve">Automatic Optimisation of Reliable Collaborative Services in OLSR Mobile Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Lebedev</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+                <w:t xml:space="preserve">Christophe Guettier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Reynier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jacques Yelloz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INOC 2007, International Network Optimization Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of IEEE MILCOM: Military Commununications Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Orlando, United States. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MILCOM.2007.4454993⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00159678v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00471721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-connexité, k-connexité et multipoints relais</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Acyclic Preference Systems in P2P Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 13th International Euro-Par Conference - Euro-Par 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Rennes, France. pp.825-834, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-74466-5_88⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00176939v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00471720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incentive, Resilience and Load Balancing in Multicasting through Clustered de Bruijn Overlay Network (PrefixStream)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5796,51 +5796,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing and Balancing Load in Fully Distributed P2P File Sharing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5900,51 +5900,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ad hoc communication between intelligent vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Laouiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6008,51 +6008,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broose: A Practical Distributed Hashtable Based on the De-Bruijn Topology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6185,51 +6185,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ad hoc routing protocols with multipoint relaying</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6397,51 +6397,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study of Routing Protocols for Mobile Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6492,51 +6492,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Route Length in Reactive Protocols for Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6568,282 +6568,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00471701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Analysis of OLSR Multipoint Relay Flooding in Two Ad Hoc Wireless Network Models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient and Simple Encodings for the Web Graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Minet</w:t>
+                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Latapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The second IFIP-TC6 NETWORKING Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Third International Conference on Web-Age Information Management (WAIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Beijing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-45703-8_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00471700v1</w:t>
+                <w:t xml:space="preserve">inria-00471704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient and Simple Encodings for the Web Graph</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Latapy</w:t>
+                <w:t xml:space="preserve">Performance Analysis of OLSR Multipoint Relay Flooding in Two Ad Hoc Wireless Network Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Laouiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Third International Conference on Web-Age Information Management (WAIM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The second IFIP-TC6 NETWORKING Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Pisa, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00471704v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00471700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the Impact of Partial Topology in Proactive MANET Routing Protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6903,51 +6903,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study of CBR and TCP Performance of MANET Routing Protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7279,51 +7279,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized Link State Routing Protocol for Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mühlethaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7452,51 +7452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Al Agha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8071,51 +8071,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forbidden Patterns in Temporal Graphs Resulting from Encounters in a Corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónika Csikós</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8214,51 +8214,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On The Complexity of Maximizing Temporal Reachability via Trip Temporalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Brunelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8305,64 +8305,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enumeration of far-apart pairs by decreasing distance for faster hyperbolicity computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8403,308 +8403,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Diameter Computation within Split Graphs</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mitigating COVID-19 outbreaks in workplaces and schools by hybrid telecommuting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mauras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cohen-Addad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duboc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Dupré La Tour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Frasca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/dmtcs.6422⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (8), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02307397v4</w:t>
+                <w:t xml:space="preserve">hal-03351623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigating COVID-19 outbreaks in workplaces and schools by hybrid telecommuting</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast Diameter Computation within Split Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducoffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 17 (8), pp.1-24. </w:t>
+              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/dmtcs.6422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351623v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307397v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Computing Pareto Optimal Paths in Weighted Time-Dependent Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Brunelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8764,51 +8764,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Organizing Flows in Social Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidhi Hegde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Massoulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9572,51 +9572,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing connected dominated sets with multipoint relays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Adjih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9667,51 +9667,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing Control Traffic Overhead versus Mobility and Data Traffic Activity in Mobile Ad-hoc Network Protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9752,239 +9752,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00471713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some algorithms for synchronizing clocks of base transceiver stations in a cellular network</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Morvan</w:t>
+                <w:t xml:space="preserve">Linear time recognition of P4-indifference graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Vol. 4 no. 2 (2), pp.173-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/dmtcs.269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00018549v1</w:t>
+                <w:t xml:space="preserve">inria-00471619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear time recognition of P4-indifference graphs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Paul</w:t>
+                <w:t xml:space="preserve">Some algorithms for synchronizing clocks of base transceiver stations in a cellular network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Dornstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Krob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 61, pp.855-867</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00471619v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lex-BFS a partition refining technique, application to transitive orientation and consecutive 1's testing</w:t>
               </w:r>
@@ -10197,64 +10197,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperbolicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10326,64 +10326,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enumeration of far-apart pairs by decreasing distance for faster hyperbolicity computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nusser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10750,64 +10750,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Node-Disjoint Multipath Spanners and their Relationship with Fault-Tolerant Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gavoille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10956,51 +10956,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote-Spanners: What to Know beyond Neighbors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11029,310 +11029,310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00329347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyclic Preference Systems in P2P Networks</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-6174, INRIA. 2007, pp.9</w:t>
+                <w:t xml:space="preserve">Bi-connectivity, k-connectivity and Multipoint Relays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-6169, INRIA. 2007, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00143790v2</w:t>
+                <w:t xml:space="preserve">inria-00142851v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-connectivity, k-connectivity and Multipoint Relays</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-6169, INRIA. 2007, pp.9</w:t>
+                <w:t xml:space="preserve">Acyclic Preference Systems in P2P Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Lebedev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-6174, INRIA. 2007, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00142851v2</w:t>
+                <w:t xml:space="preserve">inria-00143790v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Using Matching Theory to Understand P2P Network Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Reynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-6075, INRIA. 2006, pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11358,51 +11358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PrefixStream: A Balanced, Resilient and Incentive Peer-to-Peer Multicast Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11431,465 +11431,465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00070492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Aspects of the Global Ranking of Web Pages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+                <w:t xml:space="preserve">Broose : A Loose Distributed HashtableBased on the De-Brujin Topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-5192, INRIA. 2004, pp.15</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-5147, INRIA. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00070800v1</w:t>
+                <w:t xml:space="preserve">inria-00071436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broose: A Practical Distributed Hashtable Based on the De-Brujin Topology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
+                <w:t xml:space="preserve">Local Aspects of the Global Ranking of Web Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-5238, INRIA. 2004, pp.16</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-5192, INRIA. 2004, pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00070760v1</w:t>
+                <w:t xml:space="preserve">inria-00070800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broose : A Loose Distributed HashtableBased on the De-Brujin Topology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Broose: A Practical Distributed Hashtable Based on the De-Brujin Topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Gai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-5147, INRIA. 2004</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-5238, INRIA. 2004, pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00071436v1</w:t>
+                <w:t xml:space="preserve">inria-00070760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Observable Web</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yacine Boufkhad</w:t>
+                <w:t xml:space="preserve">Multicast Optimized Link State Routing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Laouiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4790, INRIA. 2003</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4721, INRIA. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00071796v1</w:t>
+                <w:t xml:space="preserve">inria-00071865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicast Optimized Link State Routing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Minet</w:t>
+                <w:t xml:space="preserve">The Observable Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Boufkhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4721, INRIA. 2003</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4790, INRIA. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00071865v1</w:t>
+                <w:t xml:space="preserve">inria-00071796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure intrinsèque du Web</w:t>
               </w:r>
@@ -11948,241 +11948,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00071922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing connected dominated sets with multipoint relays</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+                <w:t xml:space="preserve">A Note on Models, Algorithms, and Data Structures for Dynamic Communication Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afonso Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] RR-4597, INRIA. 2002</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-4403, INRIA. 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00071988v1</w:t>
+                <w:t xml:space="preserve">inria-00072185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Note on Models, Algorithms, and Data Structures for Dynamic Communication Networks</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Computing connected dominated sets with multipoint relays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Adjih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4597, INRIA. 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Afonso Ferreira</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">inria-00072185v1</w:t>
+                <w:t xml:space="preserve">inria-00071988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Route Discovery in Reactive Protocols for Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heide Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12230,77 +12230,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Analysis of OLSR Multipoint Relay Flooding in Two Ad Hoc Wireless Network Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Laouiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12329,198 +12329,211 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00072327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overhead in Mobile Ad-hoc Network Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Jacquet</w:t>
+                <w:t xml:space="preserve">Multipoint Relaying: An Efficient Technique for Flooding in Mobile Wireless Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Qayyum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-3965, INRIA. 2000</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Laouiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-3898, INRIA. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00072683v1</w:t>
+                <w:t xml:space="preserve">inria-00072756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multipoint Relaying: An Efficient Technique for Flooding in Mobile Wireless Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amir Qayyum</w:t>
+                <w:t xml:space="preserve">Un premier pas vers la réservation de bande passante dans les réseaux radio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karell Bertet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Guérin Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-3898, INRIA. 2000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-3895, INRIA. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00072756v1</w:t>
+                <w:t xml:space="preserve">inria-00072759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial Reuse in Wireless LAN Networks</w:t>
               </w:r>
@@ -12579,119 +12592,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00072723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un premier pas vers la réservation de bande passante dans les réseaux radio</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Guérin Lassous</w:t>
+                <w:t xml:space="preserve">Overhead in Mobile Ad-hoc Network Protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Viennot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] RR-3895, INRIA. 2000</w:t>
+              <w:t xml:space="preserve">[Research Report] RR-3965, INRIA. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00072759v1</w:t>
+                <w:t xml:space="preserve">inria-00072683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear Time Recognition of P4-Indifference Graphs</w:t>
               </w:r>
@@ -13092,51 +13092,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Locality of Distributed Sparse Spanner Construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Derbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Gavoille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Peleg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13193,90 +13193,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized Link State Routing Protocol (OLSR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Adjih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Laouiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -13990,51 +13990,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://who.rocq.inria.fr/Laurent.Viennot/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05293265v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cauvi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Morawietz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04863343v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Brunelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor F Dragan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducoffe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03864725v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04054527v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkida Balliu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Olivetti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cuhna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Natale" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01868778v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Boufkhad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Linguaglossa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Perino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511357v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Birmel&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Montgolfier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Planche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01729748v6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor F. Dragan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611978322.70" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05144137v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901946v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3637528.3671825" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531675v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bessy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Thomass&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2024.13" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553784v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coudert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nika Csik&#243;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2024.8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427770v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cosson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massouli&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2023.14" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654720v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cunha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giroire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lesfari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2023.37" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157141v4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34020-8_8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429961v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massoulie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583668.3594568" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03431155v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nusser" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611977042.7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648264v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548226v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Cunha" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02340382v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02161283v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Minh Phan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03373614v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02429930v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Kosowski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Uzna&#324;ski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3293611.3331625" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01737210v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Gupta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01373411v3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Penna" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01359084v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01671718v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ISAAC.2017.15" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148595v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo de La Paz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Dang Huynh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13123-8_12" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909718v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Hegde" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688935v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Soto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909733v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909736v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00583844v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651825v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gavoille" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Godfroy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25873-2_11" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00475970v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547869v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13284-1_17" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984933v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471730v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN.2009.5235272" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471728v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161047" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471727v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471726v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161041" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Derbel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peleg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374460v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lebhar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368035v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343001v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1400751.1400788" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471723v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM.2008.163" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471724v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471721v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guettier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Yelloz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MILCOM.2007.4454993" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471720v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Gai" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Lebedev" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reynier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_88" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159678v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00176939v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471718v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICON.2006.302673" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00160799v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471717v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICT-ICIW.2006.145" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00126674v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouraoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Laouiti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Null Parent" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471714v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471708v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471709v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Allard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471705v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clausen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue Olesen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Larsen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPMC.2002.1088283" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471702v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471701v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471700v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Minet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471704v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45703-8_30" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471706v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPMC.2002.1088405" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471697v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chaudet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2001.965960" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471698v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Al Agha" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471699v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Qayyum" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471622v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M&#252;hlethaler" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMIC.2001.995315" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471696v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumontet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Lopez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471695v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin Lassous" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471612v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471611v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0028546" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1ZGT74DQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471608v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morvan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60922-9_15" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471607v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60618-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901976v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Hang Nguyen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rabie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2025.103620" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03430099v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22123" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03837023v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3569169" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02307397v4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.6422" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351623v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mauras" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cohen-Addad" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duboc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Frasca" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009264" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03095828v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2020.106086" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00761046v3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2015.02.018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251552v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15427951.2015.1098756" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01104358v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01241086v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Korman" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Sereni" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-012-0174-8" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350409v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471729v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471725v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350349v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471719v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350312v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lausecker" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471715v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471713v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:WINE.0000028548.44719.fe" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018549v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Dornstetter" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471619v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.269" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471613v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Mac Connell" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3975(97)00241-7" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471609v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3975(96)00210-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03438325v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:719d653945a6c7958028c8b5aab00960fb52d551;origin=https://gitlab.inria.fr/dcoudert/hyperbolicity/;visit=swh:1:snp:0d13e52e2c1d0b4e50153af070155c216f148d3e;anchor=swh:1:rev:4f9c8ce6eed890ed5bad1f56ff550577b4819bad" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03201405v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02321581v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Baktash" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01262130v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804915v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Darnaud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Goglin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Acharian" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leininger" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622915v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270406v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329347v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00143790v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00142851v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00121604v2" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070492v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070800v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070760v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071436v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071796v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071865v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071922v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071988v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072185v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afonso Ferreira" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072079v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heide Clausen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gitte Hansen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072327v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072683v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072756v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072723v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072759v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072882v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073097v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471610v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620451v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400407v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471712v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471716v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00471731v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471711v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471627v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Noel" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00471691v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://who.rocq.inria.fr/Laurent.Viennot/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05293265v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cauvi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Morawietz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Viennot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04863343v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aubian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Brunelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor F Dragan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducoffe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04054527v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkida Balliu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Olivetti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03864725v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094371v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cuhna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Natale" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01868778v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Boufkhad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Linguaglossa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Perino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511357v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Birmel&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Montgolfier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Planche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01729748v6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feodor F. Dragan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611978322.70" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05144137v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531675v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bessy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Thomass&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2024.13" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coudert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nika Csik&#243;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2024.8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901946v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3637528.3671825" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654720v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Carvalho Walraven da Cunha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Giroire" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Lesfari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ESA.2023.37" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157141v4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34020-8_8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429961v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cosson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massoulie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583668.3594568" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427770v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Massouli&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.DISC.2023.14" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548226v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Cunha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648264v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nusser" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03431155v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611977042.7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02340382v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02429930v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Kosowski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Uzna&#324;ski" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3293611.3331625" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01373411v3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Penna" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01737210v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Gupta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02161283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Minh Phan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03373614v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01671718v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ISAAC.2017.15" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01359084v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148595v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo de La Paz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093188v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Dang Huynh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-13123-8_12" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909718v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Hegde" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688935v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Soto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909736v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00583844v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651825v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gavoille" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Godfroy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25873-2_11" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909733v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547869v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13284-1_17" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984933v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00475970v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471727v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471730v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCN.2009.5235272" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471728v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161047" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471726v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2009.5161041" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Derbel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peleg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368035v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343001v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1400751.1400788" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471723v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lebhar" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM.2008.163" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471724v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00374460v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159678v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Lebedev" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Gai" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Reynier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00176939v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471721v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guettier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Yelloz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MILCOM.2007.4454993" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471720v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_88" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471718v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICON.2006.302673" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00160799v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471717v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICT-ICIW.2006.145" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00126674v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouraoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Laouiti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Null Parent" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471714v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471708v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471709v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Allard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471705v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clausen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tue Olesen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Larsen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPMC.2002.1088283" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471702v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471701v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471704v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45703-8_30" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471700v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Minet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471706v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPMC.2002.1088405" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471697v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chaudet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2001.965960" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471698v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Al Agha" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471699v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Qayyum" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471622v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M&#252;hlethaler" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMIC.2001.995315" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471696v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumontet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Lopez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471695v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin Lassous" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471612v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paul" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471611v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0028546" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1ZGT74DQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471608v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Morvan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60922-9_15" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471607v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Gustedt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-60618-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901976v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Hang Nguyen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rabie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcss.2025.103620" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03430099v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22123" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03837023v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3569169" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351623v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mauras" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cohen-Addad" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duboc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Dupr&#233; La Tour" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Frasca" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009264" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02307397v4" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.6422" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03095828v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2020.106086" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00761046v3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2015.02.018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01251552v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15427951.2015.1098756" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01104358v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01241086v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Korman" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Sereni" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00446-012-0174-8" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350409v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471729v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471725v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350349v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471719v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350312v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Lausecker" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471715v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471713v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:WINE.0000028548.44719.fe" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471619v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dmtcs.269" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018549v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Dornstetter" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471613v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Mac Connell" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3975(97)00241-7" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471609v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3975(96)00210-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03438325v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:719d653945a6c7958028c8b5aab00960fb52d551;origin=https://gitlab.inria.fr/dcoudert/hyperbolicity/;visit=swh:1:snp:0d13e52e2c1d0b4e50153af070155c216f148d3e;anchor=swh:1:rev:4f9c8ce6eed890ed5bad1f56ff550577b4819bad" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03201405v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02321581v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Baktash" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01262130v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804915v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Darnaud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Goglin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Acharian" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leininger" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622915v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00270406v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329347v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00142851v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00143790v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00121604v2" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070492v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071436v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070800v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070760v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071865v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071796v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071922v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072185v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afonso Ferreira" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071988v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072079v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heide Clausen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gitte Hansen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072327v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072756v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072759v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072723v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072683v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072882v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00073097v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471610v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01620451v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400407v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471712v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471716v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00471731v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471711v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00471627v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Noel" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00471691v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>