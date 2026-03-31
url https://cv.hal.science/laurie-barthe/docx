--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1152,261 +1152,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axial acoustic field along a solid-liquid fluidized bed under power ultrasound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feasibility of a heterogeneous Fenton membrane reactor containing a Fe-ZSM5 catalyst for pharmaceuticals degradation: Membrane fouling control and long-term stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yandi Lan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Grosjean</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurie Barthe</w:t>
+                <w:t xml:space="preserve">Antonin Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Causserand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 56, pp.274-283. </w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 231, pp.115920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2019.04.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2019.115920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02100896v1</w:t>
+                <w:t xml:space="preserve">hal-03116505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility of a heterogeneous Fenton membrane reactor containing a Fe-ZSM5 catalyst for pharmaceuticals degradation: Membrane fouling control and long-term stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yandi Lan</w:t>
+                <w:t xml:space="preserve">Axial acoustic field along a solid-liquid fluidized bed under power ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christel Causserand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 231, pp.115920. </w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 56, pp.274-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2019.115920⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2019.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03116505v1</w:t>
+                <w:t xml:space="preserve">hal-02100896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of ciprofloxacin degradation in wastewater by homogeneous sono-Fenton process at high frequency</w:t>
               </w:r>
@@ -6156,51 +6156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yandi Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Azaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Causserand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6238,51 +6238,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasons de puissance dans un lit fluidisé liquide-solide : Effet du champ acoustique sur le transfert de matière local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6385,51 +6385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7136,51 +7136,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propagation d’ultrasons de puissance dans un lit fluidisé liquide solide : Cartographie acoustique expérimentale et simulation numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7365,51 +7365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tierce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Vilela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7447,51 +7447,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution de l’énergie acoustique dans un lit fluidisé liquide-solide : outil pour l’extrapolation de réacteurs sonochimiques polyphasiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8947,51 +8947,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05108837v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Garcia-Vargas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Louisnard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Barthe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107395" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490301v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Peydecastaing" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pontalier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2023.130181" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Frances" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2023.106492" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biteb.2023.101372" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279675v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feby Carmen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.06.014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04233223v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2023.106542" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03857038v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2022.106226" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870616v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yandi Lan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2021.102523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337578v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandyanto Adityosulindro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riboul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-021-03372-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02100896v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.04.028" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116505v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Aza&#239;s" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2019.115920" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354658v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gonz&#225;lez-Labrada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosa Alcorta Cuello" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Saborit S&#225;nchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Garc&#237;a Batle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Manero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2018.1530177" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879931v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Benhamed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Kessas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Delmas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2017.1365942" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2018.09.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775416v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaumat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hengl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gondrexon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Javier J&#225;uregui Haza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2017.06.008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264379v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tuan Le" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2015.09.015" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878788v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lobry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fernando Cardozo Perez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Blanco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.07.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514906v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.01.016" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141908v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Chen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2015.01.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877399v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.02.024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143398v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.08.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136567v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Le Bolay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdji Hemati" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2014.02.040" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404184v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denicourt-Nowicki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roucoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CATCOM.2009.01.026" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403998v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CEJ.2009.03.051" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878161v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desportes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Steinmetz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hemati" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2008.07.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591061v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2007.10.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593508v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Desportes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/cherd06140" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158149v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirmohammad Javidani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Aubin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Poux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245271v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103234v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758935v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774629v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758939v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758945v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948909v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775258v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774643v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pontalier Pierre Yves" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guih&#233;neuf Freddy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723361v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dechy-Cabaret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Coufort-Saudejaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallorie Tourbin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Devatine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758653v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine FRANCES" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758831v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774656v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758784v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758797v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758713v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774687v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775935v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758180v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774680v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Javega" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Savary" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906757v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775261v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775263v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grojean" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798286v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798275v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798330v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Obeid" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Takache" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Charton" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798403v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798359v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798406v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798371v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Vilela" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798425v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775418v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980528v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087846v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030242v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zapata-Massot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakarya Ahmed" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354189v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Poli" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922475v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Manoury" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gayet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50207-6_7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772713v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Delmas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-028-6.00025-9" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042509v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. W. Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lansalot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04595494v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPT014G" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04775267v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05108837v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Garcia-Vargas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Louisnard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Barthe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107395" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490301v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Peydecastaing" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pontalier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2023.130181" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Frances" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2023.106492" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biteb.2023.101372" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279675v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feby Carmen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.06.014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04233223v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2023.106542" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03857038v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tierce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2022.106226" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870616v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yandi Lan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2021.102523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337578v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandyanto Adityosulindro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Riboul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-021-03372-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116505v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Aza&#239;s" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2019.115920" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02100896v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.04.028" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354658v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gonz&#225;lez-Labrada" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rosa Alcorta Cuello" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Saborit S&#225;nchez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Garc&#237;a Batle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Manero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10934529.2018.1530177" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879931v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Benhamed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Kessas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Delmas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2017.1365942" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2018.09.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775416v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaumat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hengl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gondrexon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Javier J&#225;uregui Haza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2017.06.008" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264379v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tuan Le" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2015.09.015" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878788v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lobry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Fernando Cardozo Perez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Blanco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.07.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514906v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.01.016" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141908v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si Chen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2015.01.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877399v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.02.024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143398v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.08.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136567v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Le Bolay" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdji Hemati" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2014.02.040" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404184v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denicourt-Nowicki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roucoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CATCOM.2009.01.026" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403998v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CEJ.2009.03.051" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878161v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desportes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Steinmetz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hemati" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2008.07.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591061v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2007.10.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593508v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Desportes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/cherd06140" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158149v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirmohammad Javidani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Aubin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Poux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245271v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103234v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758935v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774629v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758939v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758945v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948909v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775258v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774643v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pontalier Pierre Yves" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guih&#233;neuf Freddy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723361v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dechy-Cabaret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Coufort-Saudejaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallorie Tourbin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Devatine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758653v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine FRANCES" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758831v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774656v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758784v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758797v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758713v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774687v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775932v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775935v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758180v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774680v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Javega" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Savary" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906757v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775261v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775263v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798264v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grojean" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798286v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798275v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798330v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Obeid" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Takache" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Charton" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798403v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798359v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798406v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798371v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Vilela" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798425v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775418v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980528v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087846v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030242v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zapata-Massot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakarya Ahmed" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354189v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rinaldo Poli" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922475v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Manoury" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gayet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50207-6_7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772713v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Delmas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-028-6.00025-9" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042509v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. W. Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lansalot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04595494v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPT014G" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04775267v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>