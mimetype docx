--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -162,2924 +162,3015 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dysfunction of striatal parvalbumin interneurons drives motor stereotypies in Cntnap2−/− mouse model of autism spectrum disorders</w:t>
+                <w:t xml:space="preserve">From Balance to Breakdown: striatal PV interneurons in Huntington’s disease and Autism Spectrum Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thabault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloé Fernandes-Gomes</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNAS Nexus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgae132⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 20, pp.1717636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2026.1717636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727533v1</w:t>
+                <w:t xml:space="preserve">hal-05523620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age‐related behavioural and striatal dysfunctions in Shank3 ΔC/ΔC mouse model of autism spectrum disorder</w:t>
+                <w:t xml:space="preserve">Dysfunction of striatal parvalbumin interneurons drives motor stereotypies in Cntnap2−/− mouse model of autism spectrum disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thabault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Fernandes-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Francheteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Turpin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne‐lise Huot</w:t>
+                <w:t xml:space="preserve">Anaïs Balbous-Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejn.15919⟩</w:t>
+              <w:t xml:space="preserve">PNAS Nexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgae132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04028962v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04727533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: New insight into Huntington's disease: From neuropathology to possible therapeutic targets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Age‐related behavioural and striatal dysfunctions in Shank3 ΔC/ΔC mouse model of autism spectrum disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thabault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Balado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Fernandes-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana María Estrada-Sánchez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne‐lise Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2023.1138712⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57 (4), pp.607-618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.15919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04434314v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar and Striatal Implications in Autism Spectrum Disorders: From Clinical Observations to Animal Models</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: New insight into Huntington's disease: From neuropathology to possible therapeutic targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana María Estrada-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Rebec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23042294⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2023.1138712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686537v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04434314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Major motor and gait deficits with sexual dimorphism in a Shank3 mutant mouse model</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cerebellar and Striatal Implications in Autism Spectrum Disorders: From Clinical Observations to Animal Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thabault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maureen Francheteau</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Turpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maïsterrena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Egloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Autism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13229-020-00412-8⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (4), pp.2294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23042294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03150112v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The striatal kinase DCLK3 produces neuroprotection against mutant huntingtin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria-Angeles Carrillo-de Sauvage</w:t>
+                <w:t xml:space="preserve">Major motor and gait deficits with sexual dimorphism in a Shank3 mutant mouse model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Matas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maisterrena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thabault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Balado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Francheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awy057⟩</w:t>
+              <w:t xml:space="preserve">Molecular Autism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13229-020-00412-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02074093v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03150112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Striatal GABA ergic interneuron dysfunction in the Q175 mouse model of Huntington's disease</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">The striatal kinase DCLK3 produces neuroprotection against mutant huntingtin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Francelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie de Longprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Angeles Carrillo-de Sauvage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejn.14283⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 141 (5), pp.1434-1454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awy057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459725v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02074093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CYP46A1, the rate-limiting enzyme for cholesterol degradation, is neuroprotective in Huntington’s disease</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Striatal GABA ergic interneuron dysfunction in the Q175 mouse model of Huntington's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Holley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talia Kamdjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Levine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/brain/awv384⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.14283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01299208v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced GABAergic Inputs Contribute to Functional Alterations of Cholinergic Interneurons in the R6/2 Mouse Model of Huntington’s Disease</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jane Chen</w:t>
+                <w:t xml:space="preserve">CYP46A1, the rate-limiting enzyme for cholesterol degradation, is neuroprotective in Huntington’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Boussicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Lamazière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabelle Planques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Heck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0008-14.2015⟩</w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (3), pp.953-970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/brain/awv384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459863v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01299208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced GABAergic Inputs Contribute to Functional Alterations of Cholinergic Interneurons in the R6/2 Mouse Model of Huntington’s Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Holley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prasad Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Parievsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eNeuro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2 (1), pp.ENEURO.0008-14.2015. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1523/ENEURO.0008-14.2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459736v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JAKMIP1, a Novel Regulator of Neuronal Translation, Modulates Synaptic Function and Autistic-like Behaviors in Mouse</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Enhanced GABAergic Inputs Contribute to Functional Alterations of Cholinergic Interneurons in the R6/2 Mouse Model of Huntington’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Holley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prasad Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Parievsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlos Cepeda</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2015.10.031⟩</w:t>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (1), pp.ENEURO.0008-14.2015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0008-14.2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459747v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The striatal long noncoding RNA Abhd11os is neuroprotective against an N-terminal fragment of mutant huntingtin in vivo</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">JAKMIP1, a Novel Regulator of Neuronal Translation, Modulates Synaptic Function and Autistic-like Behaviors in Mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamee m. Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changhoon Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Bernay</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2014.11.014⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 88 (6), pp.1173-1191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2015.10.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459770v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Striatal long noncoding RNA Abhd11os is neuroprotective against an N-terminal fragment of mutant huntingtin in vivo.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">The striatal long noncoding RNA Abhd11os is neuroprotective against an N-terminal fragment of mutant huntingtin in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Francelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurobiology of Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, pp.1601.e7-16. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+              <w:t xml:space="preserve">, 2015, 36 (3), pp.1601.e7-1601.e16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2014.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01465910v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Possible involvement of self-defense mechanisms in the preferential vulnerability of the striatum in Huntington's disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Striatal long noncoding RNA Abhd11os is neuroprotective against an N-terminal fragment of mutant huntingtin in vivo.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Francelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Brouillet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fncel.2014.00295⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1601.e7-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2014.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02459873v1</w:t>
+                <w:t xml:space="preserve">hal-01465910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the Pimelic Diphenylamide Histone Deacetylase Inhibitor HDACi 4b on the R6/2 and N171-82Q Mouse Models of Huntington’s Disease</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Possible involvement of self-defense mechanisms in the preferential vulnerability of the striatum in Huntington's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Francelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Currents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/currents.hd.ec3547da1c2a520ba959ee7bf8bdd202⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2014.00295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459786v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A role of mitochondrial complex II defects in genetic models of Huntington's disease expressing N-terminal fragments of mutant huntingtin</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Effects of the Pimelic Diphenylamide Histone Deacetylase Inhibitor HDACi 4b on the R6/2 and N171-82Q Mouse Models of Huntington’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">My Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prasad Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddt242⟩</w:t>
+              <w:t xml:space="preserve">PLoS Currents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/currents.hd.ec3547da1c2a520ba959ee7bf8bdd202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459752v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucin does not modify the toxicity of a mutant Huntingtin fragment in vivo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">A role of mitochondrial complex II defects in genetic models of Huntington's disease expressing N-terminal fragments of mutant huntingtin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Damiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Diguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Malgorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilena d'Aurelio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martine Guillermier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.01.009⟩</w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (19), pp.3869-3882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddt242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02459764v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional Differences Between Direct and Indirect Striatal Output Pathways in Huntington's Disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Capucin does not modify the toxicity of a mutant Huntingtin fragment in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nad'A Lepejová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Malgorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Guillermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Huntington's Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (8), pp.1845.e5-1845.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.01.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JHD-2012-120009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02459788v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral phenotyping of heterozygous acetylcholinesterase knockout (AChE+/−) mice showed no memory enhancement but hyposensitivity to amnesic drugs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Functional Differences Between Direct and Indirect Striatal Output Pathways in Huntington's Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Cepeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Levine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2009.09.024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Huntington's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (1), pp.17-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JHD-2012-120009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02459760v1</w:t>
+                <w:t xml:space="preserve">hal-02459788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondria in Huntington's disease</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Behavioral phenotyping of heterozygous acetylcholinesterase knockout (AChE+/−) mice showed no memory enhancement but hyposensitivity to amnesic drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Espallergues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Rana-Poussine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tangui Tm Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2009.07.012⟩</w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 206 (2), pp.263-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2009.09.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459756v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondria in Huntington's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Damiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Déglon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Brouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 1802 (1), pp.52. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 1802 (1), pp.52-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2009.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2009.07.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00543005v1</w:t>
+                <w:t xml:space="preserve">hal-02459756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mitochondria in Huntington's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Damiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Galvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Déglon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1802 (1), pp.52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2009.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00543005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hyposensitivity to the amnesic effects of scopolamine or amyloid β25–35 peptide in heterozygous acetylcholinesterase knockout (AChE+/−) mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Espallergues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lepourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tangui Tm Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemico-Biological Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 175 (1-3), pp.131-134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cbi.2008.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3089,1133 +3180,1133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatostatin interneurons contribute towards increased striatal inhibition in the Q175 mouse model of Huntington's Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. M. Holley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talia Kamdjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Levine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th annual meeting, neuroscientists SFN 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, SAN DIEGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered function of Parvalbumin expressing interneurons in mouse models of Huntington’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. M. Holley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Levine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, SAN DIEGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the striatal kinase Dclk3 and its neuroprotective effects against mutant huntingtin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Francelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-A Carrillo-de Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, CHICAGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synaptic alterations in the striatum and the cortex of a new mouse model of autism spectrum disorders: JAKMIP1 knock-out mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Berg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J y Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Geschwind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, CHICAGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optogenetics reveal alterations in dopamine neurotransmission in the YAC128 mouse model of Huntington’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J y Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G K Akopian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C J Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V M André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, WASHINGTON,dc, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The newly identified striatal marker Doublecortin-like kinase 3 (Dclk3) may be a molecular determinant of striatal vulnerability in Huntington’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Francelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Liot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M de Chaldée d'Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, SAN DIEGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2010001M06rik (St102) protects striatal neurons against an N-terminal fragment of mutant huntingtin in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Brouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Lepejovà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, NEW ORLEANS, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doublecortin-like kinase 3 (DCLK3), a novel striatum-enriched species, is a modulator of mutant huntingtin in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galvan L.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaillard M.-C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaldée M. De</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auregan G.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, CHICAGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doublecortin-like kinase 3 (DCLK3), a novel striatum-enriched species, is a modulator of mutant huntingtin in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Chaldee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Auregan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFN 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, CHICAGO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4225,124 +4316,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optogenetic Control of Parvalbumin-Expressing Interneurons in the R6/2 Mouse Model of Huntington’s disease”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Cepeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael s. Levine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAG Triplet Repeat Disorders - Gordon Research Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, waterville valley, NH, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4352,114 +4443,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'implication potentielle des marqueurs du striatum dans la maladie de Huntington</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Galvan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences. Université Paris Sud 11, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011PA11T024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04092110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId148"/>
+      <w:footerReference w:type="default" r:id="rId150"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4527,51 +4618,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D651162"/>
+    <w:nsid w:val="BAD3715A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4758,51 +4849,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurie-galvan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7851-0102" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153575050" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727533v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thabault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Fernandes-Gomes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Huot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Francheteau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Balbous-Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgae132" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028962v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Turpin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Balado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Huot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15919" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434314v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Estrada-S&#225;nchez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rebec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galvan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2023.1138712" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686537v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ma&#239;sterrena" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jaber" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23042294" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150112v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Matas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maisterrena" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balado" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13229-020-00412-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074093v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Francelle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Longprez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angeles Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awy057" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459725v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Holley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Kamdjou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cepeda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14283" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299208v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Boussicault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Planques" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv384" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459863v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasad Joshi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Parievsky" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Chen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0008-14.2015" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459736v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459747v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamee&#160;m. Berg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhoon Lee" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Chen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.10.031" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459770v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2014.11.014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465910v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459873v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00295" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459786v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Wang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My Huynh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/currents.hd.ec3547da1c2a520ba959ee7bf8bdd202" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Damiano" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Diguet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena d'Aurelio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddt242" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459764v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad'A Lepejov&#225;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.01.009" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74PJDBZQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JHD-2012-120009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459760v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espallergues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sabatier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rana-Poussine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Tm Maurice" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2009.09.024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZVH276H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459756v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole D&#233;glon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2009.07.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543005v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459753v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2008.04.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N193WLZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534718v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Holley" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cepeda" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Levine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534713v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534708v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brouillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Gaillard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534707v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J y Chen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cepeda" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Geschwind" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534701v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G K Akopian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C J Wang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V M Andr&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534692v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Liot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Chald&#233;e d'Abbas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534682v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lepejov&#224;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Petit" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545451v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galvan L." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaillard M.-C." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chald&#233;e M. De" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auregan G." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534671v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Chaldee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auregan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dufour" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534733v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael&#160;s. Levine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04092110v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA11T024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/laurie-galvan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7851-0102" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153575050" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523620v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thabault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Galvan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2026.1717636" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727533v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Fernandes-Gomes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Huot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Francheteau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Balbous-Gautier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgae132" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028962v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Turpin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Balado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Huot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15919" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434314v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Estrada-S&#225;nchez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rebec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2023.1138712" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ma&#239;sterrena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jaber" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23042294" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150112v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Matas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maisterrena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13229-020-00412-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074093v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Francelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaillard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Longprez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angeles Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awy057" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Holley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Kamdjou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cepeda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14283" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Boussicault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Planques" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv384" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459863v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasad Joshi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Parievsky" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0008-14.2015" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459736v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459747v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamee&#160;m. Berg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhoon Lee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2015.10.031" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459770v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2014.11.014" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465910v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459873v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00295" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459786v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Wang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My Huynh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/currents.hd.ec3547da1c2a520ba959ee7bf8bdd202" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Damiano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Diguet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena d'Aurelio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddt242" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459764v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad'A Lepejov&#225;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guillermier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.01.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74PJDBZQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459788v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JHD-2012-120009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459760v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espallergues" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sabatier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rana-Poussine" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Tm Maurice" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2009.09.024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZVH276H-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459756v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole D&#233;glon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2009.07.012" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543005v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459753v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonafos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2008.04.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N193WLZ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534718v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Holley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cepeda" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Levine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534713v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534708v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brouillet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francelle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Gaillard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Carrillo-de Sauvage" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534707v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J y Chen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cepeda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Geschwind" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534701v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G K Akopian" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C J Wang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V M Andr&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534692v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Liot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Chald&#233;e d'Abbas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534682v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lepejov&#224;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Petit" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545451v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galvan L." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaillard M.-C." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chald&#233;e M. De" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auregan G." TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534671v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Chaldee" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Auregan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dufour" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534733v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael&#160;s. Levine" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04092110v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA11T024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>