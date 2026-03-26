--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1814,169 +1814,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu : Caroline Rolland-Diamond, Chicago : le moment 68</w:t>
+                <w:t xml:space="preserve">L’évolution de la perception de la France et des Français en Caroline du Sud à l’heure des révolutions française et de Saint-Domingue 1789-1804</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politique Américaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, pp.155-157</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société d'Etudes Anglo-Américaines des XVIIème et XVIIIème siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 69, pp.85-116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03077717v1</w:t>
+                <w:t xml:space="preserve">hal-03063150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de la perception de la France et des Français en Caroline du Sud à l’heure des révolutions française et de Saint-Domingue 1789-1804</w:t>
+                <w:t xml:space="preserve">Compte rendu : Caroline Rolland-Diamond, Chicago : le moment 68</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société d'Etudes Anglo-Américaines des XVIIème et XVIIIème siècles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 69, pp.85-116</w:t>
+              <w:t xml:space="preserve">Politique Américaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.155-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063150v1</w:t>
+                <w:t xml:space="preserve">hal-03077717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3719,96 +3719,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03075156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'historicisation des libres de couleur de Caroline du Sud, 1770-1865 : enjeux épistémologiques et méthodologiques</w:t>
+                <w:t xml:space="preserve">Les réseaux familiaux de couleur à l’épreuve de l’éloignement géographique et du temps : l’histoire atlantique des Caroliniens du Sud de couleur, 1790-1868</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Politique et religion : recherches atlantiques ». Institut Protestant de Théologie, Paris, mars 2013</w:t>
+              <w:t xml:space="preserve">Journée d'étude "Réseaux familiaux de couleur", Université de Toulouse-Le Mirail, UVSQ, Paris, 29 mars 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03075157v1</w:t>
+                <w:t xml:space="preserve">hal-03073105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’historicisation des libres de couleur de Caroline du Sud, 1770-1865 : enjeux épistémologiques et méthodologiques</w:t>
               </w:r>
@@ -3857,96 +3857,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux familiaux de couleur à l’épreuve de l’éloignement géographique et du temps : l’histoire atlantique des Caroliniens du Sud de couleur, 1790-1868</w:t>
+                <w:t xml:space="preserve">L'historicisation des libres de couleur de Caroline du Sud, 1770-1865 : enjeux épistémologiques et méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude "Réseaux familiaux de couleur", Université de Toulouse-Le Mirail, UVSQ, Paris, 29 mars 2013</w:t>
+              <w:t xml:space="preserve">Séminaire « Politique et religion : recherches atlantiques ». Institut Protestant de Théologie, Paris, mars 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073105v1</w:t>
+                <w:t xml:space="preserve">hal-03075157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4563,51 +4563,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B58FF357"/>
+    <w:nsid w:val="2BC9C975"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4794,51 +4794,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lawrence-aje" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8403-7745" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04825118v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chastagner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943748v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Raynaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/ending-slavery.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429457v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gachon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stefani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429316807" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Misrahi-Barak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818825v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483237v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stricof" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cj7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourhis-Mariotti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943479v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.201.0051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943495v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.157.0117" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992380v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peyrol-Kleiber" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Faucquez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.3077" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Merlin-Faucquez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04521495v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.3454" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063148v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Armstrong" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Plath" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077715v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063149v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077716v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063039v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.507" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077717v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063150v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943607v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429498v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429483v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148256v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367812915.html#desctoggle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819964v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723364v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819987v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057224v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073478v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073477v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075153v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073243v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075154v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073241v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073108v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073244v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073245v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073107v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073106v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075156v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073104v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073105v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991409v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.2654" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054895v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054896v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400757v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lawrence-aje" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8403-7745" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04825118v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chastagner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943748v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Raynaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/ending-slavery.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429457v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gachon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stefani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429316807" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Misrahi-Barak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818825v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483237v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stricof" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cj7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourhis-Mariotti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943479v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.201.0051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943495v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.157.0117" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01992380v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peyrol-Kleiber" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Faucquez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.3077" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Merlin-Faucquez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04521495v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.3454" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063148v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Armstrong" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Plath" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077715v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063149v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077716v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063039v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/orda.507" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063150v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077717v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943607v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429498v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429483v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148256v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/9782367812915.html#desctoggle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819964v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723364v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819987v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057224v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073478v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073477v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075153v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073243v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075154v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073241v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073108v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073244v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073245v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073107v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073106v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075156v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073105v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073104v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075157v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991409v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.2654" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054895v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054896v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400757v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>