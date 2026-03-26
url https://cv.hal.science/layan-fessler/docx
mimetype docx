--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -209,1910 +209,2027 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
+                <w:t xml:space="preserve">Beyond age and expertise: Emotional intelligence and heart rate variability predict decision-making under risk in mountain-guide population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+                <w:t xml:space="preserve">Guillaume Pellet-Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcelo Bigliassi</w:t>
+                <w:t xml:space="preserve">Pierrick Laulan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qian Yu</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florent Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 82, pp.102974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2025.102974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162517v1</w:t>
+                <w:t xml:space="preserve">hal-05555897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affective and cerebral haemodynamic responses to audiovisual stimuli during exercise above and below the ventilatory threshold</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+                <w:t xml:space="preserve">Social Support for Physical Activity in Community-Dwelling Adults with Serious Mental Illness: Latent Profile Analysis and Correlates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianyu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
+                <w:t xml:space="preserve">Ailikute Aikeremu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan M. Bird</w:t>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Cheval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabian Herold</w:t>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-20. </w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2549884⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383528v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Support for Physical Activity in Community-Dwelling Adults with Serious Mental Illness: Latent Profile Analysis and Correlates</w:t>
+                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianyu Chen</w:t>
+                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ailikute Aikeremu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Marcelo Bigliassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Gerber</w:t>
+                <w:t xml:space="preserve">Qian Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 29, pp.100706. </w:t>
+              <w:t xml:space="preserve">, 2025, 29, pp.100688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100706⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162511v1</w:t>
+                <w:t xml:space="preserve">hal-05162517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-HIIT wonder: Can music make high-intensity interval training more pleasant?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Affective and cerebral haemodynamic responses to audiovisual stimuli during exercise above and below the ventilatory threshold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costas Karageorghis</w:t>
+                <w:t xml:space="preserve">Jasmin Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène M.R. Guérin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Jonathan M. Bird</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luke Howard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Calum Pinto</w:t>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102717⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1612197x.2025.2549884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04945575v1</w:t>
+                <w:t xml:space="preserve">hal-05383528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational and emotional correlates of physical activity and sedentary behavior after cardiac rehabilitation: an observational study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">One-HIIT wonder: Can music make high-intensity interval training more pleasant?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costas Karageorghis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène M.R. Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Craviari</w:t>
+                <w:t xml:space="preserve">Luke Howard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Meyer</w:t>
+                <w:t xml:space="preserve">Calum Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13102-024-00997-0⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76, pp.102717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2024.102717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880544v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can automatic reactions mirror exercise dependence?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motivational and emotional correlates of physical activity and sedentary behavior after cardiac rehabilitation: an observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Tessitore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Quossi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+                <w:t xml:space="preserve">Cecilia Craviari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gardner</w:t>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Miller</w:t>
+                <w:t xml:space="preserve">Philippe Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-27. </w:t>
+              <w:t xml:space="preserve">BMC Sports Science, Medicine and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1612197X.2024.2387698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13102-024-00997-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04883547v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Can automatic reactions mirror exercise dependence?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Quossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Cheval</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neville Owen</w:t>
+                <w:t xml:space="preserve">Benjamin Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1612197X.2024.2387698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880535v1</w:t>
+                <w:t xml:space="preserve">hal-04883547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All’s well that ends well: an early-phase study testing lower end-session exercise intensity to promote physical activity in patients with Parkinson’s disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Owen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2023009⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (16), pp.889-891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892447v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All’s well that ends well: an early-phase study testing lower end-session exercise intensity to promote physical activity in patients with Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layan Fessler</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 123, pp.17-31. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+              <w:t xml:space="preserve">, 2024, 123, pp.17-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/sm/2023009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686405v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical activity matters for everyone’s health, but individuals with multimorbidity benefit more</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">All’s well that ends well: an early-phase study testing lower end-session exercise intensity to promote physical activity in patients with Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layan Fessler</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Cullati</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 34, </w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 123, pp.17-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102265⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/sm/2023009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305478v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training older adults to inhibit the automatic attraction to sedentary stimuli: A cognitive-bias-modification protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
+                <w:t xml:space="preserve">Physical activity matters for everyone’s health, but individuals with multimorbidity benefit more</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Goubran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Stefan Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zack van Allen</w:t>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Tessitore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Rehabilitation Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3 (1), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Preventive Medicine Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52057/erj.v3i1.32⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017598v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi mettre en avant ses bénéfices pour la santé ne suffit pas à promouvoir une activité physique régulière.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+                <w:t xml:space="preserve">Training older adults to inhibit the automatic attraction to sedentary stimuli: A cognitive-bias-modification protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Farajzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Goubran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zack van Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Rehabilitation Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52057/erj.v3i1.32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927433v1</w:t>
+                <w:t xml:space="preserve">hal-05017598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive-bias modification intervention to improve physical activity in patients following a rehabilitation programme: protocol for the randomised controlled IMPACT trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pourquoi mettre en avant ses bénéfices pour la santé ne suffit pas à promouvoir une activité physique régulière.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Cheval</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880409v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cognitive-bias modification intervention to improve physical activity in patients following a rehabilitation programme: protocol for the randomised controlled IMPACT trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Finckh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cullati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), pp.e053845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2021-053845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Evolution of physical activity habits after a context change: The case of COVID-19 lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Rebar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Health Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 26 (4), pp.1135-1154. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/bjhp.12524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03589551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2122,161 +2239,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide des Jeunes Chercheur·euses en APS : du doctorat à l'insertion professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caille Pauline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Devrièse-Sence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2344,51 +2461,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9DC5160C"/>
+    <w:nsid w:val="E73E87B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2492,51 +2609,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D3BA23F7"/>
+    <w:nsid w:val="33481466"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2726,51 +2843,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/layan-fessler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8435-5110" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383528v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Hutchinson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Bird" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2549884" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162511v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Chen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailikute Aikeremu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gerber" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100706" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945575v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costas Karageorghis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne M.R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Howard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Pinto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102717" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880544v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tessitore" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Craviari" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-024-00997-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883547v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Quossi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gardner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Miller" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2387698" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892447v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686405v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305478v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cullati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102265" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017598v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Farajzadeh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Goubran" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack van Allen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v3i1.32" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04927433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lebreton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880409v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Finckh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-053845" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313545v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Moyon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caille Pauline" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Devri&#232;se-Sence" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hello" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/layan-fessler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8435-5110" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05555897v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pellet-Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Laulan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2025.102974" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianyu Chen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailikute Aikeremu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Gerber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100706" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383528v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Hutchinson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Bird" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197x.2025.2549884" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945575v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costas Karageorghis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne M.R. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Howard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Pinto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2024.102717" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880544v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tessitore" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Craviari" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-024-00997-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883547v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Quossi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gardner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Miller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2024.2387698" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892447v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686405v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305478v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sieber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cullati" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102265" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017598v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Farajzadeh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Goubran" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zack van Allen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v3i1.32" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04927433v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Lebreton" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880409v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Finckh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-053845" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589551v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Rebar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjhp.12524" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313545v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Moyon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caille Pauline" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Devri&#232;se-Sence" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hello" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>