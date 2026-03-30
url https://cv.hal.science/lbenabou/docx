--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1606,235 +1606,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02279744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuum damage approach for fatigue life prediction of viscoplastic solder joints</w:t>
+                <w:t xml:space="preserve">Analytical homogenization modeling and computational simulation of intergranular fracture in polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahouari Benabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhidan Sun</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Richard Dahoo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 31 (5), pp.525-531. </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 193 (1), pp.59-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jmech.2015.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-015-0018-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01107455v1</w:t>
+                <w:t xml:space="preserve">hal-02276173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical homogenization modeling and computational simulation of intergranular fracture in polycrystals</w:t>
+                <w:t xml:space="preserve">Continuum damage approach for fatigue life prediction of viscoplastic solder joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lahouari Benabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhidan Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pougnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Richard Dahoo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 193 (1), pp.59-75. </w:t>
+              <w:t xml:space="preserve">Journal of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (5), pp.525-531. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10704-015-0018-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jmech.2015.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02276173v1</w:t>
+                <w:t xml:space="preserve">hal-01107455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical study of anisotropic failure in wood under large deformation</w:t>
               </w:r>
@@ -3666,51 +3666,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034544v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Lakache" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani May" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ould Ouali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Mokdad" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Benabou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3221/igf-esis.72.06" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122288v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honggun Song" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidong Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Guan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2021.07.006" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589929v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Nhat Le" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidan Sun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pougnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Etgens" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204026" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Xiong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhui Wang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu He" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Feng" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.104897" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775793v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Duong Le" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Thanh Hoang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quangbang Tao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hai Tran" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-09817-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02677091v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ait Ferhat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Boulenouar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Benamara" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2047684120500049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032284v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien An Nguyen-Van" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107285" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109173v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Thi Nguyen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen-Xuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.13313" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484777v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.B. Tao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benabou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Nguyen Van" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen-Xuan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.02.316" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537771v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khiat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Benabou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chassagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Linares" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1141/1/012157" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01220308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Richard Dahoo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015080" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02279744v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqian Xue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2016.06.003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MHKQCGQ3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107455v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmech.2015.15" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02276173v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-015-0018-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589930v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-014-0287-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589928v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2013.10.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-349N6PHT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Richard Dahoo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2013.05.009" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-78LQNKXJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783124v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2012.12.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZDVT9H0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879969v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Celnikier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Coquery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.01.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVKVWKPR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655569v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2006.04.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0FZWVM2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078045v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Benseddiq" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Nait-Abdelaziz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2004.04.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV3QSGFG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138036v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140428v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-8368(02)00004-5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L4H6J94P-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van, Nhat Le" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang, Bang Tao" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446073v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Bang Tao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02870243v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717064v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439867v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704479v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshua Celnikier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herve" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.06.058" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRPK4DCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034544v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Lakache" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani May" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ould Ouali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Mokdad" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Benabou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3221/igf-esis.72.06" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122288v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honggun Song" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidong Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Yin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Guan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2021.07.006" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589929v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Nhat Le" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidan Sun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pougnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Etgens" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141204026" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888871v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Xiong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhui Wang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu He" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Feng" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.104897" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775793v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Duong Le" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Thanh Hoang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quangbang Tao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hai Tran" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-09817-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02677091v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ait Ferhat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Boulenouar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Benamara" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2047684120500049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032284v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thien An Nguyen-Van" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107285" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109173v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Thi Nguyen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen-Xuan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.13313" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484777v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.B. Tao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benabou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Nguyen Van" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen-Xuan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.02.316" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537771v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khiat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Benabou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chassagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Linares" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1141/1/012157" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01220308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Richard Dahoo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2015080" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02279744v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqian Xue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2016.06.003" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MHKQCGQ3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02276173v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-015-0018-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107455v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmech.2015.15" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589930v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-014-0287-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589928v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2013.10.010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-349N6PHT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Richard Dahoo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2013.05.009" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-78LQNKXJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783124v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2012.12.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZDVT9H0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879969v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Celnikier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Coquery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.01.001" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVKVWKPR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655569v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duchanois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2006.04.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0FZWVM2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078045v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Benseddiq" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Nait-Abdelaziz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2004.04.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XV3QSGFG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138036v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140428v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-8368(02)00004-5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L4H6J94P-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van, Nhat Le" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang, Bang Tao" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446073v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Bang Tao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02870243v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717064v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439867v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704479v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshua Celnikier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herve" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.06.058" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRPK4DCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757207v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>