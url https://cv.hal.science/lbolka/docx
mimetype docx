--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -320,183 +320,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Explorer la dimension visuelle des pratiques numériques. Les enjeux d'une approche ethno-sémiotique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45, pp.125-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio-anthropologie.11317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Expérimenter et documenter le live sur les plateformes : les pratiques des fans du groupe Indochine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 35, pp.39-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/communiquer.10176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012862v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03628185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration itérative d’un thésaurus pour indexer le cinéma documentaire à partir des procédés filmiques</w:t>
               </w:r>
@@ -1546,50 +1546,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’émission « La grande enquête ! » : faire science-société autour d’un projet de médiation scientifique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Adrianzen Lapouble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dynamiques des recherches en communication et médiation scientifiques : Transmettre, hybrider, partager, débattre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie-Christine Bordeaux et Mikaël Chambru, Observatoire Science-Société de l’université de Grenoble Alpes, Nov 2024, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation du chapitre « Du partage des émotions comme mode de (dé)légitimation de la passion : une exploration des pratiques numériques des fans du groupe Indochine »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée « Ce que les émotions font à la culture et réciproquement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Paris (Centre National du Livre), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04742849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La labélisation SAPS pour dynamiser le réseau d’acteurs universitaires de la médiation scientifique de l’Université de Lille ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Adrianzen Lapouble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1611,290 +1775,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIème Colloque scientifique international MUSSI 2024, Médiation et nouveaux usages sociaux et éducatifs de l’information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFTS, ENSFEA, Université Toulouse Jean Jaures, Nov 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages des dispositifs numériques patrimoniaux : pistes de réflexion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les dispositifs numériques au service du patrimoine : Recherche et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFR Numérique &amp; Patrimoine, Nov 2024, Amiens, Musée de Picardie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802549v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-04794393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages et médiations des dispositifs holographiques innovants : interroger les liens entre science, art et société</w:t>
               </w:r>
@@ -2720,50 +2720,188 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02917602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Femmes et numérique : quelles évolutions ou persistances des stéréotypes de genre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Nouveaux Imaginaires du Féminin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes et métiers du numérique, une équation impossible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Equal Pay Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association BPW France, Mar 2017, Marcq-en-Baroeul, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04742899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Youtube, un espace d’expression techno-genré ? Médiatisation des compétences et énonciation de la légitimité à travers des vidéos de tests et déballages de smartphones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2772,372 +2910,234 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Youtubeurs, Youtubeuses : Figures, formats, savoirs, pouvoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Femmes et métiers du numérique, une équation impossible ?</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques médiatiques et impacts des stéréotypes de genre sur l’orientation scolaire: l’exemple de la filière numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Equal Pay Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association BPW France, Mar 2017, Marcq-en-Baroeul, France</w:t>
+              <w:t xml:space="preserve">Actualité de la recherche en sciences de l'information et de la communication : rencontre avec les chercheurs de Lille 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Canopé, Jun 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gendered Representations of Computer Science and IT-related Professions : A Cross-Cultural Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heidi Gautschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Kovacs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Ramdani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Conférence européenne sur l’égalité de genre dans l’enseignement supérieur et la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01637547v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01693962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photographie documentaire et interfaces tactiles : statut des images et enjeux des interactions en contextes socio-éducatifs</w:t>
               </w:r>
@@ -4395,225 +4395,225 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Favoriser la visibilité du patrimoine cinématographique par les algorithmes. Une expérimentation de recommandation de contenu à contenu appliquée au catalogue de la plateforme Tënk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ève Givois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guèvremont, Véronique; Brin, Colette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intelligence artificielle, culture et médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l’Université Laval, pp.213-241, 2024, 978-2-7637-5877-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du partage des émotions comme mode de (dé)légitimation de la passion : une exploration des pratiques numériques des fans du groupe Indochine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de Sciences Po; Département des études, de la prospective, des statistiques et de la documentation du ministère de la Culture; Christine Detrez, Kevin Diter et Sylvie Octobre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Culture &amp; émotions. La dimension affective des goûts.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04477371v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-04504627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’appropriation du jeu vidéo par les enseignants : les apports pédagogiques de l’usage de Minecraft.edu au collège</w:t>
               </w:r>
@@ -4890,50 +4890,136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02917619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S’adapter pour innover. Imaginaires et réalités de la conception d’un « web-documentaire » pour tablette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Després-Lonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Paul Fourmentraux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Stories. Arts, design et cultures transmédia.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, 2016, 978 2 7056 9192 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Co-conception d'un webdocumentaire avec des femmes éloignées de l'emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Després-Lonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4959,143 +5045,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kiyindou, A., Damone, E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminaux et environnements numériques mobiles dans l’espace francophone. </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2016, 978-2-343-09352-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01614058v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-01288186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déplacer les frontières socioculturelles pour faciliter l’appropriation d’un dispositif numérique. Expérimentation d’un processus de co-conception</w:t>
               </w:r>
@@ -5463,181 +5463,181 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« L’informatique au féminin. Déjouer les déterminismes ». Rapport à l’intention de l’INSPE Lille-Hauts de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INSPE Nord de France. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enquête auprès des publics sur lʼintelligence artificielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Duquenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bolka-Tabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Kergosien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université de Lille; Laboratoire GERiiCO. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Kergosien</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04029021v2</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-04477473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport technique du programme AlgoDoc (Algorithme de recommandation de films documentaires)</w:t>
               </w:r>
@@ -6186,51 +6186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362756v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Adrianzen Lapouble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kergosien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289383v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Kovacs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.215.0181" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012862v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.10176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628185v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.11317" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Givois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gantier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Haoudi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/i2d.212.0122" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622559v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Kane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Despr&#233;s-Lonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thiault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.1057" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949441v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0336150012002049" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.5.3.85-97" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742841v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137512v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137497v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/colan.2006.4611" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370513v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Marquer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133xl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525309v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Duquenne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04794382v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742849v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802549v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04794393v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477442v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona De Iulio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Berthoud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Coralie Bonnaire" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lamy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884807v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742852v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742891v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03749596v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081192v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pupin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112970v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03759429v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742899v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652454v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01637547v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Gautschi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ramdani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693962v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345280v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693998v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742902v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133803v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742860v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694042v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742885v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742886v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01279934v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudiron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Cheval" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Debaecker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ijaz Mairaj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3383.9047" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01309708v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949433v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949421v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949251v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948716v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948785v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Maltet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504627v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Givois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705684v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552237v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917619v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Azizi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=66395" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614058v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01288186v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694535v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694028v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029021v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Kergosien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477473v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041204v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477479v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleka Dilmi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00948687v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04724096v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362756v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Adrianzen Lapouble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bolka-Tabary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kergosien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289383v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Kovacs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.215.0181" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628185v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.11317" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012862v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.10176" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Givois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gantier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Atbane-El Haoudi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/i2d.212.0122" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622559v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Kane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Despr&#233;s-Lonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thiault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.1057" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949441v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0336150012002049" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.5.3.85-97" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742841v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137512v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137497v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/colan.2006.4611" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370513v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Marquer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133xl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525309v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Duquenne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04794393v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742849v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04794382v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802549v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477442v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona De Iulio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Berthoud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Coralie Bonnaire" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lamy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884807v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742852v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742891v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03749596v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081192v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Pupin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112970v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03759429v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917602v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01652454v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742899v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994999v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693962v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01637547v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Gautschi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Ramdani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345280v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693998v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742902v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133803v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742860v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694042v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742885v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742886v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01279934v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaudiron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Cheval" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Debaecker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ijaz Mairaj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3383.9047" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01309708v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949433v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949421v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949251v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948716v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948785v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Maltet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504627v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Givois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jacquemin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477371v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705684v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552237v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917619v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmaa Azizi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=66395" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01288186v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614058v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694535v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694028v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477473v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029021v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Kergosien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041204v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477479v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleka Dilmi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00948687v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04724096v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>