--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -502,291 +502,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03728310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-organ metabolic model of tomato predicts plant responses to nutritional and genetic perturbations</w:t>
+                <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes that can stimulate root development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Gerlin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Claudia Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Escourrou</w:t>
+                <w:t xml:space="preserve">Stéphane Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Genin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marta Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Gris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Gasciolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiab548⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (11), pp.5509-5523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.16148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727243v1</w:t>
+                <w:t xml:space="preserve">hal-04204399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes that can stimulate root development</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multi-organ metabolic model of tomato predicts plant responses to nutritional and genetic perturbations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Marchetti</w:t>
+                <w:t xml:space="preserve">Léo Gerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Gris</w:t>
+                <w:t xml:space="preserve">Antoine Escourrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Gasciolli</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Baroukh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24 (11), pp.5509-5523. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 188 (3), pp.1709-1723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.16148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiab548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204399v2</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhizocarpon geographicum Lichen Discloses a Highly Diversified Microbiota Carrying Antibiotic Resistance and Persistent Organic Pollutant Tolerance</w:t>
               </w:r>
@@ -1308,51 +1308,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-Scale Investigation of the Metabolic Determinants Generating Bacterial Fastidious Growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1436,295 +1436,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunflower resistance to multiple downy mildew pathotypes revealed by recognition of conserved effectors of the oomycete Plasmopara halstedii</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computational analysis of the Plasmodiophora brassicae genome: mitochondrial sequence description and metabolic pathway database design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Fernando Buendia Martin</w:t>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Penouilh-Suzette</w:t>
+                <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Marechaux</w:t>
+                <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.14157⟩</w:t>
+              <w:t xml:space="preserve">Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111 (6), pp.1629-1640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygeno.2018.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990159v1</w:t>
+                <w:t xml:space="preserve">hal-01943250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational analysis of the Plasmodiophora brassicae genome: mitochondrial sequence description and metabolic pathway database design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+                <w:t xml:space="preserve">Sunflower resistance to multiple downy mildew pathotypes revealed by recognition of conserved effectors of the oomycete Plasmopara halstedii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Pecrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Belcour</w:t>
+                <w:t xml:space="preserve">Luis Fernando Buendia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Gazengel</w:t>
+                <w:t xml:space="preserve">Charlotte Penouilh-Suzette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Marechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 111 (6), pp.1629-1640. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 97 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ygeno.2018.11.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943250v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary History of Plant LysM Receptor Proteins Related to Root Endosymbiosis</w:t>
               </w:r>
@@ -1827,51 +1827,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LysM Receptor-Like Kinase and LysM Receptor-Like Protein Families: An Update on Phylogeny and Functional Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Fernando Buendia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1951,334 +1951,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MetExploreViz: web component for interactive metabolic network visualization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Control of primary metabolism by a virulence regulatory network promotes robustness in a plant pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Peyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Chazalviel</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucas Marmiesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Genin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx588⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-02660-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621786v1</w:t>
+                <w:t xml:space="preserve">hal-02621546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of primary metabolism by a virulence regulatory network promotes robustness in a plant pathogen</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">MetExploreViz: web component for interactive metabolic network visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chazalviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Frainay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Marmiesse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Merlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (2), pp.312-313. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-02660-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621546v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExplore: collaborative edition and exploration of metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Frainay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floréal Cabanettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2355,51 +2355,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rosa genome provides new insights into the domestication of modern roses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Just</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2489,51 +2489,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Badouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Grassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2872,295 +2872,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reprogramming of DNA methylation is critical for nodule development in Medicago truncatula.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A laser dissection-RNAseq analysis highlights the activation of cytokinin pathways by nod factors in the &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; root epidermis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Satge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Moreau</w:t>
+                <w:t xml:space="preserve">Stephane Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Sallet</w:t>
+                <w:t xml:space="preserve">Nathalie N. Rodde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Auriac</w:t>
+                <w:t xml:space="preserve">Olivier Catrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Kisiala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nplants.2016.166⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 171 (3), pp.2256-2276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.16.00711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636585v1</w:t>
+                <w:t xml:space="preserve">hal-02639350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A laser dissection-RNAseq analysis highlights the activation of cytokinin pathways by nod factors in the &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; root epidermis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reprogramming of DNA methylation is critical for nodule development in Medicago truncatula.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Rodde</w:t>
+                <w:t xml:space="preserve">Carine Satge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Catrice</w:t>
+                <w:t xml:space="preserve">Erika Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Kisiala</w:t>
+                <w:t xml:space="preserve">Gaëlle Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Auriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 171 (3), pp.2256-2276. </w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2, pp.16166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.16.00711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nplants.2016.166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02639350v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Resource Allocation Trade-Off between Virulence and Proliferation Drives Metabolic Versatility in the Plant Pathogen Ralstonia solanacearum</w:t>
               </w:r>
@@ -3172,77 +3172,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Marmiesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 12 (10), pp.e1005939. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3276,51 +3276,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FlexFlux: combining metabolic flux and regulatory network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Marmiesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3406,77 +3406,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanu Shameer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora J. Logan-Klumpler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (D1), pp.D637 - D644. </w:t>
@@ -3893,2180 +3893,2168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00922567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of the core metabolism of symbiotic bacteria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Coimbra Klein</w:t>
+                <w:t xml:space="preserve">Telling stories: Enumerating maximal directed acyclic graphs with a constrained set of sources and targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Birmelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Charles</w:t>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gautier</w:t>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 13 (1), pp.438. </w:t>
+              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 457, pp.1--9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-438⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tcs.2012.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00784396v1</w:t>
+                <w:t xml:space="preserve">hal-00764025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telling stories: Enumerating maximal directed acyclic graphs with a constrained set of sources and targets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vicente Acuña</w:t>
+                <w:t xml:space="preserve">Exploration of the core metabolism of symbiotic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Coimbra Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Birmelé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Janice Kielbassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+                <w:t xml:space="preserve">Christian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 457, pp.1--9. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.438. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcs.2012.07.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764025v1</w:t>
+                <w:t xml:space="preserve">hal-00784396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithms and complexity of enumerating minimal precursor sets in genome-wide metabolic networks.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Transcriptome database resource and gene expression atlas for the rose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Marchetti-Spaccamela</w:t>
+                <w:t xml:space="preserve">S. Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leen Stougie</w:t>
+                <w:t xml:space="preserve">O. Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bts423⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, pp.638. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00751715v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome database resource and gene expression atlas for the rose</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Carrere</w:t>
+                <w:t xml:space="preserve">Algorithms and complexity of enumerating minimal precursor sets in genome-wide metabolic networks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Vieira Milreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Raymond</w:t>
+                <w:t xml:space="preserve">Alberto Marchetti-Spaccamela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pouvreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Cottret</w:t>
+                <w:t xml:space="preserve">Leen Stougie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-638⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (19), pp.2474-2483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bts423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00841830v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00751715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genomic reappraisal of symbiotic function in the aphid/buchnera symbiosis: reduced transporter sets and variable membrane organisations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severine Balmand</w:t>
+                <w:t xml:space="preserve">Araceli Lamelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Pérez-Brocal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (12), pp.e29096. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0029096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00659506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CycADS: an annotation database system to ease the development and update of BioCyc databases.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augusto F Vellozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augusto F Vellozo</w:t>
+                <w:t xml:space="preserve">Amélie S Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie S Véron</w:t>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaime Huerta-Cepas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2011, pp.bar008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/database/bar008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00632965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph methods for the investigation of metabolic networks in parasitology</w:t>
+                <w:t xml:space="preserve">Graph-based analysis of the metabolic exchanges between two co-resident intracellular symbionts, Baumannia cicadellinicola and Sulcia muelleri, with their insect host, Homalodisca coagulata.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Vieira Milreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Marchetti-Spaccamela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leen Stougie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0031182010000363⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (9), epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02661590v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00690650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wildridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael P Barrett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 (Web Server issue), pp.W132-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkq312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00690651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-based analysis of the metabolic exchanges between two co-resident intracellular symbionts, Baumannia cicadellinicola and Sulcia muelleri, with their insect host, Homalodisca coagulata.</w:t>
+                <w:t xml:space="preserve">Graph methods for the investigation of metabolic networks in parasitology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000904⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 137, pp.1393-1407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182010000363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00690650v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of reconstituted metabolic networks to assist in metabolomic data visualization and mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Wildridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Scheltema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (2), pp.312-321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11306-009-0196-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systemic analysis of the symbiotic function of Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Brinza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Picard</w:t>
+                <w:t xml:space="preserve">José Viñuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Miele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Cottret</w:t>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.J. Daudin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 332 (11), pp.1034-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crvi.2009.09.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391483v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 10, pp.1-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2105-10-S6-S17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02658961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic analysis of the symbiotic function of Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federica Calevro</w:t>
+                <w:t xml:space="preserve">V. Miele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Rahbé</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.J. Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Robin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, in press, pp.1-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00445861v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 10, pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00428390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse systémique de la symbiose intracellulaire : évolution et organisation du réseau métabolique des endocytobiotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">incollection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.307-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00539375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An introduction to metabolic networks and their structural analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lacroix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Patricia Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Computational Biology and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 5 (4), pp.594-617. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TCBB.2008.79⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00355497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic network visualization eliminating node redundance and preserving metabolic pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bourqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bourqui</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lacroix</w:t>
+                <w:t xml:space="preserve">D. Auber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 1 - n°29, pp.1-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1752-0509-1-29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00434765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6076,432 +6064,432 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiota-Host interactions during juvenile growth: exploration of interconnected metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+                <w:t xml:space="preserve">Pavel Melentev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pavel Melentev</w:t>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NMR metabolomics symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05460083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MULTI-ORGAN GENOME-SCALE METABOLIC MODELING OF A TOMATO PLANT AT VEGETATIVE GROWTH STAGE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Escourrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baroukh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès international de la SFBV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de la Biologie Végétale, Aug 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-organ genome-scale metabolic modeling of tomato plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Gerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Escourrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baroukh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Conference on Constraint-Based Reconstruction and Analysis (COBRA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the metabolic network of Xylella fastidiosa responsible of its fastidious growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6546,73 +6534,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd European Conference on Xylella fastidiosa and the final meeting of the XF-ACTORS project</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Boolean controls in regulated metabolic networks: a case-study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerian Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6661,92 +6649,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Paulevé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMSB 2021 - 19th International Conference on Computational Methods in Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Bordeaux, France. pp.159-180, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-85633-5_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207589v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of the growth-virulence trade-off in the plant pathogen Ralstonia solanacearum species complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baroukh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6755,3515 +6743,3503 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MicrobiOccitanie 2019 - Rencontre des Microbiologistes Région Occitanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-scale investigation of the metabolic determinants generating bacterial fastidious growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cesbron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Taghouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Synthetic and Systemic Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03350558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic and Phylogenomic Approaches to Decipher the Evolution of the Nitrogen Fixing Root Nodule Symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Vernié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène San Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Girou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Congress of International-Society-for-Molecular-Plant-Microbe-Interactions (IS-MPMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Molecular Plant-Microbe Interactions, Jul 2019, Glasgow, United Kingdom. pp.13-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of time-series data in the context of metabolic networks with Systrip Software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Amine Ghozlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Ghozlane</w:t>
+                <w:t xml:space="preserve">David Auber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bringaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes Biologie Informatique Mathématiques (JOBIM 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00838725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systrip: a visual environment for the investigation of time-series data in the context of metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Amine Ghozlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Ghozlane</w:t>
+                <w:t xml:space="preserve">David Auber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bringaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Information Visualization (IV'12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Montpellier, France. pp.4771a204</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réévaluation génomique de la fonction de transport chez Buchnera, endocytobiote des pucerons : une faible diversité de transporteurs et une organisation membranaire variable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Absence of a core metabolic network common to symbiotic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Coimbra Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Vicente Pérez-Brocal</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Tereza Ribeiro de Vasconcelos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Réunion Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">6. Meeting GDRE-RA Comparative genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Lyon, France. 33 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808863v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02806316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of a core metabolic network common to symbiotic bacteria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Coimbra Klein</w:t>
+                <w:t xml:space="preserve">Réévaluation génomique de la fonction de transport chez Buchnera, endocytobiote des pucerons : une faible diversité de transporteurs et une organisation membranaire variable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Araceli Lamelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ana Tereza Ribeiro de Vasconcelos</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Pérez-Brocal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Meeting GDRE-RA Comparative genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Lyon, France. 33 diapositives</w:t>
+              <w:t xml:space="preserve">4. Réunion Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Nov 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02806316v1</w:t>
+                <w:t xml:space="preserve">hal-02808863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial metabolic reconstruction of Klebsiella pneumoniae Kp13, a multidrug resistant pathogen involved in nosocomial outbreaks in Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ivan</w:t>
+                <w:t xml:space="preserve">Cecilia C. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia C. Klein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+                <w:t xml:space="preserve">Ana T Vasconcelos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ac Gales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">X-meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Florianópolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00748781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic network comparison of bacteria in the context of symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia C. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana T Vasconcelos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Otto Warburg International Summer School and Research Symposium on Evolutionary Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00748784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telling Stories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Acuña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Birmele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICALP 2011 satellite workshop: Graph Algorithms and Applications (GA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Zurich, Switzerland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tcs.2012.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00748788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Acyrthosiphon pisum Cyc database (AcypiCyc) created using a novel BioCyc Annotation Database System (CycADS): a useful tool to explore and study the pea aphid metabolism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Colella</w:t>
+                <w:t xml:space="preserve">Augusto Vellozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vellozo</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2, Barcelona, Espagne, juin 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, France</w:t>
+              <w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Paris, juin 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00498411v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) and CycADS (Cyc Annotation Database System): moving from genome sequence annotation to metabolic network analyses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId272" w:history="1">
+                <w:t xml:space="preserve">The Acyrthosiphon pisum Cyc database (AcypiCyc) created using a novel BioCyc Annotation Database System (CycADS): a useful tool to explore and study the pea aphid metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Colella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vellozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vellozo</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Gérard Febvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">5th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 2, Barcelona, Espagne, juin 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391280v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00498411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) : a model database to visualize and study the metabolic network underlying the pea aphid-Buchnera symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Colella</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Symbiosis Society (ISS) Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Madison, août 2009, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CycADS: an annotation management system for the development and update of BioCyc metabolic network databases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+                <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisum Cyc database) and CycADS (Cyc Annotation Database System): moving from genome sequence annotation to metabolic network analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Febvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop on Information Systems for Insect Pests, Rennes, FRANCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Aphids (8 ISA 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Catania (Italie), juin 2009, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00496032v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Augusto Vellozo</w:t>
+                <w:t xml:space="preserve">CycADS: an annotation management system for the development and update of BioCyc metabolic network databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vellozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Huerta-Cepas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Paris, juin 2009, France</w:t>
+              <w:t xml:space="preserve">1st International Workshop on Information Systems for Insect Pests, Rennes, FRANCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815123v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00496032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AcypiCyc (Acyrthosiphon pisumCyc database) and CycADS (CycAnnotation Database System) : moving from genome sequence annotation to metabolic network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Colella</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Aphids (8 ISA 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Catania, juin 2009, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Colella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Fayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire INRA AgroBI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Bordeaux, décembre 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc) : from genome sequence to metabolic network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Colella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Lyon, novembre 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation of metabolism genes: towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Colella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Princetown (USA), juillet 2008, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of the Acyrthosiphon pisum Cyc database (ApsCyc): from genome sequence to metabolic network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Colella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrative Post-Genomics - IPG'08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Lyon (France), novembre 2008, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic network reconstruction from genomic annotations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First Systryp meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Glasgow (UK), juin 2008, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions trophiques dans la symbiose puceron - Buchnera : Régulations transcriptionnelles de la réponse à la carence en acides aminés essentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Charles</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J.M. Fayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Febvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire INRA AgroBI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Bordeaux (France), décembre 2008, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris (France), janvier 2008, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391273v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions trophiques dans la symbiose puceron - Buchnera : Régulations transcriptionnelles de la réponse à la carence en acides aminés essentiels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Caractérisation et modélisation de la « fonction symbiotique » de Buchnera aphidicola chez le puceron du pois Acyrthosiphon pisum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Charles</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J.M. Fayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Febvay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseau Français de Biologie Adaptative des Pucerons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris (France), janvier 2008, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">Séminaire INRA AgroBI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Bordeaux (France), décembre 2008, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391259v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enumerating precursor sets of target metabolites in a metabolic network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.V. Milreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.V. Milreu</w:t>
+                <w:t xml:space="preserve">Vicente Acuna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vicente Acuna</w:t>
+                <w:t xml:space="preserve">A. Marchetti-Spaccamela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Viduani Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WABI 2008 - 8th International Workshop on Algorithms in Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Karlsruhe, Germany. pp.233-244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SymBioCyc: Metabolic data on endosymbiotic, parasitic and free bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrative Post-Genomics - IPG'07</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Lyon (France), novembre 2007, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of expression following nutritional stresses in the reduced genome of Buchnera aphidicola, &amp;quot;Is there any life left?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vinuelas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">N. Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminarios del Institut Cavanilles de Biodiversitat i Biologia Evolutiva (ICBiBE) - Univ. Valencia (ESP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Valencia (Espagne), juin 2007, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enumerating precursor sets of target metabolites in a metabolic network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.V. Milreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.V. Milreu</w:t>
+                <w:t xml:space="preserve">Vicente Acuna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vicente Acuna</w:t>
+                <w:t xml:space="preserve">A. Marchetti-Spaccamela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Viduani Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Workshop on Algorithms in Bioinformatics (WABI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Karlsruhe (Allemagne), septembre 2008, France. pp.233-244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de précurseurs dans un réseau métabolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Acuna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réseaux d'interaction : analyse, modélisation et simulation (RIAMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Villeurbanne (France), novembre 2007, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation génétique et métabolique chez Buchnera aphidicola (AgroBi 2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Brinza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Brinza</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée INRA-INRIA "Insertion des mathématiques dans les approches biologiques : du gène à l'organisme"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Lyon (France), décembre 2006, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00391289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10273,547 +10249,547 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExploreViz, online visualisation tool for metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-clément Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-clément Gallardo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Prague, Czech Republic. 12, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of metabolic networks and host-microbiota interactions using multimodal Metabolomics. A Methodological Approach Using Mass Spectrometry, NMR, DESI Imaging, and Modeling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Melentev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Le Faouder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFMF 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MtCel2, a new cellulase involved in the establishment of the Medicago truncatula-Sinorhizobium meliloti symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Isabel Rubia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Isabel Rubia</w:t>
+                <w:t xml:space="preserve">Lisa Frances</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Frances</w:t>
+                <w:t xml:space="preserve">Maria Fernanda Guerrero-Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Fernanda Guerrero-Molina</w:t>
+                <w:t xml:space="preserve">Marilyne Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Nitrogen Fixation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExplore: Omics data analysis in the context of metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Rohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Poupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Frainay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic modelling of trophic interactions between a plant pathogen and its host plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baroukh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10822,580 +10798,580 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Genin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Plant Systems Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Roscoff, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TrypanoCyc: a community effort towards the development of a metabolic pathway database for Trypanosoma brucei.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Logan-Klumpler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Vinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Barrett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kinetoplastid Molecular Cell Biology Meeting (KMCB 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Inconnue, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02803549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExplore, a framework for the analysis of metabolic networks: applications in the field of metabolomics data and the study of endocrine disruptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+                <w:t xml:space="preserve">Maria-Helena Meireles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Zalko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Copenhagen Workshop on Endocrine Disrupters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02802904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetExplore: a web server to link metabolomic experiments and genome-scale metabolic networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wildridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael P. Barrett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Sagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France. , 1 p., 2010, JOBIM 2010 Montpellier, Journée Ouvertes Biologie Informatique Mathématique, Montpellier, France, 7 - 9 septembre 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation of metabolism genes : towads the implementation of an Acyrthosiphon pisum Cyc database (ApsCyc) to perform metabolic network analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Colella</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Febvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Meeting of the International Aphid Genomics Consortium "Pea Aphid Genome Annotation Workshop 1"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Princetown, juillet 2008, United States. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11405,370 +11381,370 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unlocking the Microbiome-Metabolome Nexus for Innovative One-Health Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Creusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Creusot</w:t>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+                <w:t xml:space="preserve">Samuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Bertrand</w:t>
+                <w:t xml:space="preserve">Cédric Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bertrand</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Simon Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228419v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes and can stimulate root development and colonization by arbuscular mycorrhizal fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Gris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gasciolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02967159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family-Companion: analyse, visualise, browse, query and share your homology clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rancurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Rancurel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Martial Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11778,114 +11754,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse systémique de la symbiose intracellulaire : évolution et organisation du réseau métabolique des endocytobiotes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cottret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Claude Bernard - Lyon I, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00494581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId344"/>
+      <w:footerReference w:type="default" r:id="rId343"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12032,51 +12008,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baroukh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00083-23" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684572v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Esque" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Gaston" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.4327" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728310v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fromentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac177" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03727243v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escourrou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiab548" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204399v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gasciolli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16148" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204410v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Miral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kautsky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091859" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701755v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerian Thuillier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bockmayr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac479" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03052440v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gonzalez&#8208;fuente" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Monachello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G Marsella" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12965" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02901652v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine G. Taghouti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Jacques" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00698-19" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990159v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Buendia Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Marechaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14157" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01943250v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2018.11.013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366084v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Gough" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lefebvre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bono" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00923" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621378v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Girardin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongming Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01531" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazalviel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frainay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Merlet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx588" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621546v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Marmiesse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02660-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886470v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Gloaguen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky301" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779355v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636585v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Satge" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.166" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639350v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boivin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Rodde" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kisiala" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00711" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005939" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633823v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0238-z" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631222v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanu Shameer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora J. Logan-Klumpler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku944" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636200v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khafif" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Balague" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raffaele" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-15-222" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082945v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton Timmers" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauviac" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12442" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922567v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vieira Milreu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Coimbra Klein" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acu&#241;a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Birmel&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btt597" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784396v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-438" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00764025v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Birmel&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.07.023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F278SL2W-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00751715v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Stougie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts423" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841830v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dubois" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carrere" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Raymond" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pouvreau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-638" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659506v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Lamelas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez-Brocal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029096" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661590v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182010000363" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C78A70C1065D1277EC8842D3EAE35B98CF1A4866/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690651v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wildridge" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq312" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690650v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000904" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662801v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Scheltema" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-009-0196-9" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391483v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Miele" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Daudin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658961v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques J.-J. Daudin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-10-S6-S17" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445861v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKV0L16V-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428390v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539375v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355497v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Thebault" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Sagot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2008.79" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434765v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourqui" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Auber" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mary" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-1-29" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460083v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Melentev" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718279v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350567v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Gerlin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Genin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350588v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207589v3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85633-5_10" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786961v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Peyraud" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350558v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Taghouti" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961209v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838725v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dubois" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bringaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742176v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808863v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806316v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Tereza Ribeiro de Vasconcelos" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748781v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ivan" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia C. Klein" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana T Vasconcelos" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ac Gales" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748784v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748788v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Birmele" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498411v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391280v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Febvay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814342v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815123v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814863v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824972v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fayard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821711v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391279v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391519v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391287v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391273v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Charles" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fayard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391259v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391292v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Milreu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acuna" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viduani Martinez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391290v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sagot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391505v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reymond" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391291v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391288v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391289v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180188v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-cl&#233;ment Gallardo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Liotier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479492v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909369v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Rubia" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Frances" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Guerrero-Molina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Renard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dufour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948391v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rohan" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786492v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803549v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Logan-Klumpler" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Barrett" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802904v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zalko" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821730v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Barrett" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818508v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967159v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788818v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00494581v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baroukh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pires" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00083-23" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684572v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Esque" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Gaston" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.4327" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728310v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fromentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pecrix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac177" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204399v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gasciolli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16148" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03727243v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Escourrou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiab548" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204410v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Miral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kautsky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091859" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701755v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerian Thuillier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bockmayr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Paulev&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac479" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03052440v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gonzalez&#8208;fuente" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Monachello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G Marsella" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12965" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02550894v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guru Radhakrishnan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duchesse Lacour Mbadinga Mbadinga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-020-0613-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02901652v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine G. Taghouti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Jacques" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00698-19" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01943250v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygeno.2018.11.013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990159v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Fernando Buendia Martin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Marechaux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14157" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366084v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Gough" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lefebvre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bono" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00923" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621378v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Girardin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongming Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01531" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621546v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Marmiesse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02660-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621786v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazalviel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frainay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Merlet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx588" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886470v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Gloaguen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky301" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01798003v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-018-0110-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779355v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639350v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boivin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Rodde" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kisiala" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00711" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636585v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Satge" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.166" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005939" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633823v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0238-z" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631222v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanu Shameer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora J. Logan-Klumpler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku944" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636200v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khafif" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Balague" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raffaele" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-15-222" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03082945v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton Timmers" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sauviac" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12442" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922567v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Vieira Milreu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Coimbra Klein" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acu&#241;a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Birmel&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btt597" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00764025v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Birmel&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.07.023" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784396v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-438" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841830v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dubois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carrere" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Raymond" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pouvreau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-638" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00751715v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Stougie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts423" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659506v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Lamelas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente P&#233;rez-Brocal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029096" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690650v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000904" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690651v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wildridge" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq312" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661590v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182010000363" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C78A70C1065D1277EC8842D3EAE35B98CF1A4866/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662801v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Scheltema" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-009-0196-9" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445861v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.007" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKV0L16V-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658961v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques J.-J. Daudin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-10-S6-S17" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391483v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Miele" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Daudin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428390v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539375v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355497v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Thebault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Sagot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2008.79" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434765v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourqui" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Auber" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mary" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-1-29" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460083v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Melentev" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718279v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350567v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Gerlin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Genin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350588v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207589v3" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85633-5_10" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786961v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Peyraud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350558v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Taghouti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961209v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne San Clemente" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838725v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dubois" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bringaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742176v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806316v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Tereza Ribeiro de Vasconcelos" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808863v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748781v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ivan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia C. Klein" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana T Vasconcelos" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ac Gales" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748784v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748788v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Birmele" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815123v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498411v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814342v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391280v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Febvay" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814863v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824972v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fayard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821711v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391279v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391519v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391287v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391259v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Charles" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fayard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391273v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391292v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.V. Milreu" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Acuna" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marchetti-Spaccamela" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Viduani Martinez" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391290v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Sagot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391505v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reymond" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391291v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391288v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391289v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180188v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-cl&#233;ment Gallardo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Liotier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479492v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909369v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Rubia" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Frances" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Guerrero-Molina" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Renard" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dufour" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948391v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rohan" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786492v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803549v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Logan-Klumpler" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Barrett" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802904v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zalko" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821730v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Barrett" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818508v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967159v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788818v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rancurel" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00494581v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>