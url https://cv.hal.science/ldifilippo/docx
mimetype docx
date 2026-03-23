--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.50684931507px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Di Filippo </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de l'information et de la communicationDépartement Info-commUFR SHS-MetzUniversité de LorraineCentre de recherche sur les médiationsUniversité de Lorraine</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ldifilippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5642-9127</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">167445898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouvez moi sur Mastodon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trolls de Dungeons &amp; Dragons : inspirations et évolutions d’une figure d’altérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire culturelle de l'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Figures mythiques dans les cultures contemporaines : récits du passsé et réinterprétations, 6, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface. Les mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comité de Rédaction d'Interrogations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les Mythes au XXIe siècle, 36, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen Âge, de l’université au grand public. Entretien avec Bruno Dumézil, Laurent Di Filippo et Romain Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Conti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Desbrest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rozanès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dumézil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/essais.12876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes nordiques dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstudia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Miroirs culturels du passé et du présent : mythes et technologies numériques modernes dans le discours culturel contemporain, 34, pp.32-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stéréotypes du Nord dans les « géographies imaginées eurocentrées » des productions ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundus Fabula. La fabrique des mondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Jeux, sports et espaces, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples dimensions des rapports entre jeux et faits religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Jeux et faits religieux, 15, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.3103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Mythe au jeu [Résumé de Thèse]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asdiwal : revue genevoise d’anthropologie et d’histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, pp.213-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches anthropologiques de l’imaginaire pour l’étude des représentations nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundus Fabula. La fabrique des mondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle et réception des mythes nordiques : quelques exemples tirés de Donjons et dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Archicube </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26, pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantasy et panthéon nordique dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fantasy Art and Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Pop Norse, 6, pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La franchise Conan ou l’intermédialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Jeux vidéos et cinéma : une création interactive, 168, pp.104-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer avec l'horreur. Réception et adaptation ludique du « Mythe de Cthulhu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58, pp.110-119. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revss.316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conan entre personnage transmédia, monde transmédial et réalisations locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Design et Transmédia : le croisement des disciplines de SHS, 10, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.2578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville après l'apocalypse. Entre formalisation projective et réalisation locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.126-133. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revss.424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01716917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angus Nicholls, Myth and the Human Sciences. Hans Blumenberg’s Theory of Myth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualiser les théories du jeu de Johan Huizinga et Roger Caillois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25, pp.281-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La position du doctorant en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.287-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lindow, Trolls. An Unnatural History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.345-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Ekeland, &amp;quot;Au hasard. La chance, la science et le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en scène et interrogation du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49, pp.64-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en scène et interrogation du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49, pp.64-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll et al., La société terminale 1. Communautés virtuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.378-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Treuil, Le mythe de l’Atlantide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.330-331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Triclot, Philosophie des jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.381-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notions de personnage-joueur et Roleplay pour l’étude de l’identité dans les MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Identité fictive et fictionnalisation de l’identité (I), 15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome De Groot, Consuming history. Historians and heritage in contemporary popular culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.384-385</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus qu’un retour aux enquêtés, construire des ponts par l’observation participante : étude d’une communauté en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le retour aux enquêtés, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mia Consalvo, Charles Ess, eds, The Handbook of Internet Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.444-446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Dyer-Witheford, Greg de Peuter, Games of Empire : Global Capitalism and Video Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.393-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (111)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Médiévalisme nordique dans les jeux de société moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIe Congrès bisannuel de l’Association pour les études nordiques (APEN). Le Nord comme espace de contact(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques; Université de Mons, May 2025, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trolls in Dungeons and Dragons: inspirations and evolutions of a figure of otherness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Saga Conference. Sagas and Otherness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Silesia; Jagiellonian University, Aug 2025, Katovice, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerres et batailles dans les jeux de plateau inspirés par le Nord médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Le médiévalisme – Des usages contemporains du Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de médiévistique occidentale de Paris (LaMOP, Université de Paris 1 Panthéon-Sorbonne), Feb 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier constructions de mondes de jeu de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Aiôn. Socio-anthropologie de l'imaginaire du temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, Jun 2024, Val d'Ajol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 ans de jeux de rôle sur table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanfilippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Tortuyaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Game Evolution (CIGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier; Université Paris-Est Créteil Val de Marne, May 2024, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et rituels : de l’anthropologie à l’étude des jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude Des jeux et des rites, de l’antiquité aux jeux contemporains.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse-Jean Jaurès; Patrimoine Littérature Histoire (PLH, Université Toulouse-Jean Jaurès), Mar 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légendes nordiques Vikings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences Sciences et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Thionville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples fonctions des runes dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Les langues anciennes et leurs imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human-Hist; Centre d'histoire vivante; Ville d'Autun, Mar 2023, Autun, France. pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05061845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vikings débarquent. Archéologie et jeu vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Malbos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hycarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guindeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du Musée d'Archéologie Nationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d'archéologie national (MAN), Feb 2023, Saint-Germain-en-Laye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux-vidéos et les sciences, quel rapport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Game Jam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eastgame, Feb 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du livre Vikings !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlane Messey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de plateau et récits scandinaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’été Médiévalismes des quatre coins du monde : Le Moyen Âge, vecteur de domination ou miroir de la diversité culturelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne (Unil), Sep 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café de l'histoire sur Les mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes nordiques dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Formes discursives. Évoquer le passé et répondre aux enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centres de recherche Interstud (Université Vasile Alecsandri de Bacau); Centrul de cercetare explorări textuale şi acţiune prin limbaj (Cetal, Université Vasile Alecsandri de Bacau), Apr 2023, Bacau, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings et Mythes nordiques dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux du Graoully 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Caverne du Gobelin, Apr 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le Moyen Âge scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’été Médiévalismes des quatre coins du monde : Le Moyen Âge, vecteur de domination ou miroir de la diversité culturelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne (Unil), Sep 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Ages, vector of cultural domination or mirror of cultural diversity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Le Ribeuz-Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taku Kuroiwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experts' round-table : Summmer School Medievalisms from around the world: The middle ages, vector of cultural domination or mirror of cultural diversity?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne; Université Grenoble Alpes, Sep 2023, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envie de créer des jeux vidéos et d'en faire votre métier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bettannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Présentation d'un master création de dispositifs ludiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque Voyelles, Mar 2023, Charleville-Mézières, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Battaggion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jaworski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laribi Glaudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de l'ouvrage Vikings!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre lors des BMM Avril</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque Verlaine Metz; Bibliothèques médiathèques de Metz (BMM), Jun 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thor, Odin, Freya, la mythologie nordique et ses échos contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête des remparts de Dinan 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Fête des remparts, Jul 2023, Dinan, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inspirations et évolutions des trolls dans Dungeons & Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Figures mythiques nordiques dans les cultures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe de recherche sur les littératures, les imaginaires et les sociétés (ERLIS, Université de Caen Normandie), Nov 2022, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations de la puissance divine dans Dungeons &amp; Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du Festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e temps fort du projet Memories, Images and History across borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Memories, Images &amp; History across borders (Mihab); Centre national de l'audiovisuel (CNA), May 2022, Dudelange, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques du Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Malbos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du Festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ces idées reçues de l’Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Battaggion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Demoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianey Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Play-conférence – « Assassin’s Creed Valhalla » et les influences nordiques dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférence Les rendez-vous du jeu vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque nationale de France, Jan 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes : entre permanence et changement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Atelier du réseau FER-EUROETHNO du Conseil de l'Europe. Imaginaires du temps, temps de l'imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Eurethno (Conseil de l'Europe), Jun 2020, Lodz, Pologne. pp.122-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits médiévaux scandinaves d'hier à aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'été Moyen Âges d'en haut et d'en bas : perméabilités, interactions et débats entre recherche académique et cultures populaires / The Middle Ages High and Low: intersections, interactions, debates between academic knowledge and pop culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Aug 2022, Lausanne (CH), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits médiévaux scandinaves aux jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Play Sorbonne Université Festival</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs et faire savoir, ouvrir des voies de recherche par l’interdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interdisciplinarité(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau national des maisons des sciences de l'Homme, Sep 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stéréotypes du Nord dans les &amp;quot;géographies imaginées eurocentrées&amp;quot; des productions ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier-séminaire Loisir et imaginaire : Jeux, sports et espaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence nationale de la recherche (programme de recherche Aiôn); Université de Franche-Comté, Nov 2019, Besançon, France. pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création de monde en Jeu de rôle, de l'analyse à l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’Automne en Management de la Créativité Édition 2021 - Créativité et Renaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BETA; Mosaic-HEC Montréal, Nov 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux, religions et questions de société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Jeux, religions et questions de société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cultures et mondes ludiques (Université de Strasbourg), Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loki : figure et puissance divine dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Congrès de l'Association pour les Études Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des langues et civilisations orientales (Inalco), Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donjons et dragons et la littérature médiévale scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Jeu de rôles et transmission littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Mar 2020, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques entre sources et usages ludiques contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectacle Les Runes d'Odin : causeries, conférence, conte numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque de Sarre-Union; Festival Vos oreilles ont la parole, Oct 2020, Sarre-Union, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cultures traditionnelles et l'histoire au service des mondes ludiques : l'exemple des mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences sur la ludopédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service universitaire d'ingénierie et d'innovation pédagogique (SU2IP, Université de Lorraine), Nov 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03080551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mythologie nordique dans Donjons & Dragons Entre réception et stéréotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Fest’Ain d’histoire 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Noémie Budin, Oct 2018, Chazey-sur-Ain, France. pp.74-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle et médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Zema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lefoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batro Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la 18e édition de Don des dragons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Don des dragons, Dec 2020, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nordicité barbare dans les jeux contemporains : entre altérité et identification ludique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international De la Nordicité : concept, représentation, imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche en langues et littératures européennes; Université de Haute-Alsace, Oct 2017, Mulhouse, France. pp.249-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le Nord dans le Multivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude internationales Géographies et imaginaires. La construction de l’espace en Europe du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (APEN), Mar 2019, Strasbourg, France. pp.231-247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le Nord dans le multivers. Des récits médiévaux scandinaves à la cosmologie de Dungeons and Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude internationales Géographies et imaginaires. La construction de l’espace en Europe du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (Apen), Mar 2019, Strasbourg, France. pp.57-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes d’Advanced Dungeons and Dragons au spectre du transmédia : l’exemple de Dark Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études sur le transmédia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Namur, Nov 2017, Namur, Belgique. pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbaric Lands of the North in a Massively Multi-Player Role-Playing Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Old norse myth and völkisch ideology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne; Université de Bâle, Sep 2017, Bâle, Switzerland. pp.175-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dieux nordiques : panthéons et avatars scandinaves dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e congrès de l'Association pour les études nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (Apen), Jun 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques du Moyen-Âge aux jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée pour les professionnels dans le cadre du Google Atelier de Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Google Atelier Numérique, Nov 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle, fantasy post-apocalyptique et constructions de monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MISHA 2019-2020. Les mondes ludiques : constructions et appropriations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme - Alsace (Misha); Université de Strasbourg; CNRS, Feb 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02020101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en scène ludique de l’Histoire : l’époque viking comme cadre de jeu pour Advanced Dungeons and Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Fantasy et Histoire(s) dans le cadre du festival Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Festival Imaginales; Comité d’histoire régionale – Région Grand Est, May 2018, Épinal, France. pp.391-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages ludiques du passé : Le médiévalisme dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Le médiévalisme – Des usages contemporains du Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Médiévistique occidentale de Paris (LaMOP; Université Paris 1 Panthéon-Sorbonne), Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mythes nordiques aux jeux contemporains : pour une approche anthropo-communicationnelle du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du Cercle Nordique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des langues de l'université de Strasbourg; Association Le Cercle Nordique, Feb 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux de rôle : Donjons et Dragons et la réception des récits médiévaux scandinaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises de la recherche Cultures populaires et médiatiques. Approches critiques des fictions médiatiques : enjeux, outils, méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Nanterre; Université Sorbonne Nouvelle – Paris 3, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark Sun - Jeu de rôle, Fantasy post-apocalyptique et mondes réalisés localement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dynamiques européennes (Université de Strasbourg), Mar 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chercheur sur le jeu doit-il nécessairement être un joueur ? Le joueur peut-il devenir chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Game in lab. Game Research Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asmodee Research; Innovation Factory, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loki : Super-héros ou super-vilain ? Ce qu'en dit la mythologie nordique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Super-Héros : mythe ou réalité ? 5 conférences pour comprendre les super pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, May 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches anthropologiques de l’imaginaire pour l’étude des représentations nordiques dans les jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Loisirs et imaginaires. La construction de mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, Oct 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences Docteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hering</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossu Gabriela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianqing Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la formation doctorale "Compétences Docteur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Feb 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bons ou mauvais jeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Bon ou mauvais jeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet de recherche Locus Ludi; Université de Fribourg, Nov 2018, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dungeons and Dragons: A Cultural Phenomenon contributing to the Reception of Old Norse Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Saga Conference. Islendigasögur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Árni Magnússon Institute for Icelandic Studies; University of Iceland Centre for Medieval Studies, Aug 2018, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir chercheur post-doctorant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation doctorale : Les financements de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; École doctorale Fernand-Braudel, Mar 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les références aux récits médiévaux scandinaves dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Représentations modernes et contemporaines des Nords médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École doctorale sciences humaines et sociales Lille Nord de France, Mar 2017, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie des jeux de rôle. Au croisement des traditions haïtiennes, germano-scandinaves et chrétiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Ludinam. Rencontres universitaires Zombie : mythe ou réalité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, May 2017, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chaman de l'ours : une figure du &amp;quot;healer [soigneur]&amp;quot; nordique dans les jeux en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e journée d'étude Images du Savoir Pratique : les figures de l'informaticien et du médecin dans les récits de fiction populaires contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison interuniversitaire des sciences de l'homme d'Alsace (MISHA); Université de Strasbourg, Jun 2016, Strasbourg, France. pp.209-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le doctorat : quelques réflexions sur les compétences de l'enseignement et de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire professionnel du Master Plurilinguisme et Interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Jan 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et publics : construire et penser les relations entre médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Jeunes chercheur.e.s (AJC) du Crem, Oct 2013, Metz, France. pp.7-46, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/emulations.cr.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les temporalités dans les jeux en ligne massivement multi-joueurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXe Congrès de la Société française des sciences de l’information et de la communication (SFSIC) : Temps, Temporalités et information-communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem; Université de Lorraine); Société françaises des sciences de l'information et de la communication (SFSIC), Jun 2016, Metz, France. pp.81-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier la réception des mythes nordiques dans les productions culturelles contemporaines, objets, théories, méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département d'étude scandinaves de l'Université de Strasbourg, Apr 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’entend-on par « mythes nordiques »?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours d'illustration scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute école des arts du Rhin, Feb 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strasbourg après l’apocalypse: interroger et se réapproprier la ville par l’utopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Feb 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correspondances et contrastes entre jeux traditionnels et jeux numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Buzy-Christmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Goria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Thévenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Des jeux traditionnels aux jeux numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine), Nov 2014, Nancy, France. pp.[En ligne], </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01285627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits médiévaux scandinaves aux mythes nordiques : catégorisations et processus d’universalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire Penser les catégories de pensée. De l’objet à l’objectivation dans l’étude des arts, des médias et des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle – Paris 3, Jun 2015, Paris, France. pp.115-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité en pratique : deux cas d’étude autour de la pornographie, du mythe de la communication et de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international La question interdisciplinaire en sciences de l'information et de la communication: expériences de recherches situées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des doctorants toulousain·e·s en sciences de l'information et de la communication, Nov 2012, Toulouse, France. pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythology, Reception and Digital Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Saga Conference. Sagas and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les temporalités dans les MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et réception contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stammthèse de l'association Doxtra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance autour de l'ouvrage La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctorale les Aspects concrets de la thèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'école des hautes études en sciences sociales, Feb 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénoménologie du mythe et anthropologie de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieux, héros et monstres nordiques : quand les figures mythiques envahissent les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gamers assembly 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier en études sur le jeu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche sur les jeux vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maude Bonenfant, Dec 2014, Montréal (visioconférence), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu à la loupe des sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du relais culturel du Moulin9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Niederbronn-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goffman et le jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cycle Ce que jouer nous apprend, soirée spéciale Don des dragons,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux sciences citoyens !. Communication présentée pour l’association les Petits débrouillards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replacer les théories de Johan Huizinga et Roger Caillois dans leurs œuvres globales et leurs contextes historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Ludologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie et jeux en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeu : les ateliers de la pensée.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vincent Thomas, Mar 2013, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail sur » le mythe de Cthulhu : potentiel d’efficacité, réception et distance ludique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Definition of Myth in Cthulhu-based Role Playing Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weird Lovecraft: H. P. Lovecraft, Weird Tales, and the American Horror Canon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Rutland (viosioconference), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et publics : construire et penser la relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages en Cimmérie. Géographies imaginées et représentations du Nord dans Age if Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmediality and convergence of traditional and modern culture in MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Crossroads Conference 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where in the world are - virtual worlds?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Life, Turku TomorrowCafe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Second Life (En ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Société Terminale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age of Conan: transmediatic Figures of Barbarism in the Internet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Enduring Barbarian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rutland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le barbare transmédiatique : stéréotypes, imaginaire et bricolages culturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et constructions des publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La double position du chercheur-joueur : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International partnership, tools and possibilities, a small lesson in applied psychosociology of science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">olloque Premières rencontres annuelles du réseau franco-suédois pour la recherche en jeu vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myth and History in Funcom’s Age of Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">école d’été pour doctorants Culture, Business and Community around Games</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexivité et rôle du chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodologie de la recherche. master Plurilinguisme et Interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying video Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roencontres de l'institut suédois pour la journée de la femme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'un réseau franco-suédois pour la recherche en jeux vidéo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e réunion annuelle des chercheurs français en Suède</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Position of the Player-Researcher : Between Involvement and Reflexivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jane seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origines nordiques et Médiacultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mois Suédois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norden i Funcoms Age of Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du réseau EUCOR en étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Den nordiska mytologins mottagning i Age of Conan : The exploration phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du réseau EUCOR en étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Tubingue, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Univers virtuels et jeux vidéo - un refus du principe de réalité ou la construction d'une nouvelle réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du centre Européen d'études Jugiennes (CEEJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception de la mythologie nordique dans Age of Conan : la phase d'exploration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours civilisation scandinave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contenus culturels et identité dans les MMORPG, une étude de cas sur Dark Age Of Camelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Industrie du jeu vidéo : Miroir de l'économie créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mondes virtuels et identité numérique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mardi de la Misha. Quand les lieux construisent l'identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoignage et point de vue de l'étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème rencontres nationales de la FNCAS - Synergie personnels-étudiants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Clichés dans l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Budin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Censier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondin Mélaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fest'Ain d'Histoire 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chazey-sur-Ain, France. Didaskalie, pp.129, 2020, 978-2-9571423-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de la question interdisciplinaire en sciences de l'information et de la communication. Expériences de recherches situées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Carbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Negrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international L'interdisciplinarité en question dans les Sciences de l'Information et de la Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Toulouse, France. 32, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232, 2016, Questions de communication, série actes, 978-2-8143-0272-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et faits religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, 2021, Jeux et faits religieux, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.3099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le médiévalisme. Images et représentations du Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des jeux et des mondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux traditionnels et jeux numériques : filiations, croisements, recompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Buzy-Christmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Goria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Thévenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Des jeux « traditionnels » aux jeux numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, 2016, Jeux traditionnels et jeux numériques : filiations, croisements, recompositions, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Francois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2012, 9782814301283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et appropriations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Logiques sociales - études culturelles, Bruno Péquignot, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités et imaginaires du jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cayatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 9, 2023, JEU/PLAY/SPIEL, 978-2-87562-370-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. Les Moutons électriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Bibliothèque des miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les relations entre médias. Dispositifs transmédiatiques, convergences, constructions des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. Néothèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-35525-344-7. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/emulations.cr.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes ludiques entre constructions, appropriations et détournements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et détournements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-29, 2024, Logiques sociales - études culturelles, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu de rôle, fantasy post-apocalyptique et construction de monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et détournements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-58, 2024, Logiques sociales - études culturelles, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les guerriers-fauves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson; Victor Battaggion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fantasy &amp; Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ActuSF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.200-201, 2023, 978-2-37686-587-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cayatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Cayatte; Audrey Tuaillon Demésy; Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalités et imaginaires du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-15, 2023, Jeu / Play / Spiel, 978-2-87562-370-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et jeux de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Genvo; Thibault Philippette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction aux théories des jeux vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-100, 2023, Jeu/Play/Spiel, 978-2-87562-362-1. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pulg.26199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des dieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Moutons éléctriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-96, 2022, Bibliothèque des Miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques : sources et savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Moutons éléctriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.28-47, 2022, Bibliothèque des Miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie de Donjons et Dragons : hybridations et évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Audrey Tuaillon Demésy; Sidney Grosprêtre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zombie : mythe ou réalité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. ActuSF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-82, 2020, 978-2-37686-307-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un séminaire étudiant au titre de Docteur : parcours d'un scandinaviste français à l'Université de Bâle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jürg Glauser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 Jahre Skandinavistik in der Schweiz. Eine kurze Geschichte der Abteilung für Nordische Philologie an der Universität Basel und der Universität Zürich 1968-2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-57, 2019, 978-3-7720-8679-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la fantasy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendémiaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-275, 2018, 978-2-36358-315-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary Popular Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jürg Glauser; Pernille Hermann; Stephen Mitchell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pre-Modern Nordic Memory Studies. Interdisciplinary Approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.380-386, 2018, 978-3-11-044020-1. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110431360-036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la fantasy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendémiaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-281, 2018, 978-2-36358-315-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMORPG as Locally Realized Worlds of Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marta Boni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Building. Transmedia, Fans, Industries.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amsterdam University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.231-250, 2017, 9789089647566; 9789048525317. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5117/9789089647566/ch13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conan and the North. The reception History of a Short Story and the Definition of the Canon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Müller-Wille Klaus; Heslop Kate; Rösli Lukas; Richter Anna Katharina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skandinavische Schriftlandschaften. Vänbok till Jürg Glauser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 39, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.305-310, 2017, Beitrag zur nordischen Philologie, 978-3-7720-8628-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01812077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie culturelle, communication et phénoménologie du mythe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelica Helena Marinescu; Alexandra Gabriela Constantinescu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie/y &amp; communication. Intersections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editura Universității din București</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.37-61, 2016, 978-606-16-0706-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopter une démarche réflexive : implications et enjeux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Francois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Hélène François; Anthony Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Questions de communication, série actes, 9782814301283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dichotomie chercheur-joueur dans la recherche en jeu vidéo : pertinence et limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo, Anthrony Michel, Hélène François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-192, 2012, La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre avec Olivier Sanfilippo – cartographe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ubisoft Stories.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Rencontre avec] Laura Bevon - Illustratice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits nordiques face à l’universalisme de la notion de « mythes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robert-e-howard.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.309-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du Moyen Âge imaginaire. Le médiévalisme, hier et aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.255-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du Moyen Âge imaginaire. Le médiévalisme, hier et aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.259-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson des Nibelungen, ou la métamorphose d’une épopée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Song of the Nibelungs: Metamorphosis of a Saga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kalevala: From National Epic to Fantasy Genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le grand nord inspire la fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddur and Sagas : Eight centuries of Myths Helping Authors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Album – Les figures de la mythologie nordique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle de la BNF Fantasy, retour aux sources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.fantasy.bnf.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Kalevala, du récit national à la littérature fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddas et Sagas, huit siècles de mythes au service des auteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Far North Inspires Fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chauvier, Anthropologie de l'ordinaire. Une conversion du regard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.399-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mythes nordiques aux jeux en ligne : étudier les dynamiques culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au N°25. Retour du religieux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bihr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Thanassekos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Diestchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Haissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au n° 24. Publics/non-publics : questions de méthodologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Chanoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Demoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Diestchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Haissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lindow, Trolls : &amp;quot;An Unnatural History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.345-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Ingvar Thurin : &amp;quot;The American Discovery of the Norse. An Episode in Nineteenth-Century American Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Ekeland : &amp;quot;Au hasard. La chance, la science et le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mythe au jeu : approche anthropo-communicationnelle du Nord : des récits médiévaux scandinaves au MMORPG Age of Conan : Hyborian Adventures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université de Lorraine, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016LORR0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01492870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId293"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.50684931507px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent Di Filippo </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de l'information et de la communicationDépartement Info-commUFR SHS-MetzUniversité de LorraineCentre de recherche sur les médiationsUniversité de Lorraine</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ldifilippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5642-9127</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">167445898</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouvez moi sur Mastodon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trolls de Dungeons &amp; Dragons : inspirations et évolutions d’une figure d’altérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire culturelle de l'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Figures mythiques dans les cultures contemporaines : récits du passsé et réinterprétations, 6, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface. Les mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comité de Rédaction d'Interrogations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les Mythes au XXIe siècle, 36, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes nordiques dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstudia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Miroirs culturels du passé et du présent : mythes et technologies numériques modernes dans le discours culturel contemporain, 34, pp.32-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen Âge, de l’université au grand public. Entretien avec Bruno Dumézil, Laurent Di Filippo et Romain Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Conti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Desbrest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Rozanès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dumézil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essais : revue interdisciplinaire d'Humanités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/essais.12876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples dimensions des rapports entre jeux et faits religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Jeux et faits religieux, 15, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.3103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stéréotypes du Nord dans les « géographies imaginées eurocentrées » des productions ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundus Fabula. La fabrique des mondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Jeux, sports et espaces, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Mythe au jeu [Résumé de Thèse]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asdiwal : revue genevoise d’anthropologie et d’histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, pp.213-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches anthropologiques de l’imaginaire pour l’étude des représentations nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mundus Fabula. La fabrique des mondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle et réception des mythes nordiques : quelques exemples tirés de Donjons et dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Archicube </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26, pp.137-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantasy et panthéon nordique dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fantasy Art and Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Pop Norse, 6, pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jouer avec l'horreur. Réception et adaptation ludique du « Mythe de Cthulhu »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58, pp.110-119. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revss.316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01691735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La franchise Conan ou l’intermédialité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Jeux vidéos et cinéma : une création interactive, 168, pp.104-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville après l'apocalypse. Entre formalisation projective et réalisation locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.126-133. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revss.424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01716917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conan entre personnage transmédia, monde transmédial et réalisations locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Design et Transmédia : le croisement des disciplines de SHS, 10, pp.[En ligne]. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.2578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angus Nicholls, Myth and the Human Sciences. Hans Blumenberg’s Theory of Myth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.En ligne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualiser les théories du jeu de Johan Huizinga et Roger Caillois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25, pp.281-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lindow, Trolls. An Unnatural History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.345-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La position du doctorant en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de la SFSIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.287-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en scène et interrogation du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49, pp.64-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en scène et interrogation du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49, pp.64-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Ekeland, &amp;quot;Au hasard. La chance, la science et le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Treuil, Le mythe de l’Atlantide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.330-331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Triclot, Philosophie des jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.381-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les notions de personnage-joueur et Roleplay pour l’étude de l’identité dans les MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Identité fictive et fictionnalisation de l’identité (I), 15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll et al., La société terminale 1. Communautés virtuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.378-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome De Groot, Consuming history. Historians and heritage in contemporary popular culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.384-385</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plus qu’un retour aux enquêtés, construire des ponts par l’observation participante : étude d’une communauté en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Le retour aux enquêtés, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mia Consalvo, Charles Ess, eds, The Handbook of Internet Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.444-446</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Dyer-Witheford, Greg de Peuter, Games of Empire : Global Capitalism and Video Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.393-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (111)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trolls in Dungeons and Dragons: inspirations and evolutions of a figure of otherness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Saga Conference. Sagas and Otherness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Silesia; Jagiellonian University, Aug 2025, Katovice, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Médiévalisme nordique dans les jeux de société moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIe Congrès bisannuel de l’Association pour les études nordiques (APEN). Le Nord comme espace de contact(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques; Université de Mons, May 2025, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et rituels : de l’anthropologie à l’étude des jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude Des jeux et des rites, de l’antiquité aux jeux contemporains.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse-Jean Jaurès; Patrimoine Littérature Histoire (PLH, Université Toulouse-Jean Jaurès), Mar 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier constructions de mondes de jeu de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Aiôn. Socio-anthropologie de l'imaginaire du temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, Jun 2024, Val d'Ajol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 ans de jeux de rôle sur table</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sanfilippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Tortuyaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Game Evolution (CIGE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier; Université Paris-Est Créteil Val de Marne, May 2024, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légendes nordiques Vikings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences Sciences et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Thionville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les multiples fonctions des runes dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Les langues anciennes et leurs imaginaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Human-Hist; Centre d'histoire vivante; Ville d'Autun, Mar 2023, Autun, France. pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05061845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerres et batailles dans les jeux de plateau inspirés par le Nord médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Le médiévalisme – Des usages contemporains du Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de médiévistique occidentale de Paris (LaMOP, Université de Paris 1 Panthéon-Sorbonne), Feb 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlane Messey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du livre Vikings !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Café de l'histoire sur Les mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes nordiques dans les productions des industries culturelles et créatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Formes discursives. Évoquer le passé et répondre aux enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centres de recherche Interstud (Université Vasile Alecsandri de Bacau); Centrul de cercetare explorări textuale şi acţiune prin limbaj (Cetal, Université Vasile Alecsandri de Bacau), Apr 2023, Bacau, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de plateau et récits scandinaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’été Médiévalismes des quatre coins du monde : Le Moyen Âge, vecteur de domination ou miroir de la diversité culturelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne (Unil), Sep 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le Moyen Âge scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’été Médiévalismes des quatre coins du monde : Le Moyen Âge, vecteur de domination ou miroir de la diversité culturelle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne (Unil), Sep 2023, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings et Mythes nordiques dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux du Graoully 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Caverne du Gobelin, Apr 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Middle Ages, vector of cultural domination or mirror of cultural diversity?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Le Ribeuz-Koenig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taku Kuroiwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experts' round-table : Summmer School Medievalisms from around the world: The middle ages, vector of cultural domination or mirror of cultural diversity?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne; Université Grenoble Alpes, Sep 2023, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thor, Odin, Freya, la mythologie nordique et ses échos contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête des remparts de Dinan 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Fête des remparts, Jul 2023, Dinan, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envie de créer des jeux vidéos et d'en faire votre métier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bettannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Présentation d'un master création de dispositifs ludiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque Voyelles, Mar 2023, Charleville-Mézières, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et histoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Battaggion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jaworski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laribi Glaudel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Imaginales 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pôle Histoire de la région Grand Est, May 2023, Epinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation de l'ouvrage Vikings!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre lors des BMM Avril</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque Verlaine Metz; Bibliothèques médiathèques de Metz (BMM), Jun 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux-vidéos et les sciences, quel rapport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Game Jam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eastgame, Feb 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vikings débarquent. Archéologie et jeu vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Malbos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Hycarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guindeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du Musée d'Archéologie Nationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d'archéologie national (MAN), Feb 2023, Saint-Germain-en-Laye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques du Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Malbos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du Festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire de Fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e temps fort du projet Memories, Images and History across borders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Memories, Images &amp; History across borders (Mihab); Centre national de l'audiovisuel (CNA), May 2022, Dudelange, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ces idées reçues de l’Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Battaggion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Demoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianey Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Play-conférence – « Assassin’s Creed Valhalla » et les influences nordiques dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférence Les rendez-vous du jeu vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque nationale de France, Jan 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04090002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des mythes : entre permanence et changement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Atelier du réseau FER-EUROETHNO du Conseil de l'Europe. Imaginaires du temps, temps de l'imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Eurethno (Conseil de l'Europe), Jun 2020, Lodz, Pologne. pp.122-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits médiévaux scandinaves d'hier à aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'été Moyen Âges d'en haut et d'en bas : perméabilités, interactions et débats entre recherche académique et cultures populaires / The Middle Ages High and Low: intersections, interactions, debates between academic knowledge and pop culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Aug 2022, Lausanne (CH), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits médiévaux scandinaves aux jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Play Sorbonne Université Festival</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations de la puissance divine dans Dungeons &amp; Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde du Festival Les Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ville d'Épinal, May 2022, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inspirations et évolutions des trolls dans Dungeons & Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Figures mythiques nordiques dans les cultures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe de recherche sur les littératures, les imaginaires et les sociétés (ERLIS, Université de Caen Normandie), Nov 2022, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loki : figure et puissance divine dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Congrès de l'Association pour les Études Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut national des langues et civilisations orientales (Inalco), Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création de monde en Jeu de rôle, de l'analyse à l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d’Automne en Management de la Créativité Édition 2021 - Créativité et Renaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BETA; Mosaic-HEC Montréal, Nov 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stéréotypes du Nord dans les &amp;quot;géographies imaginées eurocentrées&amp;quot; des productions ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier-séminaire Loisir et imaginaire : Jeux, sports et espaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agence nationale de la recherche (programme de recherche Aiôn); Université de Franche-Comté, Nov 2019, Besançon, France. pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux, religions et questions de société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études Jeux, religions et questions de société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cultures et mondes ludiques (Université de Strasbourg), Dec 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs et faire savoir, ouvrir des voies de recherche par l’interdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interdisciplinarité(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau national des maisons des sciences de l'Homme, Sep 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le Nord dans le Multivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude internationales Géographies et imaginaires. La construction de l’espace en Europe du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (APEN), Mar 2019, Strasbourg, France. pp.231-247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le Nord dans le multivers. Des récits médiévaux scandinaves à la cosmologie de Dungeons and Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude internationales Géographies et imaginaires. La construction de l’espace en Europe du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (Apen), Mar 2019, Strasbourg, France. pp.57-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cultures traditionnelles et l'histoire au service des mondes ludiques : l'exemple des mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences sur la ludopédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Service universitaire d'ingénierie et d'innovation pédagogique (SU2IP, Université de Lorraine), Nov 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03080551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nordicité barbare dans les jeux contemporains : entre altérité et identification ludique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international De la Nordicité : concept, représentation, imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche en langues et littératures européennes; Université de Haute-Alsace, Oct 2017, Mulhouse, France. pp.249-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mythologie nordique dans Donjons & Dragons Entre réception et stéréotypes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Fest’Ain d’histoire 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Noémie Budin, Oct 2018, Chazey-sur-Ain, France. pp.74-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle et médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Zema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Lefoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batro Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la 18e édition de Don des dragons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Don des dragons, Dec 2020, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbaric Lands of the North in a Massively Multi-Player Role-Playing Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Old norse myth and völkisch ideology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne; Université de Bâle, Sep 2017, Bâle, Switzerland. pp.175-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes d’Advanced Dungeons and Dragons au spectre du transmédia : l’exemple de Dark Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études sur le transmédia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Namur, Nov 2017, Namur, Belgique. pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques entre sources et usages ludiques contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectacle Les Runes d'Odin : causeries, conférence, conte numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Médiathèque de Sarre-Union; Festival Vos oreilles ont la parole, Oct 2020, Sarre-Union, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donjons et dragons et la littérature médiévale scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Jeu de rôles et transmission littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, Mar 2020, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques du Moyen-Âge aux jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée pour les professionnels dans le cadre du Google Atelier de Nancy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Google Atelier Numérique, Nov 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dieux nordiques : panthéons et avatars scandinaves dans Donjons et Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e congrès de l'Association pour les études nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour les études nordiques (Apen), Jun 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle, fantasy post-apocalyptique et constructions de monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MISHA 2019-2020. Les mondes ludiques : constructions et appropriations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme - Alsace (Misha); Université de Strasbourg; CNRS, Feb 2019, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02020101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en scène ludique de l’Histoire : l’époque viking comme cadre de jeu pour Advanced Dungeons and Dragons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Fantasy et Histoire(s) dans le cadre du festival Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Festival Imaginales; Comité d’histoire régionale – Région Grand Est, May 2018, Épinal, France. pp.391-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages ludiques du passé : Le médiévalisme dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Le médiévalisme – Des usages contemporains du Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Médiévistique occidentale de Paris (LaMOP; Université Paris 1 Panthéon-Sorbonne), Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02359127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences Docteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hering</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossu Gabriela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Izard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xianqing Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre de la formation doctorale "Compétences Docteur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Feb 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark Sun - Jeu de rôle, Fantasy post-apocalyptique et mondes réalisés localement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dynamiques européennes (Université de Strasbourg), Mar 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chercheur sur le jeu doit-il nécessairement être un joueur ? Le joueur peut-il devenir chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Game in lab. Game Research Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asmodee Research; Innovation Factory, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches anthropologiques de l’imaginaire pour l’étude des représentations nordiques dans les jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Loisirs et imaginaires. La construction de mondes sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, Oct 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loki : Super-héros ou super-vilain ? Ce qu'en dit la mythologie nordique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Super-Héros : mythe ou réalité ? 5 conférences pour comprendre les super pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, May 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bons ou mauvais jeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Bon ou mauvais jeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet de recherche Locus Ludi; Université de Fribourg, Nov 2018, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dungeons and Dragons: A Cultural Phenomenon contributing to the Reception of Old Norse Tales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Saga Conference. Islendigasögur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Árni Magnússon Institute for Icelandic Studies; University of Iceland Centre for Medieval Studies, Aug 2018, Reykjavík, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux de rôle : Donjons et Dragons et la réception des récits médiévaux scandinaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises de la recherche Cultures populaires et médiatiques. Approches critiques des fictions médiatiques : enjeux, outils, méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Nanterre; Université Sorbonne Nouvelle – Paris 3, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01885999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mythes nordiques aux jeux contemporains : pour une approche anthropo-communicationnelle du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du Cercle Nordique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des langues de l'université de Strasbourg; Association Le Cercle Nordique, Feb 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie des jeux de rôle. Au croisement des traditions haïtiennes, germano-scandinaves et chrétiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Ludinam. Rencontres universitaires Zombie : mythe ou réalité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Franche-Comté, May 2017, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les références aux récits médiévaux scandinaves dans les jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Représentations modernes et contemporaines des Nords médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École doctorale sciences humaines et sociales Lille Nord de France, Mar 2017, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chaman de l'ours : une figure du &amp;quot;healer [soigneur]&amp;quot; nordique dans les jeux en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e journée d'étude Images du Savoir Pratique : les figures de l'informaticien et du médecin dans les récits de fiction populaires contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison interuniversitaire des sciences de l'homme d'Alsace (MISHA); Université de Strasbourg, Jun 2016, Strasbourg, France. pp.209-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le doctorat : quelques réflexions sur les compétences de l'enseignement et de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire professionnel du Master Plurilinguisme et Interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Jan 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et publics : construire et penser les relations entre médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Jeunes chercheur.e.s (AJC) du Crem, Oct 2013, Metz, France. pp.7-46, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/emulations.cr.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les temporalités dans les jeux en ligne massivement multi-joueurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXe Congrès de la Société française des sciences de l’information et de la communication (SFSIC) : Temps, Temporalités et information-communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem; Université de Lorraine); Société françaises des sciences de l'information et de la communication (SFSIC), Jun 2016, Metz, France. pp.81-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir chercheur post-doctorant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation doctorale : Les financements de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; École doctorale Fernand-Braudel, Mar 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des récits médiévaux scandinaves aux mythes nordiques : catégorisations et processus d’universalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et pluridisciplinaire Penser les catégories de pensée. De l’objet à l’objectivation dans l’étude des arts, des médias et des cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle – Paris 3, Jun 2015, Paris, France. pp.115-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correspondances et contrastes entre jeux traditionnels et jeux numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Buzy-Christmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Goria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Thévenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Des jeux traditionnels aux jeux numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine), Nov 2014, Nancy, France. pp.[En ligne], </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01285627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier la réception des mythes nordiques dans les productions culturelles contemporaines, objets, théories, méthodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département d'étude scandinaves de l'Université de Strasbourg, Apr 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’entend-on par « mythes nordiques »?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours d'illustration scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute école des arts du Rhin, Feb 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strasbourg après l’apocalypse: interroger et se réapproprier la ville par l’utopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Strasbourg, Feb 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité en pratique : deux cas d’étude autour de la pornographie, du mythe de la communication et de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international La question interdisciplinaire en sciences de l'information et de la communication: expériences de recherches situées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des doctorants toulousain·e·s en sciences de l'information et de la communication, Nov 2012, Toulouse, France. pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythology, Reception and Digital Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Sixteenth International Saga Conference. Sagas and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et réception contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stammthèse de l'association Doxtra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler les temporalités dans les MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Épinal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance autour de l'ouvrage La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctorale les Aspects concrets de la thèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'école des hautes études en sciences sociales, Feb 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier en études sur le jeu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche sur les jeux vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maude Bonenfant, Dec 2014, Montréal (visioconférence), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dieux, héros et monstres nordiques : quand les figures mythiques envahissent les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gamers assembly 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénoménologie du mythe et anthropologie de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu à la loupe des sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du relais culturel du Moulin9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Niederbronn-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goffman et le jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Anthropologie des techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cycle Ce que jouer nous apprend, soirée spéciale Don des dragons,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie nordique et jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux sciences citoyens !. Communication présentée pour l’association les Petits débrouillards</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie et jeux en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeu : les ateliers de la pensée.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vincent Thomas, Mar 2013, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Definition of Myth in Cthulhu-based Role Playing Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Weird Lovecraft: H. P. Lovecraft, Weird Tales, and the American Horror Canon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Rutland (viosioconference), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail sur » le mythe de Cthulhu : potentiel d’efficacité, réception et distance ludique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et publics : construire et penser la relation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AJC Crem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Replacer les théories de Johan Huizinga et Roger Caillois dans leurs œuvres globales et leurs contextes historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Ludologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmediality and convergence of traditional and modern culture in MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Crossroads Conference 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where in the world are - virtual worlds?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Life, Turku TomorrowCafe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Second Life (En ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du sacré dans les jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Société Terminale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age of Conan: transmediatic Figures of Barbarism in the Internet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Enduring Barbarian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rutland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le barbare transmédiatique : stéréotypes, imaginaire et bricolages culturels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs transmédiatiques, convergences et constructions des publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages en Cimmérie. Géographies imaginées et représentations du Nord dans Age if Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexivité et rôle du chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodologie de la recherche. master Plurilinguisme et Interculturalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying video Games</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roencontres de l'institut suédois pour la journée de la femme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Double Position of the Player-Researcher : Between Involvement and Reflexivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jane seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'un réseau franco-suédois pour la recherche en jeux vidéo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e réunion annuelle des chercheurs français en Suède</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origines nordiques et Médiacultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mois Suédois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norden i Funcoms Age of Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du réseau EUCOR en étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bâle, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La double position du chercheur-joueur : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorales du CREM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Colmar, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myth and History in Funcom’s Age of Conan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">école d’été pour doctorants Culture, Business and Community around Games</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International partnership, tools and possibilities, a small lesson in applied psychosociology of science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">olloque Premières rencontres annuelles du réseau franco-suédois pour la recherche en jeu vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Univers virtuels et jeux vidéo - un refus du principe de réalité ou la construction d'une nouvelle réalité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du centre Européen d'études Jugiennes (CEEJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réception de la mythologie nordique dans Age of Conan : la phase d'exploration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours civilisation scandinave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contenus culturels et identité dans les MMORPG, une étude de cas sur Dark Age Of Camelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Industrie du jeu vidéo : Miroir de l'économie créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Den nordiska mytologins mottagning i Age of Conan : The exploration phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">doctorales du réseau EUCOR en étude scandinaves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Tubingue, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mondes virtuels et identité numérique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mardi de la Misha. Quand les lieux construisent l'identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoignage et point de vue de l'étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème rencontres nationales de la FNCAS - Synergie personnels-étudiants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Clichés dans l'Histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Budin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Granger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Censier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blondin Mélaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fest'Ain d'Histoire 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chazey-sur-Ain, France. Didaskalie, pp.129, 2020, 978-2-9571423-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de la question interdisciplinaire en sciences de l'information et de la communication. Expériences de recherches situées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Carbou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Negrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international L'interdisciplinarité en question dans les Sciences de l'Information et de la Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Toulouse, France. 32, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232, 2016, Questions de communication, série actes, 978-2-8143-0272-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Mythes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux et faits religieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, 2021, Jeux et faits religieux, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.3099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le médiévalisme. Images et représentations du Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux traditionnels et jeux numériques : filiations, croisements, recompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Buzy-Christmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Goria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Thévenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Des jeux « traditionnels » aux jeux numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, 2016, Jeux traditionnels et jeux numériques : filiations, croisements, recompositions, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdj.544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des jeux et des mondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Francois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2012, 9782814301283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et appropriations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Logiques sociales - études culturelles, Bruno Péquignot, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités et imaginaires du jeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cayatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 9, 2023, JEU/PLAY/SPIEL, 978-2-87562-370-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. Les Moutons électriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Bibliothèque des miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les relations entre médias. Dispositifs transmédiatiques, convergences, constructions des publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Landais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. Néothèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-35525-344-7. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/emulations.cr.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01314449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeu de rôle, fantasy post-apocalyptique et construction de monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et détournements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-58, 2024, Logiques sociales - études culturelles, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes ludiques entre constructions, appropriations et détournements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Schmoll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Laurence Schmoll. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes ludiques : constructions et détournements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-29, 2024, Logiques sociales - études culturelles, 9782140484650</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les guerriers-fauves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson; Victor Battaggion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fantasy &amp; Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ActuSF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.200-201, 2023, 978-2-37686-587-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cayatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Tuaillon Demésy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Cayatte; Audrey Tuaillon Demésy; Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalités et imaginaires du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-15, 2023, Jeu / Play / Spiel, 978-2-87562-370-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et jeux de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Genvo; Thibault Philippette. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Introduction aux théories des jeux vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Liège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-100, 2023, Jeu/Play/Spiel, 978-2-87562-362-1. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pulg.26199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le retour des dieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Moutons éléctriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-96, 2022, Bibliothèque des Miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mythes nordiques : sources et savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Moutons éléctriques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.28-47, 2022, Bibliothèque des Miroirs, 978-2-36183-824-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie de Donjons et Dragons : hybridations et évolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Audrey Tuaillon Demésy; Sidney Grosprêtre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zombie : mythe ou réalité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éd. ActuSF</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-82, 2020, 978-2-37686-307-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D'un séminaire étudiant au titre de Docteur : parcours d'un scandinaviste français à l'Université de Bâle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jürg Glauser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 Jahre Skandinavistik in der Schweiz. Eine kurze Geschichte der Abteilung für Nordische Philologie an der Universität Basel und der Universität Zürich 1968-2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-57, 2019, 978-3-7720-8679-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la fantasy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendémiaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-275, 2018, 978-2-36358-315-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contemporary Popular Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jürg Glauser; Pernille Hermann; Stephen Mitchell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pre-Modern Nordic Memory Studies. Interdisciplinary Approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.380-386, 2018, 978-3-11-044020-1. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110431360-036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Besson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la fantasy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vendémiaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-281, 2018, 978-2-36358-315-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMORPG as Locally Realized Worlds of Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marta Boni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Building. Transmedia, Fans, Industries.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amsterdam University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.231-250, 2017, 9789089647566; 9789048525317. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5117/9789089647566/ch13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conan and the North. The reception History of a Short Story and the Definition of the Canon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Müller-Wille Klaus; Heslop Kate; Rösli Lukas; Richter Anna Katharina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Skandinavische Schriftlandschaften. Vänbok till Jürg Glauser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 39, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.305-310, 2017, Beitrag zur nordischen Philologie, 978-3-7720-8628-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01812077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie culturelle, communication et phénoménologie du mythe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelica Helena Marinescu; Alexandra Gabriela Constantinescu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie/y &amp; communication. Intersections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editura Universității din București</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.37-61, 2016, 978-606-16-0706-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dichotomie chercheur-joueur dans la recherche en jeu vidéo : pertinence et limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo, Anthrony Michel, Hélène François. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-192, 2012, La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopter une démarche réflexive : implications et enjeux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Francois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Di Filippo; Hélène François; Anthony Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La position du doctorant. Trajectoires, engagements, réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Questions de communication, série actes, 9782814301283</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre avec Olivier Sanfilippo – cartographe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05208255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo et mythes nordiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ubisoft Stories.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Rencontre avec] Laura Bevon - Illustratice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits nordiques face à l’universalisme de la notion de « mythes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robert-e-howard.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du jeu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.309-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du Moyen Âge imaginaire. Le médiévalisme, hier et aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.259-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de rôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du Moyen Âge imaginaire. Le médiévalisme, hier et aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.255-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Album – Les figures de la mythologie nordique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle de la BNF Fantasy, retour aux sources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.fantasy.bnf.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddur and Sagas : Eight centuries of Myths Helping Authors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson des Nibelungen, ou la métamorphose d’une épopée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Song of the Nibelungs: Metamorphosis of a Saga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Kalevala: From National Epic to Fantasy Genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le grand nord inspire la fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Kalevala, du récit national à la littérature fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Far North Inspires Fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddas et Sagas, huit siècles de mythes au service des auteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chauvier, Anthropologie de l'ordinaire. Une conversion du regard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, pp.399-401</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02978833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mythes nordiques aux jeux en ligne : étudier les dynamiques culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au N°25. Retour du religieux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Bihr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Thanassekos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Diestchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Haissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface au n° 24. Publics/non-publics : questions de méthodologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Chanoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Demoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Diestchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Haissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Ingvar Thurin : &amp;quot;The American Discovery of the Norse. An Episode in Nineteenth-Century American Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lindow, Trolls : &amp;quot;An Unnatural History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, pp.345-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivar Ekeland : &amp;quot;Au hasard. La chance, la science et le monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mythe au jeu : approche anthropo-communicationnelle du Nord : des récits médiévaux scandinaves au MMORPG Age of Conan : Hyborian Adventures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Di Filippo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université de Lorraine, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016LORR0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01492870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId293"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="96609062"/>
+    <w:nsid w:val="8A8EBA92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ldifilippo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5642-9127" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167445898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://social.sciences.re/@ldifilippo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920582v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Di Filippo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245534v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comit&#233; de R&#233;daction d'Interrogations" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245606v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Conti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Desbrest" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rozan&#232;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dum&#233;zil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/essais.12876" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971423v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119534v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277349v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.3103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978800v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02075001v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977852v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157138v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01944532v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.316" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449256v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2578" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01716917v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schmoll" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.424" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ND9QS69-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978809v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340433v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340489v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978813v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310718v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310703v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450657v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978823v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978816v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229342v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229335v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978824v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978835v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208237v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208243v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528969v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie David" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanfilippo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tortuyaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528963v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528993v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061845v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248591v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malbos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hycarius" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guindeuil" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248482v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248457v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248459v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Breton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tuaillon Dem&#233;sy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Messey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245579v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248453v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089938v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248471v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248503v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04224335v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Le Ribeuz-Koenig" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taku Kuroiwa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248476v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettannier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248466v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Battaggion" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaworski" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laribi Glaudel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248448v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529012v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089952v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248636v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248621v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248624v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248634v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Demoule" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianey Muller" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978735v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089960v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248638v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479789v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978752v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479760v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479748v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479775v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978043v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979027v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080551v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910410v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048374v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lefebvre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Zema" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lefoll" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batro Games" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978335v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02361976v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033018v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978307v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978324v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157119v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978868v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02020101v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157115v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02359127v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978152v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885999v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978756v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885953v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978138v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01897581v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983381v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hering" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossu Gabriela" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Izard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianqing Mao" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02362714v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01870170v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978191v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978186v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978168v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01935711v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978193v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635379v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Landais" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.cr.046" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331377v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978199v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978762v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01285627v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Buzy-Christmann" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goria" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Th&#233;venot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.547" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625673v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01368494v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978737v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978764v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978888v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978205v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978212v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978767v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978898v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978233v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978891v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978766v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978893v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978896v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978772v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978901v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978776v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978738v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978771v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Landais" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978778v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978740v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978909v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978780v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978744v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978742v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978785v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978747v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978784v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978238v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978247v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978241v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978253v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978914v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978782v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978791v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978264v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978789v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978750v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978280v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978915v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979893v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Budin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Granger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Censier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondin M&#233;laine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Piet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314480v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carbou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Christophe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Negrel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crem.univ-lorraine.fr/actualite-de-la-question-interdisciplinaire-en-sciences-de-linformation-et-de-la-communication" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245527v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277353v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.3099" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01834677v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01419382v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285468v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.544" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977843v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Michel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Francois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208231v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-mondes-ludiques/77473" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528928v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cayatte" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pressesuniversitairesdeliege.be/produit/temporalites-et-imaginaires-du-jeu/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089897v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moutons-electriques.fr/vikings" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314449v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.neotheque.info/2017/11/15/penser-les-relations-entre-medias-dispositifs-transmediatiques-convergences-et-constructions-des-publics/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208224v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208228v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245618v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-actusf.fr/a/collectif/fantasy-et-moyen-age" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528944v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245556v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pulg/26119?lang=fr" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulg.26199" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089983v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089975v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978838v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-actusf.fr/a/collectif/zombie-mythe-ou-realite" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977883v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/50-jahre-skandinavistik-in-der-schweiz-38679-1/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977990v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-vendemiaire.com/catalogue/anne-besson/dictionnaire-de-la-fantasy-anne-besson/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01935716v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/458546" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110431360-036" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977995v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889316v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aup.nl/en/book/9789089647566/world-building" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/9789089647566/ch13" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812077v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/skandinavische-schriftlandschaften-38628-2/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330661v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editura-unibuc.ro/magazin/anthropologiey-communication-intersections/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978004v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100988210&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229365v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100988210" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208255v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978920v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978803v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340406v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978922v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561733v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089926v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089932v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978857v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979038v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979041v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978850v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977858v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979037v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978863v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978860v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978856v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979033v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978833v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695126v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01690602v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bihr" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Thanassekos" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Diestchy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Haissat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01690628v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chanoir" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Demoulin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310787v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310773v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310713v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01492870v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0213" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ldifilippo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5642-9127" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/167445898" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://social.sciences.re/@ldifilippo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920582v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Di Filippo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245534v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comit&#233; de R&#233;daction d'Interrogations" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971423v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245606v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Conti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Desbrest" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rozan&#232;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dum&#233;zil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/essais.12876" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277349v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.3103" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119534v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978800v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02075001v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977852v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157138v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691735v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.316" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01944532v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01716917v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schmoll" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.424" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ND9QS69-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449256v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2578" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978809v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340433v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978813v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340489v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310703v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450657v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310718v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978823v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978816v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978820v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229335v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978824v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978835v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208243v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528963v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie David" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sanfilippo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tortuyaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528993v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061845v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528969v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248459v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Breton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Tuaillon Dem&#233;sy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Messey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248453v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089938v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245579v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248503v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248471v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04224335v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Le Ribeuz-Koenig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taku Kuroiwa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529012v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248476v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bettannier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Battaggion" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaworski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laribi Glaudel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248448v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248482v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248591v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malbos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hycarius" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guindeuil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248624v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248621v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248634v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Demoule" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianey Muller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090002v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978735v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248638v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248636v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089952v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479775v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479760v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479748v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479789v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02361976v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033018v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080551v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978335v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910410v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048374v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lefebvre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Zema" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lefoll" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batro Games" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978324v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978307v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979027v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978043v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157119v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02020101v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157115v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02359127v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983381v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hering" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossu Gabriela" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Izard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianqing Mao" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978756v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885953v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01897581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978138v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02362714v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01870170v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01885999v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978152v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978168v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978186v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01935711v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978193v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635379v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Landais" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.cr.046" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331377v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978191v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625673v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01285627v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Buzy-Christmann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Goria" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Th&#233;venot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.547" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978199v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978762v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978758v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01368494v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978737v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978205v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978764v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978888v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978212v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978233v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978898v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978767v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978891v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978766v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978893v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978896v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978901v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978738v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978776v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978771v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Landais" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978772v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978740v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978909v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978780v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978744v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978742v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978778v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978238v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978247v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978253v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978241v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978914v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978782v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978785v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978784v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978747v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978264v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978789v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978750v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978791v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978280v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978915v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979893v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Budin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Granger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Censier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blondin M&#233;laine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Piet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314480v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carbou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Christophe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Negrel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://crem.univ-lorraine.fr/actualite-de-la-question-interdisciplinaire-en-sciences-de-linformation-et-de-la-communication" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245527v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277353v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.3099" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01834677v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285468v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.544" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01419382v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977843v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Michel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Francois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208231v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schmoll" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-mondes-ludiques/77473" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528928v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cayatte" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pressesuniversitairesdeliege.be/produit/temporalites-et-imaginaires-du-jeu/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089897v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moutons-electriques.fr/vikings" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314449v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.neotheque.info/2017/11/15/penser-les-relations-entre-medias-dispositifs-transmediatiques-convergences-et-constructions-des-publics/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208228v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245618v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-actusf.fr/a/collectif/fantasy-et-moyen-age" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528944v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245556v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pulg/26119?lang=fr" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pulg.26199" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089983v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089975v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978838v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-actusf.fr/a/collectif/zombie-mythe-ou-realite" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977883v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/50-jahre-skandinavistik-in-der-schweiz-38679-1/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977990v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-vendemiaire.com/catalogue/anne-besson/dictionnaire-de-la-fantasy-anne-besson/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01935716v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/458546" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110431360-036" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977995v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889316v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aup.nl/en/book/9789089647566/world-building" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/9789089647566/ch13" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812077v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/skandinavische-schriftlandschaften-38628-2/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330661v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editura-unibuc.ro/magazin/anthropologiey-communication-intersections/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229365v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100988210" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978004v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100988210&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208255v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978920v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978803v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340406v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978922v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561733v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089932v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089926v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978863v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979037v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978857v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979038v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977858v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979041v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978850v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978860v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979033v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978856v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978833v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695126v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01690602v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bihr" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Thanassekos" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Diestchy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Haissat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01690628v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chanoir" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Demoulin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310773v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310787v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310713v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01492870v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0213" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>