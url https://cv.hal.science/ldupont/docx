--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent DUPONT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ldupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7597-0317</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">080021638</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Concept for an On-Chip Kelvin-Emitter RTD Sensor for Junction Temperature Monitoring of IGBTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szymon Michal Beczkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2024.3370951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Accelerated Aging Tests of Power Modules for Photovoltaic Inverters Considering the Inverter Mission Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34 (12), pp.12226-12234. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2019.2907218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization and characterization of instrumented power diode with aluminum RTD sensor–application to thermal impedance evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2017.1388626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01676095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrothermal evaluation of single and multiple solder void effects on low-voltage Si MOSFET behavior in forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 99, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2016.2633582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR Camera Validation of IGBT Junction Temperature Measurement via Peak Gate Current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (4), pp.3099 - 3111. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2016.2573761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Evaluation of the Microsecond Pulsed Heating Curve Technique Dedicated to Die Interconnection Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (6), pp. 835-45. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2016.2554538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Evaluation of Thermo-Sensitive Electrical Parameters Based on the Forward Voltage for Online Chip Temperature Measurements of IGBT Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (51), pp.4688-4698. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2015.2458973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Copper Bonding for Power Interconnects: Design, Manufacturing, and Test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Mouawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Buttay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology. Part A, Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), pp.143-150. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2014.2376882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition Monitoring: A Decade of Proposed Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barruel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industrial Electronics Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (4), pp. 22-36. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIE.2015.2481564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved reliability of power modules: A review of online junction temperature measurement methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industrial Electronics Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (3), pp.17-27. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIE.2014.2312427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Jannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (4), pp.1599-1608. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2013.2255852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Measurement of Power Semiconductor Devices by Thermo-Sensitive Electrical Parameters – A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (6), pp.3081-3092</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of IGBT thermo-sensitive electrical parameters under different dissipation conditions – Comparison with infrared measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 52 (11), pp.2617-2626. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2012.03.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Measurement of Power Semiconductor Devices by Thermo-Sensitive Electrical Parameters - A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27, p.3081-3092. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2011.2178433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and aging test methodology for power electronic devices at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 324, pp 411-414. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on junction temperature estimation based on junction voltage measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ibrahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (9-11), pp 1506-1510. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2010.07.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical results correlation during extreme use of power MOSFET designed for avalanche functional mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (9-11), pp 1804-1809. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2010.07.127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure modes on low voltage power MOSFETs under high temperature application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugieres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (9), p1767-1772. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.07.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de technologies de substrats céramiques sous des cyclages en température de forte amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), p625-639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation behavior of 600 V-200 A IGBT modules under power cycling and high temperature environment conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj-Berkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47, pp.719-1724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of metallization thickness of ceramic substrates on the reliability of power assemblies under high temperature cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (9-11), pp.1766-1771. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2006.07.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composants à semi-conducteur de puissance pour des applications à haute température de fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Lazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (HS), pp. 18-19. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bib-j3ea:2005610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banc de cyclage actif pour l'analyse de la fatigue thermique des brasures de composants IGBTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.45-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de détection de l'initiation du délaminage dans les assemblages MOSFETs SiC sur PCB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhila Bouzerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Symposium de Génie Électrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; UPS, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Detecting the Start of Delamination at the Corners of Solder Joint in a 3D PCB Power Electronic Assembly of SiC MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhila Bouzerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/epe2025-0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field measurement for contactless current sensing in power electronic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/epe2025-0210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de détection de l'initiation du délaminage dans les assemblages MOSFETs SiC sur PCB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhila Bouzerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et évaluation fonctionnelle d’un convertisseur électronique de puissance sur substrat PLA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Herlent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hérault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouh Zeggai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hattali, M L</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée technique - Le Packaging Electronique Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE-EPS France, Dec 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l'art de la recherche vers une électronique de puissance soutenable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chatroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal energy management of offshore wind farms considering the combination of overplanting and dynamic rating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ildar Daminov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvy Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Ben Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cigré Paris session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAPIR (compacT and modulAr Power modules with IntegRated cooling) Technology: Goals and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendpanga-Fadel Bikinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Mezrag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3D-PEIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Osaka, Japan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/3D-PEIM49630.2021.9497263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ condition monitoring system to study the ageing of power semi-conductor devices in photovoltaic inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, stuutgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal characterization of an IGBT power module with on-die temperature sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badr El Boudour Bidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouslim Essakili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2017 - IEEE Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tampa, United States. pp. 2317-2322, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APEC.2017.7931023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of multi-void and drain metallization thickness effects on the electro thermal behavior of Si MOSFET under forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'17 ECCE Europe - 19th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Varsovie, Poland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EPE17ECCEEurope.2017.8099235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method for accelerated ageing tests of photovoltaic inverters considering the application's mission profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad-G Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 19th European Conference on Power Electronics and Applications (EPE'17 ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Varsovie, Poland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EPE17ECCEEurope.2017.8099055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumented Chip Dedicated to Semiconductor Temperature Measurements in Power Electronic Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raha Vafaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress and Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumented chip dedicated to semiconductor temperature measurements in power electronic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raha Vafaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2016 - IEEE Energy Conversion Congress and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States. 11p, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE.2016.7855208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'une puce instrumentée adaptée à la mesure de température dans les modules de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Symposium de Génie Electrique (SGE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466194v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of IGBT Junction Temperature Measurement via a Modified-VCE (VCE_VGE) Method with Series Resistance Removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS2016 - 9th Conference on Integrated Power Electronics Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Nuremberg, Germany. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of IGBT junction temperature measurement via peak gate current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'15 ECCE-Europe, 2015 17th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Genève, Switzerland. 11p., </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2015.7311733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solder void position and size effects on electro thermal behaviour of MOSFET transistors in forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF-25th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, BERLIN, Germany. pp.PP.1921-1926, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de paramètres thermosensibles basés sur la mesure de la tension directe de composants IGBT pour une utilisation dans des conditions d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique - SGE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation du comportement électrothermique de transistors MOSFET en conduction en présence de défaut dans la brasure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Thermo-Sensitive Electrical Parameters Based on the Forward Voltage for On-line Chip Temperature Measurements of IGBT Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pittsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01069990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de paramètres thermosensibles basés sur la mesure de la tension directe de composants IGBT pour une utilisation dans des conditions d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junction temperature measurements via thermo-sensitive electrical parameters and their application to condition monitoring and active thermal control of power converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2013 - 39th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria. p. 942-948, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2013.6699260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Thermal Impedance Measurement for Die Interconnection Characterization by a Microsecond 'Pulsed Heating Curve Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Thermal Impedance Measurement for Die Interconnection Characterization by a microsecond &amp;quot;Pulsed Heating Curve Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'13 ECCE Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junction temperature measurements via thermo-sensitive electrical parameters and their application to condition monitoring and active thermal control of power converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the IEEE Industrial Electronics Society, IECON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Vienne, Austria. pp.942-948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The combined effect of failure factors in power modules for automotive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Bachti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Loudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM Europe 2012 - International Exhibition & Conference for Power Electronics, Intelligent Motion and Power Quality 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nuremberg, Germany. pp.502-509</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Power Electronics Conference and Exposition APEC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Orlando, United States. p 182 à 189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00673411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Jeannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2012 - IEEE Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Orlando, United States. p. 182-189, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APEC.2012.6165817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of wire connections design for power electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshua Celnikier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eveline Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahouari Benabou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF 2011 - 22nd European Symposium Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Bordeaux, France. pp 1892-1897, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2011.06.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and electrical characterization of a vertical electrical and thermal test chip (VTTC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2011 - IEEE Energy Conversion Congress and Exposition: Energy Conversion Innovation for a Clean Energy Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, PHOENIX, United States. pp.60-67, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE.2011.6063749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'interfaces thermiques pour le management thermique des modules de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Menager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2010 - 10th European Power Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, St Nazaire, France. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative connectivity for double side cooling and connection of power dice in the context of automotive power mechatronic packaging for high power inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshua Celnikier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APE 2009 - 3rd International Conference Automotive power electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, PARIS, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated Active Ageing Test on SiC JFETs Power Module with Silver Joining Technology for High Temperature Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Kriegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashot Melkonyan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF 2009 - 20th European Symposium on the Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Bordeaux, France. pp. 1375-1380, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2009.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of stress distributions and failure modes during thermal cycling and power cycling on high power IGBT modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007 - 12th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark. 10p, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2007.4417457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing Test Results of low voltage MOSFET Modules for Electrical Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007 - 12th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation behavior of 600V-200A IGBT modules under Power cycling and high temperature environment conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, BORDEAUX, France. pp. 1719-1724, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.07.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de technologies de substrats céramiques sous des cyclages en température de forte amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2006 - Electronique de Puissance du Futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Grenoble, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Substrate Technologies under High Temperature Cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS 2006 - 4th International Conference on Integrated Power Electronics Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Naples, Italy. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiabilité des composants de puissance dans des environnements hautes températures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(ITCT 2006 - Journées internationales d'études Ingénieries des Technologies Communes aux Transports terrestres, maritimes, aériens et spatiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Paris, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Characterizations and evaluation of thermo-mechanical stresses of a power module dedicated to high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2005 - 11th European Conférence on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Dresde, Germany. 11p, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2005.219580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of thermo-mechanical stresses of a power module dedicated to high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HITEN 2005 - International Conference on High Temperature Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Paris, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of high temperature power module for avionics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM 2004 - International conference power electronics, intelligent motion, power quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Nuremberg, Germany. pp.6P</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of silicon carbide schottky diodes and COOLMOS transistors at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 04 - IEEE 35th annual Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, AIX LA CHAPELLE, Germany. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PESC.2004.1355810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un module de puissance pour tester la fiabilité d'un convertisseur haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAAEI-EPF 2004 - Annual seminar on automatic control, industrial electronics and instrumentation, Electronique de puissance du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Toulouse, France. pp.3-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Cycling Test Circuit for Thermal Fatigue Resistance Analysis of Solder Joints in IGBT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Faugiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conférence on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, France. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00868868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Strategie for Eco-Friendly Printed Circuit Board Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouh Zeggai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer blends / Eurofillers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé appliqué à un module de puissance d'un onduleur photovoltaïque pour obtenir un vieillissement accéléré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3066605A1·2018-11-23. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’étude de la durée de vie des assemblages de puissance dans des environnements haute température avec des cycles thermiques de grande amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 189 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude de la durée de vie des assemblages de puissance dans des environnements haute température et avec des cycles thermiques de grande amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. École normale supérieure de Cachan - ENS Cachan, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00091782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId204"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Laurent DUPONT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ldupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7597-0317</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">080021638</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proof-of-Concept for an On-Chip Kelvin-Emitter RTD Sensor for Junction Temperature Monitoring of IGBTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szymon Michal Beczkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2024.3370951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Accelerated Aging Tests of Power Modules for Photovoltaic Inverters Considering the Inverter Mission Profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 34 (12), pp.12226-12234. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2019.2907218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realization and characterization of instrumented power diode with aluminum RTD sensor–application to thermal impedance evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2017.1388626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01676095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrothermal evaluation of single and multiple solder void effects on low-voltage Si MOSFET behavior in forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 99, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2016.2633582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR Camera Validation of IGBT Junction Temperature Measurement via Peak Gate Current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (4), pp.3099 - 3111. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2016.2573761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and Experimental Evaluation of the Microsecond Pulsed Heating Curve Technique Dedicated to Die Interconnection Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (6), pp. 835-45. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2016.2554538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition Monitoring: A Decade of Proposed Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barruel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industrial Electronics Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (4), pp. 22-36. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIE.2015.2481564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Evaluation of Thermo-Sensitive Electrical Parameters Based on the Forward Voltage for Online Chip Temperature Measurements of IGBT Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (51), pp.4688-4698. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2015.2458973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Copper Bonding for Power Interconnects: Design, Manufacturing, and Test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Mouawad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Buttay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Components, Packaging and Manufacturing Technology. Part A, Manufacturing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), pp.143-150. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCPMT.2014.2376882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved reliability of power modules: A review of online junction temperature measurement methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industrial Electronics Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (3), pp.17-27. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MIE.2014.2312427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Jannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (4), pp.1599-1608. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2013.2255852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Measurement of Power Semiconductor Devices by Thermo-Sensitive Electrical Parameters – A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (6), pp.3081-3092</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Measurement of Power Semiconductor Devices by Thermo-Sensitive Electrical Parameters - A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27, p.3081-3092. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2011.2178433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of IGBT thermo-sensitive electrical parameters under different dissipation conditions – Comparison with infrared measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 52 (11), pp.2617-2626. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2012.03.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and aging test methodology for power electronic devices at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 324, pp 411-414. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on junction temperature estimation based on junction voltage measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ibrahim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (9-11), pp 1506-1510. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2010.07.102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical results correlation during extreme use of power MOSFET designed for avalanche functional mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Lallemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 50 (9-11), pp 1804-1809. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2010.07.127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure modes on low voltage power MOSFETs under high temperature application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugieres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (9), p1767-1772. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.07.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de technologies de substrats céramiques sous des cyclages en température de forte amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), p625-639</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation behavior of 600 V-200 A IGBT modules under power cycling and high temperature environment conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj-Berkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47, pp.719-1724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00869421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of metallization thickness of ceramic substrates on the reliability of power assemblies under high temperature cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 46 (9-11), pp.1766-1771. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2006.07.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composants à semi-conducteur de puissance pour des applications à haute température de fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Lazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (HS), pp. 18-19. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bib-j3ea:2005610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banc de cyclage actif pour l'analyse de la fatigue thermique des brasures de composants IGBTs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.45-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Detecting the Start of Delamination at the Corners of Solder Joint in a 3D PCB Power Electronic Assembly of SiC MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhila Bouzerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/epe2025-0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field measurement for contactless current sensing in power electronic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tien Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/epe2025-0210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de détection de l'initiation du délaminage dans les assemblages MOSFETs SiC sur PCB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhila Bouzerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, UPS, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement et évaluation fonctionnelle d’un convertisseur électronique de puissance sur substrat PLA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Herlent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hérault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouh Zeggai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hattali, M L</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée technique - Le Packaging Electronique Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE-EPS France, Dec 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l'art de la recherche vers une électronique de puissance soutenable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Beley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ben Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chatroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal energy management of offshore wind farms considering the combination of overplanting and dynamic rating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ildar Daminov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blavette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvy Bourguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamid Ben Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cigré Paris session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAPIR (compacT and modulAr Power modules with IntegRated cooling) Technology: Goals and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendpanga-Fadel Bikinga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Mezrag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3D-PEIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Osaka, Japan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/3D-PEIM49630.2021.9497263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-situ condition monitoring system to study the ageing of power semi-conductor devices in photovoltaic inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, stuutgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method for accelerated ageing tests of photovoltaic inverters considering the application's mission profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouhannad-G Dbeiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Zara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 19th European Conference on Power Electronics and Applications (EPE'17 ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Varsovie, Poland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EPE17ECCEEurope.2017.8099055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal characterization of an IGBT power module with on-die temperature sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badr El Boudour Bidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouslim Essakili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2017 - IEEE Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tampa, United States. pp. 2317-2322, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APEC.2017.7931023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of multi-void and drain metallization thickness effects on the electro thermal behavior of Si MOSFET under forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'17 ECCE Europe - 19th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Varsovie, Poland. pp.1-10, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EPE17ECCEEurope.2017.8099235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumented chip dedicated to semiconductor temperature measurements in power electronic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raha Vafaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2016 - IEEE Energy Conversion Congress and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States. 11p, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE.2016.7855208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumented Chip Dedicated to Semiconductor Temperature Measurements in Power Electronic Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raha Vafaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress and Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'une puce instrumentée adaptée à la mesure de température dans les modules de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibrahima Ka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Symposium de Génie Electrique (SGE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466194v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of IGBT Junction Temperature Measurement via a Modified-VCE (VCE_VGE) Method with Series Resistance Removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS2016 - 9th Conference on Integrated Power Electronics Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Nuremberg, Germany. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01466153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evaluation of IGBT junction temperature measurement via peak gate current</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stig Munk-Nielsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Iannuzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'15 ECCE-Europe, 2015 17th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Genève, Switzerland. 11p., </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2015.7311733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de paramètres thermosensibles basés sur la mesure de la tension directe de composants IGBT pour une utilisation dans des conditions d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique - SGE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solder void position and size effects on electro thermal behaviour of MOSFET transistors in forward bias conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF-25th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, BERLIN, Germany. pp.PP.1921-1926, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2014.07.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation du comportement électrothermique de transistors MOSFET en conduction en présence de défaut dans la brasure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Thermo-Sensitive Electrical Parameters Based on the Forward Voltage for On-line Chip Temperature Measurements of IGBT Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pittsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01069990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de paramètres thermosensibles basés sur la mesure de la tension directe de composants IGBT pour une utilisation dans des conditions d'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junction temperature measurements via thermo-sensitive electrical parameters and their application to condition monitoring and active thermal control of power converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2013 - 39th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienne, Austria. p. 942-948, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2013.6699260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Thermal Impedance Measurement for Die Interconnection Characterization by a Microsecond 'Pulsed Heating Curve Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial Thermal Impedance Measurement for Die Interconnection Characterization by a microsecond &amp;quot;Pulsed Heating Curve Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crébier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'13 ECCE Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junction temperature measurements via thermo-sensitive electrical parameters and their application to condition monitoring and active thermal control of power converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Liserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the IEEE Industrial Electronics Society, IECON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Vienne, Austria. pp.942-948</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00988264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The combined effect of failure factors in power modules for automotive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Bachti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Loudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM Europe 2012 - International Exhibition & Conference for Power Electronics, Intelligent Motion and Power Quality 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Nuremberg, Germany. pp.502-509</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Power Electronics Conference and Exposition APEC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Orlando, United States. p 182 à 189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00673411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of junction temperature evaluations in a power IGBT module using an IR camera and three thermo-sensitive electrical parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Jeannin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APEC 2012 - IEEE Applied Power Electronics Conference and Exposition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Orlando, United States. p. 182-189, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APEC.2012.6165817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and electrical characterization of a vertical electrical and thermal test chip (VTTC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Thollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Crebier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2011 - IEEE Energy Conversion Congress and Exposition: Energy Conversion Innovation for a Clean Energy Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, PHOENIX, United States. pp.60-67, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE.2011.6063749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of wire connections design for power electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshua Celnikier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eveline Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahouari Benabou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF 2011 - 22nd European Symposium Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Bordeaux, France. pp 1892-1897, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2011.06.058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'interfaces thermiques pour le management thermique des modules de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Menager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2010 - 10th European Power Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, St Nazaire, France. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerated Active Ageing Test on SiC JFETs Power Module with Silver Joining Technology for High Temperature Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai Kriegel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashot Melkonyan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESREF 2009 - 20th European Symposium on the Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Bordeaux, France. pp. 1375-1380, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2009.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative connectivity for double side cooling and connection of power dice in the context of automotive power mechatronic packaging for high power inverters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coquery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshua Celnikier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APE 2009 - 3rd International Conference Automotive power electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, PARIS, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of stress distributions and failure modes during thermal cycling and power cycling on high power IGBT modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007 - 12th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark. 10p, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2007.4417457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation behavior of 600V-200A IGBT modules under Power cycling and high temperature environment conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Ousten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Badel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Symposium on Reliability of Electron Devices, Failure Physics and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, BORDEAUX, France. pp. 1719-1724, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.07.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing Test Results of low voltage MOSFET Modules for Electrical Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounira Bouarroudj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Faugieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007 - 12th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de technologies de substrats céramiques sous des cyclages en température de forte amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2006 - Electronique de Puissance du Futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Grenoble, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiabilité des composants de puissance dans des environnements hautes températures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(ITCT 2006 - Journées internationales d'études Ingénieries des Technologies Communes aux Transports terrestres, maritimes, aériens et spatiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Paris, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Substrate Technologies under High Temperature Cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIPS 2006 - 4th International Conference on Integrated Power Electronics Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Naples, Italy. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Characterizations and evaluation of thermo-mechanical stresses of a power module dedicated to high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2005 - 11th European Conférence on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Dresde, Germany. 11p, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2005.219580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of thermo-mechanical stresses of a power module dedicated to high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HITEN 2005 - International Conference on High Temperature Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Paris, France. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of high temperature power module for avionics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM 2004 - International conference power electronics, intelligent motion, power quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Nuremberg, Germany. pp.6P</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of silicon carbide schottky diodes and COOLMOS transistors at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 04 - IEEE 35th annual Power Electronics Specialists Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, AIX LA CHAPELLE, Germany. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PESC.2004.1355810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un module de puissance pour tester la fiabilité d'un convertisseur haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meuret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAAEI-EPF 2004 - Annual seminar on automatic control, industrial electronics and instrumentation, Electronique de puissance du futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Toulouse, France. pp.3-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Cycling Test Circuit for Thermal Fatigue Resistance Analysis of Solder Joints in IGBT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoubir Khatir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Faugiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Conférence on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, France. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00868868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Strategie for Eco-Friendly Printed Circuit Board Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouh Zeggai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Almanza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer blends / Eurofillers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé appliqué à un module de puissance d'un onduleur photovoltaïque pour obtenir un vieillissement accéléré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3066605A1·2018-11-23. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’étude de la durée de vie des assemblages de puissance dans des environnements haute température avec des cycles thermiques de grande amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, 189 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l'étude de la durée de vie des assemblages de puissance dans des environnements haute température et avec des cycles thermiques de grande amplitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. École normale supérieure de Cachan - ENS Cachan, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00091782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId203"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62F1A195"/>
+    <w:nsid w:val="0539EF9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ldupont" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7597-0317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080021638" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489095v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Baker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon Michal Beczkowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Iannuzzo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2024.3370951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230523v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Dbeiss" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Zara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2907218" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676095v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ka" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388626" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466016v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Ha Tran" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Khatir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2016.2633582" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stig Munk-Nielsen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liserre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2016.2573761" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466101v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thollin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Crebier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2016.2554538" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466116v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2458973" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207014v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Mouawad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2014.2376882" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barruel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIE.2015.2481564" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIE.2014.2312427" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059069v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Jannin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2013.2255852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2012.03.032" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687280v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2011.2178433" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701988v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ibrahim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.411" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.07.102" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704309v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blanchard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lallemand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Morelle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.07.127" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704346v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Bouarroudj" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Faugieres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.07.066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSC2MQ6B-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704096v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bontemps" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meuret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869421v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Bouarroudj-Berkani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ousten" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Badel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703983v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2006.07.057" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PL80LMSW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702019v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lazar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bib-j3ea:2005610" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Faugiere" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506662v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bouzerd" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095921v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0109" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05100704v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Anh Nguyen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Joubert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0210" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506698v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830163v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouh Zeggai" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali, M L" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244521v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beley" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chatroux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629431v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendpanga-Fadel Bikinga" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Mezrag" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3D-PEIM49630.2021.9497263" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753108v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687242v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr El Boudour Bidouche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouslim Essakili" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2017.7931023" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703938v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099235" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689604v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad-G Dbeiss" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099055" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377217v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684165v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thollin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2016.7855208" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466194v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466153v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704586v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7311733" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471815v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.152" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024080v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065178v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069990v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065323v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704649v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699260" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056909v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988257v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988264v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baker" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liserre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687269v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Bachti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Loudot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673411v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703887v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Jeannin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2012.6165817" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704479v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshua Celnikier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herve" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Benabou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.06.058" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRPK4DCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881531v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Crebier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2011.6063749" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704057v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Ousten" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Menager" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704384v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701967v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Kriegel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashot Melkonyan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2009.07.050" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702003v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2007.4417457" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701952v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702036v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Badel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.07.027" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704147v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704198v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704363v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704015v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Parmentier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219580" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704218v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702065v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701982v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2004.1355810" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702105v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868868v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Faugiere" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930104v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482388v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983098v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091782v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ldupont" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7597-0317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080021638" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489095v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Baker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szymon Michal Beczkowski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Iannuzzo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2024.3370951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230523v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Dbeiss" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Zara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2019.2907218" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676095v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Ka" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388626" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466016v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Ha Tran" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Khatir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2016.2633582" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stig Munk-Nielsen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liserre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2016.2573761" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466101v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Thollin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Crebier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2016.2554538" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675317v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barruel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIE.2015.2481564" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466116v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2015.2458973" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207014v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Mouawad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCPMT.2014.2376882" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MIE.2014.2312427" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059069v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Jannin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2013.2255852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073933v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687280v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2011.2178433" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059453v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2012.03.032" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701988v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ibrahim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.411" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.07.102" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704309v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blanchard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Lallemand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Morelle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.07.127" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704346v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Bouarroudj" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Faugieres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.07.066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSC2MQ6B-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704096v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bontemps" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meuret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869421v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Bouarroudj-Berkani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ousten" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Badel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703983v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2006.07.057" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PL80LMSW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702019v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lazar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bib-j3ea:2005610" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Faugiere" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095921v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bouzerd" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0109" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05100704v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Anh Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Joubert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0210" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506698v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830163v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouh Zeggai" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hattali, M L" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244521v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beley" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chatroux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629431v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendpanga-Fadel Bikinga" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Mezrag" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3D-PEIM49630.2021.9497263" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753108v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689604v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad-G Dbeiss" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099055" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687242v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr El Boudour Bidouche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouslim Essakili" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2017.7931023" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703938v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EPE17ECCEEurope.2017.8099235" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684165v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raha Vafaei" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thollin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2016.7855208" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377217v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466194v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466153v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704586v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2015.7311733" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024080v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471815v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2014.07.152" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065178v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069990v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065323v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704649v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699260" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056909v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988257v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988264v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baker" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liserre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687269v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Bachti" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Loudot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673411v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703887v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Jeannin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APEC.2012.6165817" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881531v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Crebier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE.2011.6063749" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704479v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshua Celnikier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herve" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Benabou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2011.06.058" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRPK4DCB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704057v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Ousten" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Menager" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701967v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Kriegel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashot Melkonyan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2009.07.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704384v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702003v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2007.4417457" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702036v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Badel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.07.027" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701952v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704147v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704363v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704198v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704015v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Parmentier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219580" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704218v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702065v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701982v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PESC.2004.1355810" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702105v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868868v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Faugiere" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930104v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482388v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983098v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00091782v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>