--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -262,420 +262,420 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitioning toward sustainability: The emergence and transformation of business models in France's plastic packaging industry</w:t>
+                <w:t xml:space="preserve">Intermediation and circular economy transition : innovation intermediaries in the transformation of the plastics industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Revest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Academy of Management 2025 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Florence (ITA), Italy</w:t>
+              <w:t xml:space="preserve">Forum innovation 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Recherche et Innovation, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05308561v1</w:t>
+                <w:t xml:space="preserve">hal-05328730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermediation and circular economy transition : innovation intermediaries in the transformation of the plastics industry</w:t>
+                <w:t xml:space="preserve">Transitioning toward sustainability: The emergence and transformation of business models in France's plastic packaging industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Revest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum innovation 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Recherche et Innovation, Oct 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">European Academy of Management 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Florence (ITA), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328730v1</w:t>
+                <w:t xml:space="preserve">hal-05308561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic interactions and the role of business models in the transition towards a sustainable plastic packaging industry in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Freins et leviers socioéconomiques à la circularité des matériaux polymères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lazaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Brette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Goy</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Symposium of circular economy and sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INFER-International Network of Economic Research, Jun 2024, Chania Crete, Greece</w:t>
+              <w:t xml:space="preserve">Congrès Interdisciplinaire sur l'Économie Circulaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04606313v1</w:t>
+                <w:t xml:space="preserve">hal-04906939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freins et leviers socioéconomiques à la circularité des matériaux polymères</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic interactions and the role of business models in the transition towards a sustainable plastic packaging industry in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Massardier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Revest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Goy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Interdisciplinaire sur l'Économie Circulaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">5th Symposium of circular economy and sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INFER-International Network of Economic Research, Jun 2024, Chania Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04906939v1</w:t>
+                <w:t xml:space="preserve">hal-04606313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shifting from an analytical paradigm to a systems paradigm: A fundamentally systemic approach of the business model concept to tackling complexity</w:t>
               </w:r>
@@ -759,178 +759,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greening the plastic value chain : obstacles and strategies in the french landscape</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Which perspectives for Polylactide (PLA) recycling ? Technological, environmental and socio-economical aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Sandei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lazaric</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Massardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAEPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Leeds (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">S3-Congress-2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Visio conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904986v1</w:t>
+                <w:t xml:space="preserve">hal-04925507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which perspectives for Polylactide (PLA) recycling ? Technological, environmental and socio-economical aspects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Which circular economy for PLA ? Technological, environmental and socio-economical points of view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sandei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -942,194 +955,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lazaric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S3-Congress-2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Visio conference, France</w:t>
+              <w:t xml:space="preserve">38th International Conference of the Polymer Processing Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Polymer Processing Society, May 2023, St Gallen, Switzerland, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925507v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which circular economy for PLA ? Technological, environmental and socio-economical points of view</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Greening the plastic value chain : obstacles and strategies in the french landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lazaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th International Conference of the Polymer Processing Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Polymer Processing Society, May 2023, St Gallen, Switzerland, France</w:t>
+              <w:t xml:space="preserve">EAEPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Leeds (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925535v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Would it be worth recycling Polylactide (PLA). Technological, environmental and socio-economical points of view</w:t>
               </w:r>
@@ -1167,51 +1167,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lazaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sandei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th SAM Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Visio Conférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1236,51 +1236,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a circular economy for PLA ? Technological, environmental and socio-economical aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sandei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Barbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1646,51 +1646,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04188889v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Barbaut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Revest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ijesnr.2023.31.556325" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308561v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328730v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606313v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906939v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308591v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scaman.2024.101370" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925507v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sandei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925535v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925259v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925262v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328739v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04188889v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Barbaut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Revest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ijesnr.2023.31.556325" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328730v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Goy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308561v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906939v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606313v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308591v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scaman.2024.101370" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925507v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sandei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925535v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904986v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925259v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925262v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328739v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>