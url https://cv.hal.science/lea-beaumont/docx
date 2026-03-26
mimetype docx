--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -329,420 +329,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rise and decline of Holocene tufas across Europe: exploring east/west and north/south similarities and differences in their development</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mise en place des tourbières alcalines et modifications de la dynamique fluviatile dans la moyenne vallée de la Somme à l’Holocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (2), pp.63-83</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621984v1</w:t>
+                <w:t xml:space="preserve">hal-04700230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE TUF PLEISTOCENE DE RESSON (LA SAULSOTTE -10) : REPRISE DES RECHERCHES</w:t>
+                <w:t xml:space="preserve">Rise and decline of Holocene tufas across Europe: exploring east/west and north/south similarities and differences in their development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association Géologique Auboise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jqs.3637⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706611v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LE TUF PLEISTOCENE DE RESSON (LA SAULSOTTE -10) : REPRISE DES RECHERCHES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dabkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Antoine</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association Géologique Auboise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.7-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628912v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -762,1057 +753,1316 @@
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11rh0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tufs calcaires holocènes de la moyenne vallée de la Somme (Nord de la France) : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (3-4), pp.243-267. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/geomorphologie.18238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (8)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Eemian tufa of Resson (La Saulsotte)</w:t>
+                <w:t xml:space="preserve">Eemian Neanderthal Reloaded: Resson Calcareous Tufa Sequence (Aube, France) and the Rediscovery of Eemian Human Settlement in Northwest Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESHE 2025 Meeting</w:t>
+              <w:t xml:space="preserve">15th Annual ESHE Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05242655v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Eemian tufa of Resson (La Saulsotte)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESHE 2025 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Eemian Tufa of Resson (La Saulsotte)</w:t>
+                <w:t xml:space="preserve">The Eemian tufa of Resson (La Saulsotte)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESHE 2025 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05242647v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Eemian tufa of Resson (La Saulsotte)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Audiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESHE 2025 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05242644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tufs calcaires : évaluation d’un patrimoine géomorphologique hétéroclite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francois Betard</w:t>
+                <w:t xml:space="preserve">The Eemian Tufa of Resson (La Saulsotte)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Audiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Jeunes Géomorphologues 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
+              <w:t xml:space="preserve">ESHE 2025 Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04629000v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premières interprétations paléoenvironnementales du tuf de Annevoie-Rouillon (Belgique)</w:t>
+                <w:t xml:space="preserve">Les tufs calcaires : évaluation d’un patrimoine géomorphologique hétéroclite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Betard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentine Fichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire Q14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées des Jeunes Géomorphologues 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04628988v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interbedded history of Holocene tufa and alkaline peat formations in the Somme valley (France)</w:t>
+                <w:t xml:space="preserve">Premières interprétations paléoenvironnementales du tuf de Annevoie-Rouillon (Belgique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Betard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Fichet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INQUA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
+              <w:t xml:space="preserve">Quaternaire Q14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04176817v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Interbedded history of Holocene tufa and alkaline peat formations in the Somme valley (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dabkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INQUA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l'architecture d'un tuf calcaire interglaciaire par tomographie de resistivité électrique (ERT) : l'exemple des formations pléistocènes de Caours et de Resson (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Virmoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‑luc Locht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 13 - Des bassins sédimentaires aux bassins industriels : changements climatiques, géomorphologie, dynamiques de peuplement humain et impacts environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Strasbourg, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1822,95 +2072,95 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de gestion de données : projet doctoral TUFAnthrop &amp;quot;Impacts des activités humaines sur les environnements fluviatiles européens à l’Anthropocène et à l’Holocène : les tufs calcaires, nouvelles archives de l’anthropisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université paris 1 Panthéon- Sorbonne. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1920,78 +2170,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tufs calcaires de la moyenne vallée de la Somme durant l’Holocène : répartition spatiale, chronostratigraphie et implications paléogéographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2023,73 +2273,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire Q14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detailed record of interglacial palaeoclimates and palaeoenvironments in Northern France calcareous tufas: new data from the sequence of Resson (Eemian) and comparison with the MIS 11c and the Holocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2111,110 +2361,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Jolly-Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INQUA, Jul 2023, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding the record of Eemian environment and climate dynamics and associated human settlements in N. France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2236,110 +2486,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles données sur l’interglaciaire eemien : France septentrionale (Hauts-de-France) et régions voisines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laurent Deschodt; Pierre Antoine; Patrick Auguste, May 2022, Villeneuve-d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03709370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding the record of Eemian environment, climate and human settlement dynamics in continental Europe: new data from the tufa sequence of Resson (Aube, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2361,262 +2611,262 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Quaternaire Q13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadre paleoenvironnemental et paléoclimatique des occupations du Paléolithique supérieur et du Mésolithique : approche malacologique et géochimique combinée de la séquence de tuf de l'Ilôt Renaudin à Angoulême</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41e Rencontres d'Histoire et d'Archéologie de Nice Côte d'Azur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03380348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réhabilitation d’un site à fort potentiel archéologique du Paléolithique moyen : Back to Resson (Aube)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Jolly-Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,190 +2898,190 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Archéologie en Champagne-Ardenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Châlons-en-Champagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadre paleoenvironnemental et paléoclimatiques des occupations du Paléolithique supérieur et du Mésolithique : approche malacologique et géochimique combinée de la séquence de tuf de l’Ilôt Renaudin à Angoulême</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Dandurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Vinai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXXI e Rencontres Internationales d’Archéologie et d’Histoire de Nice Côte d’Azur 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId52"/>
+      <w:footerReference w:type="default" r:id="rId57"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2978,51 +3228,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836251396090" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621984v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3637" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706611v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628912v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Garcia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746342v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.18238" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242655v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242629v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242647v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242644v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629000v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628988v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629471v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628897v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628974v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174799v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Jolly-Saad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709370v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626326v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380348v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gauthier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Vinai" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626347v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836251396090" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735983v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700230v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Garcia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bacon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brasseur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621984v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3637" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628912v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746342v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.18238" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548172v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242629v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242655v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242644v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242647v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628988v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629471v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jamet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628897v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Jolly-Saad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709370v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626326v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gauthier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Vinai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626347v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904450v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>