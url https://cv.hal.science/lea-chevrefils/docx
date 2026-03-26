--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1677,527 +1677,527 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying the transcription system Typannot to mouth gestures</w:t>
+                <w:t xml:space="preserve">Linking language to body: the Typannot approach to SL transcription</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Chevrefils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Thomas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.42-47</w:t>
+              <w:t xml:space="preserve">9th Conference of the International Society for Gesture Studies. “Gesture: From Description to Application” (ISGS 9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03741057v1</w:t>
+                <w:t xml:space="preserve">hal-03741160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking language to body: the Typannot approach to SL transcription</w:t>
+                <w:t xml:space="preserve">Applying the transcription system Typannot to mouth gestures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contesse Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rébulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Chloé Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Conference of the International Society for Gesture Studies. “Gesture: From Description to Application” (ISGS 9)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Chicago, United States</w:t>
+              <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.42-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741160v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing a transcription font for mouth actions in sign languages: the Typannot typographic system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Applying the Transcription System Typannot to Mouth Gestures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Contesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rébulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G21C 2022 "Grapholinguistics in the 21st century"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">XIII LREC Workshop “Representation and processing of Sign Languages: multilingual Sign Language resources”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LREC, Jun 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03741122v1</w:t>
+                <w:t xml:space="preserve">hal-03741152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying the Transcription System Typannot to Mouth Gestures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Designing a transcription font for mouth actions in sign languages: the Typannot typographic system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Chevrefils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Contesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIII LREC Workshop “Representation and processing of Sign Languages: multilingual Sign Language resources”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LREC, Jun 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">G21C 2022 "Grapholinguistics in the 21st century"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03741152v1</w:t>
+                <w:t xml:space="preserve">hal-03741122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion capture for a linguistic study of French sign language</w:t>
               </w:r>
@@ -2910,247 +2910,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02377202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a typeface for the transcription of facial actions in sign languages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Contesse</w:t>
+                <w:t xml:space="preserve">Iconicité dans les langues des signes au niveau phonologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Chèvrefils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Thomas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "SignNonManuals 2"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Graz, Austria</w:t>
+              <w:t xml:space="preserve">L’Arbitraire et la Motivation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elise Mignot, Université Paris 4, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02342442v1</w:t>
+                <w:t xml:space="preserve">hal-02342429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iconicité dans les langues des signes au niveau phonologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léa Chèvrefils</w:t>
+                <w:t xml:space="preserve">Toward a typeface for the transcription of facial actions in sign languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Contesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Thomas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Arbitraire et la Motivation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elise Mignot, Université Paris 4, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop "SignNonManuals 2"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02342429v1</w:t>
+                <w:t xml:space="preserve">hal-02342442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typannot</w:t>
               </w:r>
@@ -3505,277 +3505,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handling sign language annotations of the handshapes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coding movement in sign languages: the Typannot approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Chèvrefils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rébulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aflico-Jet 2018 Corpora and Representativeness</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Nanterre, France. pp.15-17</w:t>
+              <w:t xml:space="preserve">MoCo'18 - 5th Intl Conf. Movement and computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02342798v1</w:t>
+                <w:t xml:space="preserve">hal-02551344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coding movement in sign languages: the Typannot approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Handling sign language annotations of the handshapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia S. Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Léa Chèvrefils</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Doan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rébulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MoCo'18 - 5th Intl Conf. Movement and computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Genova, Italy</w:t>
+              <w:t xml:space="preserve">Aflico-Jet 2018 Corpora and Representativeness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nanterre, France. pp.15-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02551344v1</w:t>
+                <w:t xml:space="preserve">hal-02342798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TYPANNOT, a new glyphic system to annotate handshapes in any sign languages</w:t>
               </w:r>
@@ -4926,51 +4926,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia S. Bianchini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chevrefils" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Saint-Bauzel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parisse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane R&#233;bulard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Contesse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394497v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ch&#232;vrefils" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343012v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719055v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2022-graf-cont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf-dane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500992v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/lamo.1.68149" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552935v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207811001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367761v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cognitextes.1401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281337v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ca&#235;t" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17617/2.3527183" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741057v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contesse Adrien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741152v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389388v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555881v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377088v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375031v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;guer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377202v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342442v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342429v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375084v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dauphin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568327v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342798v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551344v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342788v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375184v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340735v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Goguely" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821948v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551372v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3212721.3212808" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965272v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238486v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia S. Bianchini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chevrefils" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Saint-Bauzel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parisse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane R&#233;bulard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Contesse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394497v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Catteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ch&#232;vrefils" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343012v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719055v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2022-graf-cont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36824/2020-graf-dane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500992v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/lamo.1.68149" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliyah Morgenstern" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Vincent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552935v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207811001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367761v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cognitextes.1401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281337v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ca&#235;t" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17617/2.3527183" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contesse Adrien" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741152v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741122v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389388v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555881v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377088v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375031v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;guer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377202v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342429v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342442v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375084v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dauphin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568327v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551344v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342798v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342788v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375184v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340735v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Goguely" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821948v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551372v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3212721.3212808" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965272v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>