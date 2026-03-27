--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Léa Génis </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le pisé : au-delà de l'objet bâti. Réflexions autour d'un premier terrain ethnographique en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Lyon 2016 : Actes / proceedings / actos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représenter les interactions à l’oeuvre au sein de parcours de projets de réhabilitation : entre approche heuristique et outil de traduction de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorales en architecture et paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Paris La Villette, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maps, actors & local policies around earth buildings in Auvergne Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chamodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Vernacular Earthen Architecture, Conservation and Sustainability (SOStierra2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing practice and the practice of sharing: two case studies about local building cultures and heritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Coullenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">What Does Heritage Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association of Critical Heritage Studies, Jun 2016, Montreal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir rénover le pisé&amp;quot; : les professionnels du bâti ancien en terre crue au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude des doctorants en sociologie des groupes professionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformer l'espace bâti : les milieux de la réhabilitation du pisé, interfaces entre ethnologie et architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prendre position : métissages disciplinaires et professionnels autour des questions spatiales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Anthropologie.Ecole Nationale Supérieure d'Architecture de Strasbourg, Jun 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moi, je suis bricoleur!&amp;quot;: cultures constructives des habitants face aux exigences énergétiques dans la réhabilitation du bâti en pisé. Etude de cas en Nord Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de sociologie de l’énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Tours, France. p.125-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practices and demands in retrofitting of vernacular rammed earth houses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Buzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeon Jeong Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Vernacular Heritage, Sustainability and Earthen Architecture. VerSus 2014 | 2nd MEDITERRA | 2nd ResTAPIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIVERSITAT POLITÈCNICA DE VALÈNCIA (SPAIN), Sep 2014, Valencia, Spain. pp.61-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger et transmettre la pratique du projet autour de l’existant à travers les outils de l’analyse ethnographique : étude de cas en Nord-Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet et approche(s) du temps : 2ème séminaire inter-écoles d'architecture du 13 octobre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnoecological contributions to the study of disaster-resistant building cultures: the case of Cap-Haïtien, Haiti.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures Constructives Para sinistres : les voies de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de recherche Architecture, Environnement et Cultures Constructives, May 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritage” appropriation related to natural objects: new outlooks for ethnoecology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouck Bessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Young Natural History scientist’s meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Paris, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing local building cultures for resilience & development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertin Adikpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Alsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Angermaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 121 p., 2015, 978-2-906901-86-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le bâti ancien en Dombes: conservation des valeurs patrimoniales et amélioration des performances énergétiques dans l'habitat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter SHERPA : Un outil pour évaluer la durabilité des projets d’habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakotomalala Lalaina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le bâti ancien et les cultures constructives : engagements, épreuves et attachements autour de la réhabilitation du bâti ancien en pisé en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Genis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Art et histoire de l'art. Université Grenoble Alpes, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018GREAH018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02052010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId44"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Léa Génis </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le pisé : au-delà de l'objet bâti. Réflexions autour d'un premier terrain ethnographique en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Lyon 2016 : Actes / proceedings / actos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représenter les interactions à l’oeuvre au sein de parcours de projets de réhabilitation : entre approche heuristique et outil de traduction de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorales en architecture et paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSA Paris La Villette, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maps, actors & local policies around earth buildings in Auvergne Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chamodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Vernacular Earthen Architecture, Conservation and Sustainability (SOStierra2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Valence, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformer l'espace bâti : les milieux de la réhabilitation du pisé, interfaces entre ethnologie et architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prendre position : métissages disciplinaires et professionnels autour des questions spatiales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Anthropologie.Ecole Nationale Supérieure d'Architecture de Strasbourg, Jun 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir rénover le pisé&amp;quot; : les professionnels du bâti ancien en terre crue au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude des doctorants en sociologie des groupes professionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing practice and the practice of sharing: two case studies about local building cultures and heritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Coullenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">What Does Heritage Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association of Critical Heritage Studies, Jun 2016, Montreal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practices and demands in retrofitting of vernacular rammed earth houses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Buzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeon Jeong Cho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Vernacular Heritage, Sustainability and Earthen Architecture. VerSus 2014 | 2nd MEDITERRA | 2nd ResTAPIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIVERSITAT POLITÈCNICA DE VALÈNCIA (SPAIN), Sep 2014, Valencia, Spain. pp.61-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger et transmettre la pratique du projet autour de l’existant à travers les outils de l’analyse ethnographique : étude de cas en Nord-Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet et approche(s) du temps : 2ème séminaire inter-écoles d'architecture du 13 octobre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moi, je suis bricoleur!&amp;quot;: cultures constructives des habitants face aux exigences énergétiques dans la réhabilitation du bâti en pisé. Etude de cas en Nord Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de sociologie de l’énergie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Tours, France. p.125-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnoecological contributions to the study of disaster-resistant building cultures: the case of Cap-Haïtien, Haiti.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures Constructives Para sinistres : les voies de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de recherche Architecture, Environnement et Cultures Constructives, May 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritage” appropriation related to natural objects: new outlooks for ethnoecology?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouck Bessy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Young Natural History scientist’s meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Paris, France. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing local building cultures for resilience & development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertin Adikpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Alsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Angermaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 121 p., 2015, 978-2-906901-86-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le bâti ancien en Dombes: conservation des valeurs patrimoniales et amélioration des performances énergétiques dans l'habitat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter SHERPA : Un outil pour évaluer la durabilité des projets d’habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakotomalala Lalaina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réhabiliter le bâti ancien et les cultures constructives : engagements, épreuves et attachements autour de la réhabilitation du bâti ancien en pisé en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Genis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Art et histoire de l'art. Université Grenoble Alpes, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018GREAH018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02052010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId44"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740375v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a G&#233;nis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740377v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726667v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Paccoud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chamodot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G&#233;nis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740370v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Coullenot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740368v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740369v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159999v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234451v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Buzo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon Jeong Cho" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740358v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234458v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Bessy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493386v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Adikpon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Adrian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Alsayed" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Angermaier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/999" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159704v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239335v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotomalala Lalaina" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02052010v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAH018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740375v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a G&#233;nis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740377v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726667v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Paccoud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chamodot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G&#233;nis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740368v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740370v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Coullenot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234451v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Buzo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon Jeong Cho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740358v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159999v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234458v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Bessy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493386v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Adikpon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Adrian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Alsayed" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Angermaier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/999" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159704v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239335v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotomalala Lalaina" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02052010v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018GREAH018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>