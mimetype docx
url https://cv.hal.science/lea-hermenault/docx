--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -1913,165 +1913,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01820302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le pavage des rues de la Croisée de Paris à la fin de la période médiévale, apports de l’étude des comptes du domaine de la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la société de l'Histoire de Paris et de l'Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03634564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mesurer et localiser le travail des artisans paveurs dans la ville : les dépenses de pavage du Domaine de Paris au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43, pp.13-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890121v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03634564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3307,250 +3307,250 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Belgian Historical Gazetteer, a tool for researchers. Demonstration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Humanities Benelux 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Amsterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.15600388⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Localiser les chantiers en ville pour mieux comprendre l’économie de la construction et celle du bien commun. Paris et Gand aux XIVe et XVe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56e Congrès de la Société des Historiens Médiévistes de l’Enseignement Supérieur Public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SHMESP, May 2025, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05253355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">The Belgian Historical Gazetteer, a tool for researchers. Demonstration</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toponyms in a digital era: analysing the (un)changing nature of toponyms using the Belgian Historical Gazetteer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe de Coster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iason Jongepier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities Benelux 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2025, Amsterdam, Netherlands. </w:t>
-[...102 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amsterdam (NETHERLANDS), Netherlands. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.15535617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
@@ -4542,165 +4542,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03887609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Use of the concept of resilience to understand the stability of the Parisian streets network during the medieval and modern period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18e congrès de l’IUSPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03887608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De l’analyse du parcellaire à la reconstitution des flux. Apports de l’archéogéographie à la représentation des territoires intra-urbains parisiens anciens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">conférence du Collège International des Sciences du Territoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03887612v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03887608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GIS: advantages and pitfalls of a spatial correlations explorer tool. Reflections on several Parisians case studies</w:t>
               </w:r>
@@ -4818,411 +4818,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01854401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">GIS: advantages and pitfalls of a spatial correlations explorer tool. Reflections about several Parisian case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GIS in the city. The use of GIS in historical research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Darmstadt, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05272212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tenir compte des imprécisions chronologiques dans les décomptes d'évènements archéologiques par pas de temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Filet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Feugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Tomczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UISPP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03885656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">GIS: advantages and pitfalls of a spatial correlations explorer tool. Reflections about several Parisian case studies</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la structuration des données et leur spatialisation permet de donner du sens à un corpus et d'ouvrir de nouvelles pistes de recherche ? Le cas des dépenses de pavage à Paris au XVème siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GIS in the city. The use of GIS in historical research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Darmstadt, Germany</w:t>
+              <w:t xml:space="preserve">Journée d'étude de l'ANR Col&amp;Mon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05272243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oronce Fine : une plateforme pour l'annotation sémantique de ressources cartographiques sur le Web de données (résumé)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Brando Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pandolfi Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence SAGEO 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04310027v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-05272243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring mechanisms of urban fabric resilience: contributions of cadastral studies to the understanding of the stability of the Parisian roads network between the XVth and the XIXth century</w:t>
               </w:r>
@@ -5767,50 +5767,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05272256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mesurer et localiser le travail des artisans paveurs dans la ville : les dépenses de pavage du Domaine à Paris au XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Hermenault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ème rencontres d'histoire de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05272138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'eau dans la fabrique urbaine parisienne du Ier au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Hermenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5819,126 +5888,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">137ème congrès des sociétés historiques et scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05272199v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-05272138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6209,51 +6209,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DA8382C3"/>
+    <w:nsid w:val="B2DD1EAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6440,51 +6440,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lea-hermenault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4360-6099" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arscan.parisnanterre.fr/membre/lea-hermenault/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01551802v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084856v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Avinain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Chaoui-Derieux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Civalleri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Parot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251912v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634542v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aniceto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Treuillot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6256" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251941v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bourlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna Coomans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier van Kooten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Weeda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/SHM/HKAD090" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252007v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/tvg2023.1.010.herm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252119v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03811035v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00961442221124892" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0963926822000086" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139168v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0615" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03811058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472864v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12209" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634540v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.059.0251" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634538v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0963926820000656" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03410369v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.7625" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0169" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634564v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251993v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Coster" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854766v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.7036" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634545v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.24184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043603v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634544v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6431" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634552v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634554v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mirlou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.7662" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322016v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253343v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456921v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dussol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Guyot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253355v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252069v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15600388" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252064v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iason Jongepier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15535617" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05259384v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05259314v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253347v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253345v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252094v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7997173" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887594v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887595v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887598v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887600v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887602v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887603v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887612v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887608v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854401v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885656v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Feugnet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272212v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310027v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando Escobar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandolfi Beno&#238;t" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272243v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887606v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887614v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887613v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272236v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272170v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272152v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272183v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272256v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272199v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272138v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634560v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973390v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lea-hermenault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4360-6099" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arscan.parisnanterre.fr/membre/lea-hermenault/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01551802v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084856v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Avinain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Chaoui-Derieux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Civalleri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Parot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251912v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634542v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aniceto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delvoye" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Treuillot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6256" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251941v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251969v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bourlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna Coomans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogier van Kooten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Weeda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/SHM/HKAD090" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252007v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5117/tvg2023.1.010.herm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252119v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03811035v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00961442221124892" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0963926822000086" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139168v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0615" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03811058v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472864v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12209" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634540v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.059.0251" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634538v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0963926820000656" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03410369v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.7625" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2017.0169" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634564v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890121v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251993v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Coster" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854766v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.7036" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634545v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.24184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043603v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634544v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6431" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634552v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634554v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mirlou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.7662" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322016v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253343v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456921v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dussol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Guyot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252069v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15600388" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253355v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252064v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iason Jongepier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15535617" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05259384v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05259314v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253347v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253345v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252094v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7997173" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887594v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887595v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887598v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887600v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887602v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887603v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887608v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887612v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854401v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272212v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885656v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Feugnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272243v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310027v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando Escobar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mermet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pandolfi Beno&#238;t" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887606v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887614v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887613v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272236v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272170v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272152v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272183v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272256v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272138v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05272199v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03634560v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973390v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>